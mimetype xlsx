--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2025/COMMISSIONE 8/DETERMINA/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2025/COMMISSIONE 9/DETERMINA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="432" documentId="13_ncr:1_{D0B9817C-E042-4454-BAB0-1D8D23025B59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B2E66C3B-66A9-499D-97FD-8C64A7F8297F}"/>
+  <xr:revisionPtr revIDLastSave="435" documentId="13_ncr:1_{D0B9817C-E042-4454-BAB0-1D8D23025B59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7F89E8B8-B5CE-4E32-87E9-9800AAC791C0}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Foglio1!$A$1:$H$97</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Foglio1!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -439,53 +439,50 @@
   <si>
     <t>Soggetto capofila di contratto di rete</t>
   </si>
   <si>
     <t>01676890856</t>
   </si>
   <si>
     <t>San Cataldo</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Soggetto della rete</t>
   </si>
   <si>
     <t xml:space="preserve">YOU.TA ACADEMY S.R.L. </t>
   </si>
   <si>
     <t xml:space="preserve">COM2 S.R.L. </t>
   </si>
   <si>
     <t xml:space="preserve">SVILUPPO PMI S.R.L. </t>
   </si>
   <si>
-    <t>DIADEMA RIMINI S.R.L.</t>
-[...1 lines deleted...]
-  <si>
     <t>RANDSTAD ITALIA SPA</t>
   </si>
   <si>
     <t>BO,  MO, RA, FC, PC, PR</t>
   </si>
   <si>
     <t>SYNERGIE ITALIA AGENZIA PER IL LAVORO SPA</t>
   </si>
   <si>
     <t>07704310015</t>
   </si>
   <si>
     <t>Torino</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Via C. Savolini, 9</t>
   </si>
   <si>
     <t>Cesena</t>
   </si>
   <si>
     <t xml:space="preserve"> FC</t>
@@ -734,50 +731,53 @@
     <t>Via Trieste, 90-84-80</t>
   </si>
   <si>
     <t>PROMIMPRESA SOCIETÀ BENEFIT S.R.L.</t>
   </si>
   <si>
     <t>Via Lepetit, 8/10</t>
   </si>
   <si>
     <t>Via Pisa, 29</t>
   </si>
   <si>
     <t>Soggetto capofila in contratto di rete</t>
   </si>
   <si>
     <t>Via Colombara, 113 (Marghera)</t>
   </si>
   <si>
     <t>TECHNE SOCIETÀ CONSORTILE A RESPONSABILITÀ LIMITATA</t>
   </si>
   <si>
     <t>WINNER MESTIERI EMILIA ROMAGNA SOCIETÀ COOPERATIVA SOCIALE</t>
   </si>
   <si>
     <t>ETJCA GROUP S.P.A.</t>
+  </si>
+  <si>
+    <t>DIADEMA ACADEMY S.R.L.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="8">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1193,51 +1193,51 @@
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="120">
+  <cellXfs count="121">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
@@ -1484,108 +1484,111 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...34 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{A697176E-B100-416F-8AC7-4626A0546F0A}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFF6600"/>
       <color rgb="FFFF0000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -1838,820 +1841,820 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I99"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B25" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="B40" sqref="B40"/>
+    <sheetView tabSelected="1" topLeftCell="B79" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="C81" sqref="C81:E81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="9.33203125" style="27" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="42.33203125" style="27" customWidth="1"/>
     <col min="3" max="3" width="21.44140625" style="27" customWidth="1"/>
     <col min="4" max="4" width="19.33203125" style="27" customWidth="1"/>
     <col min="5" max="5" width="23.6640625" style="27" customWidth="1"/>
     <col min="6" max="6" width="10.44140625" style="27" customWidth="1"/>
     <col min="7" max="7" width="6.33203125" style="27" customWidth="1"/>
     <col min="8" max="8" width="21.21875" style="27" customWidth="1"/>
     <col min="9" max="9" width="48.88671875" style="27" customWidth="1"/>
     <col min="10" max="16384" width="9.21875" style="27"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
-      <c r="A1" s="106" t="s">
+      <c r="A1" s="118" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="106"/>
-[...5 lines deleted...]
-      <c r="H1" s="106"/>
+      <c r="B1" s="118"/>
+      <c r="C1" s="118"/>
+      <c r="D1" s="118"/>
+      <c r="E1" s="118"/>
+      <c r="F1" s="118"/>
+      <c r="G1" s="118"/>
+      <c r="H1" s="118"/>
     </row>
     <row r="2" spans="1:9" ht="15" thickBot="1">
       <c r="A2" s="28"/>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
     </row>
     <row r="3" spans="1:9" ht="34.799999999999997" thickBot="1">
       <c r="A3" s="29" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="97" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="98" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="98" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="98" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="98" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="98" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="99" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="22.8">
       <c r="A4" s="12">
         <v>9158</v>
       </c>
       <c r="B4" s="56" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="53" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="57" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="E4" s="53" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="F4" s="53" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="53" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="58" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="I4" s="30"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="12"/>
       <c r="B5" s="59" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="13" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H5" s="60" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="I5" s="30"/>
     </row>
     <row r="6" spans="1:9" ht="22.8">
       <c r="A6" s="12">
         <v>9232</v>
       </c>
       <c r="B6" s="59" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="61" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="I6" s="30"/>
     </row>
     <row r="7" spans="1:9" ht="22.8">
       <c r="A7" s="12"/>
       <c r="B7" s="62" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="26" t="s">
+        <v>193</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="G7" s="16" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="61" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="I7" s="30"/>
     </row>
     <row r="8" spans="1:9" ht="31.8" customHeight="1">
       <c r="A8" s="12">
         <v>11</v>
       </c>
       <c r="B8" s="62" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="15" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="60" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="I8" s="30"/>
     </row>
     <row r="9" spans="1:9" ht="16.2" customHeight="1">
       <c r="A9" s="3"/>
       <c r="B9" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="101" t="s">
+      <c r="C9" s="107" t="s">
         <v>22</v>
       </c>
-      <c r="D9" s="101"/>
-[...2 lines deleted...]
-      <c r="G9" s="101"/>
+      <c r="D9" s="107"/>
+      <c r="E9" s="107"/>
+      <c r="F9" s="107"/>
+      <c r="G9" s="107"/>
       <c r="H9" s="64"/>
     </row>
     <row r="10" spans="1:9" ht="14.4" customHeight="1">
       <c r="A10" s="10"/>
       <c r="B10" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C10" s="104" t="s">
+      <c r="C10" s="109" t="s">
         <v>23</v>
       </c>
-      <c r="D10" s="104"/>
-[...2 lines deleted...]
-      <c r="G10" s="104"/>
+      <c r="D10" s="109"/>
+      <c r="E10" s="109"/>
+      <c r="F10" s="109"/>
+      <c r="G10" s="109"/>
       <c r="H10" s="64"/>
     </row>
     <row r="11" spans="1:9" ht="16.2" customHeight="1">
       <c r="A11" s="10"/>
       <c r="B11" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C11" s="103" t="s">
+      <c r="C11" s="108" t="s">
         <v>24</v>
       </c>
-      <c r="D11" s="104"/>
-[...2 lines deleted...]
-      <c r="G11" s="104"/>
+      <c r="D11" s="109"/>
+      <c r="E11" s="109"/>
+      <c r="F11" s="109"/>
+      <c r="G11" s="109"/>
       <c r="H11" s="64"/>
     </row>
     <row r="12" spans="1:9" ht="15.6" customHeight="1">
       <c r="A12" s="10"/>
       <c r="B12" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C12" s="104" t="s">
+      <c r="C12" s="109" t="s">
         <v>25</v>
       </c>
-      <c r="D12" s="104"/>
-[...2 lines deleted...]
-      <c r="G12" s="104"/>
+      <c r="D12" s="109"/>
+      <c r="E12" s="109"/>
+      <c r="F12" s="109"/>
+      <c r="G12" s="109"/>
       <c r="H12" s="64"/>
     </row>
     <row r="13" spans="1:9" ht="13.8" customHeight="1">
       <c r="A13" s="10"/>
       <c r="B13" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="104" t="s">
+      <c r="C13" s="109" t="s">
         <v>26</v>
       </c>
-      <c r="D13" s="104"/>
-[...2 lines deleted...]
-      <c r="G13" s="104"/>
+      <c r="D13" s="109"/>
+      <c r="E13" s="109"/>
+      <c r="F13" s="109"/>
+      <c r="G13" s="109"/>
       <c r="H13" s="64"/>
     </row>
     <row r="14" spans="1:9" ht="18" customHeight="1">
       <c r="A14" s="10"/>
       <c r="B14" s="67" t="s">
         <v>21</v>
       </c>
-      <c r="C14" s="107" t="s">
+      <c r="C14" s="117" t="s">
         <v>27</v>
       </c>
-      <c r="D14" s="107"/>
-[...2 lines deleted...]
-      <c r="G14" s="107"/>
+      <c r="D14" s="117"/>
+      <c r="E14" s="117"/>
+      <c r="F14" s="117"/>
+      <c r="G14" s="117"/>
       <c r="H14" s="64"/>
     </row>
     <row r="15" spans="1:9" ht="19.8" customHeight="1">
       <c r="A15" s="10"/>
       <c r="B15" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C15" s="104" t="s">
+      <c r="C15" s="109" t="s">
         <v>28</v>
       </c>
-      <c r="D15" s="104"/>
-[...2 lines deleted...]
-      <c r="G15" s="104"/>
+      <c r="D15" s="109"/>
+      <c r="E15" s="109"/>
+      <c r="F15" s="109"/>
+      <c r="G15" s="109"/>
       <c r="H15" s="64"/>
     </row>
     <row r="16" spans="1:9" ht="15" customHeight="1">
       <c r="A16" s="10"/>
       <c r="B16" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C16" s="104" t="s">
+      <c r="C16" s="109" t="s">
         <v>29</v>
       </c>
-      <c r="D16" s="104"/>
-[...2 lines deleted...]
-      <c r="G16" s="104"/>
+      <c r="D16" s="109"/>
+      <c r="E16" s="109"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="109"/>
       <c r="H16" s="64"/>
     </row>
     <row r="17" spans="1:9" ht="16.8" customHeight="1">
       <c r="A17" s="10"/>
       <c r="B17" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C17" s="104" t="s">
+      <c r="C17" s="109" t="s">
         <v>30</v>
       </c>
-      <c r="D17" s="104"/>
-[...2 lines deleted...]
-      <c r="G17" s="104"/>
+      <c r="D17" s="109"/>
+      <c r="E17" s="109"/>
+      <c r="F17" s="109"/>
+      <c r="G17" s="109"/>
       <c r="H17" s="64"/>
     </row>
     <row r="18" spans="1:9" ht="19.8" customHeight="1">
       <c r="A18" s="10"/>
       <c r="B18" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C18" s="104" t="s">
+      <c r="C18" s="109" t="s">
         <v>31</v>
       </c>
-      <c r="D18" s="104"/>
-[...2 lines deleted...]
-      <c r="G18" s="104"/>
+      <c r="D18" s="109"/>
+      <c r="E18" s="109"/>
+      <c r="F18" s="109"/>
+      <c r="G18" s="109"/>
       <c r="H18" s="64"/>
     </row>
     <row r="19" spans="1:9" ht="14.4" customHeight="1">
       <c r="A19" s="10"/>
       <c r="B19" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C19" s="104" t="s">
+      <c r="C19" s="109" t="s">
         <v>32</v>
       </c>
-      <c r="D19" s="104"/>
-[...2 lines deleted...]
-      <c r="G19" s="104"/>
+      <c r="D19" s="109"/>
+      <c r="E19" s="109"/>
+      <c r="F19" s="109"/>
+      <c r="G19" s="109"/>
       <c r="H19" s="64"/>
     </row>
     <row r="20" spans="1:9" ht="14.4" customHeight="1">
       <c r="A20" s="10"/>
       <c r="B20" s="68" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C20" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="17">
         <v>10906000962</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="F20" s="16" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H20" s="69" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="22.8">
       <c r="A21" s="10"/>
       <c r="B21" s="59" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H21" s="60" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="37.200000000000003" customHeight="1">
       <c r="A22" s="12">
         <v>6546</v>
       </c>
       <c r="B22" s="59" t="s">
         <v>35</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D22" s="32" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H22" s="70" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I22" s="33"/>
     </row>
     <row r="23" spans="1:9" ht="13.8" customHeight="1">
       <c r="A23" s="3"/>
       <c r="B23" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C23" s="100" t="s">
+      <c r="C23" s="106" t="s">
         <v>39</v>
       </c>
-      <c r="D23" s="101"/>
-[...3 lines deleted...]
-      <c r="H23" s="102"/>
+      <c r="D23" s="107"/>
+      <c r="E23" s="107"/>
+      <c r="F23" s="107"/>
+      <c r="G23" s="107"/>
+      <c r="H23" s="119"/>
     </row>
     <row r="24" spans="1:9" ht="16.8" customHeight="1">
       <c r="A24" s="10"/>
       <c r="B24" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C24" s="103" t="s">
+      <c r="C24" s="108" t="s">
         <v>40</v>
       </c>
-      <c r="D24" s="104"/>
-[...3 lines deleted...]
-      <c r="H24" s="105"/>
+      <c r="D24" s="109"/>
+      <c r="E24" s="109"/>
+      <c r="F24" s="109"/>
+      <c r="G24" s="109"/>
+      <c r="H24" s="115"/>
     </row>
     <row r="25" spans="1:9" ht="12" customHeight="1">
       <c r="A25" s="10"/>
       <c r="B25" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C25" s="103" t="s">
+      <c r="C25" s="108" t="s">
         <v>41</v>
       </c>
-      <c r="D25" s="104"/>
-[...3 lines deleted...]
-      <c r="H25" s="105"/>
+      <c r="D25" s="109"/>
+      <c r="E25" s="109"/>
+      <c r="F25" s="109"/>
+      <c r="G25" s="109"/>
+      <c r="H25" s="115"/>
     </row>
     <row r="26" spans="1:9" ht="14.4" customHeight="1">
       <c r="A26" s="10"/>
       <c r="B26" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C26" s="103" t="s">
+      <c r="C26" s="108" t="s">
         <v>42</v>
       </c>
-      <c r="D26" s="104"/>
-[...3 lines deleted...]
-      <c r="H26" s="105"/>
+      <c r="D26" s="109"/>
+      <c r="E26" s="109"/>
+      <c r="F26" s="109"/>
+      <c r="G26" s="109"/>
+      <c r="H26" s="115"/>
     </row>
     <row r="27" spans="1:9" ht="15" customHeight="1">
       <c r="A27" s="10"/>
       <c r="B27" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C27" s="103" t="s">
+      <c r="C27" s="108" t="s">
         <v>43</v>
       </c>
-      <c r="D27" s="104"/>
-[...3 lines deleted...]
-      <c r="H27" s="105"/>
+      <c r="D27" s="109"/>
+      <c r="E27" s="109"/>
+      <c r="F27" s="109"/>
+      <c r="G27" s="109"/>
+      <c r="H27" s="115"/>
     </row>
     <row r="28" spans="1:9" ht="18.600000000000001" customHeight="1">
       <c r="A28" s="10"/>
       <c r="B28" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C28" s="103" t="s">
+      <c r="C28" s="108" t="s">
         <v>44</v>
       </c>
-      <c r="D28" s="104"/>
-[...3 lines deleted...]
-      <c r="H28" s="105"/>
+      <c r="D28" s="109"/>
+      <c r="E28" s="109"/>
+      <c r="F28" s="109"/>
+      <c r="G28" s="109"/>
+      <c r="H28" s="115"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="10"/>
       <c r="B29" s="71" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="110" t="s">
         <v>45</v>
       </c>
       <c r="D29" s="111"/>
       <c r="E29" s="111"/>
       <c r="F29" s="111"/>
       <c r="G29" s="111"/>
-      <c r="H29" s="112"/>
+      <c r="H29" s="116"/>
     </row>
     <row r="30" spans="1:9" ht="22.8">
       <c r="A30" s="12">
         <v>9274</v>
       </c>
       <c r="B30" s="68" t="s">
         <v>46</v>
       </c>
       <c r="C30" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E30" s="16" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F30" s="16" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="16" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="72" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="12">
         <v>93</v>
       </c>
       <c r="B31" s="59" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C31" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E31" s="16" t="s">
         <v>50</v>
       </c>
       <c r="F31" s="16" t="s">
         <v>19</v>
       </c>
       <c r="G31" s="16" t="s">
         <v>20</v>
       </c>
       <c r="H31" s="73" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="I31" s="30"/>
     </row>
     <row r="32" spans="1:9" ht="27" customHeight="1">
       <c r="A32" s="12">
         <v>205</v>
       </c>
       <c r="B32" s="59" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H32" s="60" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="18" customHeight="1">
       <c r="A33" s="10"/>
       <c r="B33" s="65" t="s">
         <v>38</v>
       </c>
-      <c r="C33" s="113" t="s">
+      <c r="C33" s="102" t="s">
         <v>55</v>
       </c>
-      <c r="D33" s="108"/>
-[...3 lines deleted...]
-      <c r="H33" s="109"/>
+      <c r="D33" s="100"/>
+      <c r="E33" s="100"/>
+      <c r="F33" s="100"/>
+      <c r="G33" s="100"/>
+      <c r="H33" s="101"/>
     </row>
     <row r="34" spans="1:9" ht="21" customHeight="1">
       <c r="A34" s="10"/>
       <c r="B34" s="65" t="s">
         <v>38</v>
       </c>
-      <c r="C34" s="113" t="s">
+      <c r="C34" s="102" t="s">
         <v>56</v>
       </c>
-      <c r="D34" s="108"/>
-[...3 lines deleted...]
-      <c r="H34" s="109"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
+      <c r="G34" s="100"/>
+      <c r="H34" s="101"/>
     </row>
     <row r="35" spans="1:9" ht="21" customHeight="1">
       <c r="A35" s="10"/>
       <c r="B35" s="65" t="s">
         <v>38</v>
       </c>
-      <c r="C35" s="113" t="s">
+      <c r="C35" s="102" t="s">
         <v>57</v>
       </c>
-      <c r="D35" s="108"/>
-[...3 lines deleted...]
-      <c r="H35" s="109"/>
+      <c r="D35" s="100"/>
+      <c r="E35" s="100"/>
+      <c r="F35" s="100"/>
+      <c r="G35" s="100"/>
+      <c r="H35" s="101"/>
     </row>
     <row r="36" spans="1:9" ht="19.2" customHeight="1">
       <c r="A36" s="10"/>
       <c r="B36" s="65" t="s">
         <v>38</v>
       </c>
       <c r="C36" s="34" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D36" s="74"/>
       <c r="E36" s="74"/>
       <c r="F36" s="74"/>
       <c r="G36" s="74"/>
       <c r="H36" s="75"/>
     </row>
     <row r="37" spans="1:9" ht="18" customHeight="1">
       <c r="A37" s="10"/>
       <c r="B37" s="65" t="s">
         <v>38</v>
       </c>
-      <c r="C37" s="113" t="s">
+      <c r="C37" s="102" t="s">
         <v>58</v>
       </c>
-      <c r="D37" s="108"/>
-[...3 lines deleted...]
-      <c r="H37" s="109"/>
+      <c r="D37" s="100"/>
+      <c r="E37" s="100"/>
+      <c r="F37" s="100"/>
+      <c r="G37" s="100"/>
+      <c r="H37" s="101"/>
     </row>
     <row r="38" spans="1:9" ht="17.399999999999999" customHeight="1">
       <c r="A38" s="35"/>
       <c r="B38" s="65" t="s">
         <v>38</v>
       </c>
       <c r="C38" s="36" t="s">
         <v>59</v>
       </c>
       <c r="D38" s="76"/>
       <c r="E38" s="76"/>
       <c r="F38" s="76"/>
       <c r="G38" s="76"/>
       <c r="H38" s="75"/>
     </row>
     <row r="39" spans="1:9" ht="14.4" customHeight="1">
       <c r="A39" s="35"/>
       <c r="B39" s="71" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="37" t="s">
         <v>60</v>
       </c>
       <c r="D39" s="76"/>
       <c r="E39" s="76"/>
       <c r="F39" s="76"/>
       <c r="G39" s="76"/>
       <c r="H39" s="77"/>
     </row>
     <row r="40" spans="1:9" ht="33" customHeight="1">
       <c r="A40" s="12">
         <v>9283</v>
       </c>
       <c r="B40" s="59" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C40" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="38">
         <v>12720200158</v>
       </c>
       <c r="E40" s="38" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="F40" s="38" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="38" t="s">
         <v>12</v>
       </c>
       <c r="H40" s="78" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="I40" s="30"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="12">
         <v>9215</v>
       </c>
       <c r="B41" s="59" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="25" t="s">
         <v>62</v>
       </c>
       <c r="D41" s="39">
         <v>97322850583</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H41" s="60" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="I41" s="40"/>
     </row>
     <row r="42" spans="1:9" ht="24.6" customHeight="1">
       <c r="A42" s="6">
         <v>224</v>
       </c>
       <c r="B42" s="79" t="s">
         <v>65</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D42" s="41" t="s">
         <v>67</v>
       </c>
       <c r="E42" s="42" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>68</v>
       </c>
       <c r="G42" s="7" t="s">
         <v>69</v>
       </c>
       <c r="H42" s="70" t="s">
         <v>70</v>
       </c>
       <c r="I42" s="30"/>
     </row>
     <row r="43" spans="1:9" ht="12" customHeight="1">
       <c r="A43" s="3"/>
       <c r="B43" s="80"/>
       <c r="C43" s="43" t="s">
         <v>71</v>
       </c>
       <c r="D43" s="43"/>
       <c r="E43" s="43"/>
       <c r="F43" s="8"/>
       <c r="G43" s="8"/>
       <c r="H43" s="81"/>
     </row>
     <row r="44" spans="1:9" ht="13.8" customHeight="1">
@@ -2660,1087 +2663,1087 @@
       <c r="C44" s="83" t="s">
         <v>72</v>
       </c>
       <c r="D44" s="83"/>
       <c r="E44" s="83"/>
       <c r="F44" s="11"/>
       <c r="G44" s="11"/>
       <c r="H44" s="64"/>
     </row>
     <row r="45" spans="1:9" ht="13.8" customHeight="1">
       <c r="A45" s="10"/>
       <c r="B45" s="82"/>
       <c r="C45" s="83" t="s">
         <v>73</v>
       </c>
       <c r="D45" s="83"/>
       <c r="E45" s="83"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="64"/>
     </row>
     <row r="46" spans="1:9" ht="15" customHeight="1">
       <c r="A46" s="10"/>
       <c r="B46" s="82"/>
       <c r="C46" s="83" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D46" s="83"/>
       <c r="E46" s="83"/>
       <c r="F46" s="11"/>
       <c r="G46" s="11"/>
       <c r="H46" s="64"/>
     </row>
     <row r="47" spans="1:9" ht="18.600000000000001" customHeight="1">
       <c r="A47" s="10"/>
       <c r="B47" s="82"/>
       <c r="C47" s="83" t="s">
         <v>74</v>
       </c>
       <c r="D47" s="83"/>
       <c r="E47" s="83"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="64"/>
     </row>
     <row r="48" spans="1:9" ht="22.8">
       <c r="A48" s="12">
         <v>245</v>
       </c>
       <c r="B48" s="84" t="s">
         <v>75</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H48" s="60" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="24.6" customHeight="1">
       <c r="A49" s="12">
         <v>4220</v>
       </c>
       <c r="B49" s="59" t="s">
         <v>78</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H49" s="60" t="s">
         <v>80</v>
       </c>
       <c r="I49" s="44"/>
     </row>
     <row r="50" spans="1:9" ht="14.4" customHeight="1">
       <c r="A50" s="3"/>
       <c r="B50" s="71" t="s">
         <v>38</v>
       </c>
       <c r="C50" s="114" t="s">
         <v>81</v>
       </c>
-      <c r="D50" s="115"/>
-      <c r="E50" s="115"/>
+      <c r="D50" s="112"/>
+      <c r="E50" s="112"/>
       <c r="F50" s="11"/>
       <c r="G50" s="11"/>
       <c r="H50" s="81"/>
     </row>
     <row r="51" spans="1:9" ht="13.2" customHeight="1">
       <c r="A51" s="10"/>
       <c r="B51" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C51" s="113" t="s">
+      <c r="C51" s="102" t="s">
         <v>82</v>
       </c>
-      <c r="D51" s="108"/>
-      <c r="E51" s="108"/>
+      <c r="D51" s="100"/>
+      <c r="E51" s="100"/>
       <c r="F51" s="11"/>
       <c r="G51" s="11"/>
       <c r="H51" s="64"/>
     </row>
     <row r="52" spans="1:9" ht="14.4" customHeight="1">
       <c r="A52" s="10"/>
       <c r="B52" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C52" s="113" t="s">
+      <c r="C52" s="102" t="s">
         <v>83</v>
       </c>
-      <c r="D52" s="108"/>
-      <c r="E52" s="108"/>
+      <c r="D52" s="100"/>
+      <c r="E52" s="100"/>
       <c r="F52" s="11"/>
       <c r="G52" s="11"/>
       <c r="H52" s="64"/>
     </row>
     <row r="53" spans="1:9" ht="14.4" customHeight="1">
       <c r="A53" s="10"/>
       <c r="B53" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C53" s="113" t="s">
+      <c r="C53" s="102" t="s">
         <v>84</v>
       </c>
-      <c r="D53" s="108"/>
-      <c r="E53" s="108"/>
+      <c r="D53" s="100"/>
+      <c r="E53" s="100"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="64"/>
     </row>
     <row r="54" spans="1:9" ht="12.6" customHeight="1">
       <c r="A54" s="10"/>
       <c r="B54" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C54" s="113" t="s">
+      <c r="C54" s="102" t="s">
         <v>85</v>
       </c>
-      <c r="D54" s="108"/>
-      <c r="E54" s="108"/>
+      <c r="D54" s="100"/>
+      <c r="E54" s="100"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="64"/>
     </row>
     <row r="55" spans="1:9" ht="15" customHeight="1">
       <c r="A55" s="10"/>
       <c r="B55" s="71" t="s">
         <v>38</v>
       </c>
-      <c r="C55" s="113" t="s">
+      <c r="C55" s="102" t="s">
         <v>86</v>
       </c>
-      <c r="D55" s="108"/>
-      <c r="E55" s="108"/>
+      <c r="D55" s="100"/>
+      <c r="E55" s="100"/>
       <c r="F55" s="11"/>
       <c r="G55" s="11"/>
       <c r="H55" s="64"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="12">
         <v>12016</v>
       </c>
       <c r="B56" s="59" t="s">
         <v>87</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="13" t="s">
         <v>88</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>89</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>90</v>
       </c>
       <c r="H56" s="69" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="I56" s="30"/>
     </row>
     <row r="57" spans="1:9" ht="22.8">
       <c r="A57" s="12">
         <v>9165</v>
       </c>
       <c r="B57" s="59" t="s">
         <v>91</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H57" s="60" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="I57" s="44"/>
     </row>
     <row r="58" spans="1:9" ht="22.8">
       <c r="A58" s="12">
         <v>260</v>
       </c>
       <c r="B58" s="59" t="s">
         <v>93</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H58" s="60" t="s">
         <v>54</v>
       </c>
       <c r="I58" s="30"/>
     </row>
     <row r="59" spans="1:9" ht="25.2" customHeight="1">
       <c r="A59" s="12">
         <v>1069</v>
       </c>
       <c r="B59" s="59" t="s">
         <v>96</v>
       </c>
       <c r="C59" s="25" t="s">
         <v>17</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H59" s="60" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="I59" s="40"/>
     </row>
     <row r="60" spans="1:9" ht="16.2" customHeight="1">
       <c r="A60" s="3"/>
       <c r="B60" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="C60" s="100" t="s">
+      <c r="C60" s="106" t="s">
         <v>98</v>
       </c>
-      <c r="D60" s="101"/>
-      <c r="E60" s="101"/>
+      <c r="D60" s="107"/>
+      <c r="E60" s="107"/>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="81"/>
     </row>
     <row r="61" spans="1:9" ht="20.399999999999999" customHeight="1">
       <c r="A61" s="10"/>
       <c r="B61" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C61" s="103" t="s">
+      <c r="C61" s="108" t="s">
         <v>99</v>
       </c>
-      <c r="D61" s="104"/>
-      <c r="E61" s="104"/>
+      <c r="D61" s="109"/>
+      <c r="E61" s="109"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="64"/>
     </row>
     <row r="62" spans="1:9" ht="15.6" customHeight="1">
       <c r="A62" s="10"/>
       <c r="B62" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C62" s="103" t="s">
+      <c r="C62" s="108" t="s">
         <v>100</v>
       </c>
-      <c r="D62" s="104"/>
-[...2 lines deleted...]
-      <c r="G62" s="104"/>
+      <c r="D62" s="109"/>
+      <c r="E62" s="109"/>
+      <c r="F62" s="109"/>
+      <c r="G62" s="109"/>
       <c r="H62" s="64"/>
     </row>
     <row r="63" spans="1:9" ht="16.8" customHeight="1">
       <c r="A63" s="10"/>
       <c r="B63" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C63" s="31" t="s">
         <v>101</v>
       </c>
       <c r="D63" s="66"/>
       <c r="E63" s="66"/>
       <c r="F63" s="66"/>
       <c r="G63" s="66"/>
       <c r="H63" s="64"/>
     </row>
     <row r="64" spans="1:9" ht="24.6" customHeight="1">
       <c r="A64" s="10"/>
       <c r="B64" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C64" s="31" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D64" s="85"/>
       <c r="E64" s="85"/>
       <c r="F64" s="85"/>
       <c r="G64" s="85"/>
       <c r="H64" s="86"/>
     </row>
     <row r="65" spans="1:9" ht="16.8" customHeight="1">
       <c r="A65" s="10"/>
       <c r="B65" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C65" s="31" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D65" s="85"/>
       <c r="E65" s="85"/>
       <c r="F65" s="85"/>
       <c r="G65" s="85"/>
       <c r="H65" s="86"/>
       <c r="I65" s="30"/>
     </row>
     <row r="66" spans="1:9" ht="22.8">
       <c r="A66" s="10"/>
       <c r="B66" s="59" t="s">
         <v>102</v>
       </c>
       <c r="C66" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D66" s="16">
         <v>80152680379</v>
       </c>
       <c r="E66" s="16" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H66" s="60" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="I66" s="45"/>
     </row>
     <row r="67" spans="1:9" ht="22.8">
       <c r="A67" s="10"/>
       <c r="B67" s="88" t="s">
         <v>103</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="46" t="s">
         <v>104</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>105</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="70" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="22.8">
       <c r="A68" s="12">
         <v>270</v>
       </c>
       <c r="B68" s="59" t="s">
         <v>107</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H68" s="60" t="s">
         <v>109</v>
       </c>
       <c r="I68" s="30"/>
     </row>
     <row r="69" spans="1:9" ht="22.8">
       <c r="A69" s="47">
         <v>295</v>
       </c>
       <c r="B69" s="59" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>111</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H69" s="60" t="s">
         <v>112</v>
       </c>
       <c r="I69" s="30"/>
     </row>
     <row r="70" spans="1:9" ht="22.8">
       <c r="A70" s="12">
         <v>283</v>
       </c>
       <c r="B70" s="68" t="s">
         <v>113</v>
       </c>
       <c r="C70" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="17">
         <v>11947650153</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F70" s="16" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H70" s="60" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="27" customHeight="1">
       <c r="A71" s="19">
         <v>9166</v>
       </c>
       <c r="B71" s="59" t="s">
         <v>115</v>
       </c>
       <c r="C71" s="14" t="s">
         <v>36</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H71" s="60" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="14.4" customHeight="1">
       <c r="A72" s="12">
         <v>324</v>
       </c>
       <c r="B72" s="89" t="s">
         <v>38</v>
       </c>
-      <c r="C72" s="113" t="s">
+      <c r="C72" s="102" t="s">
         <v>118</v>
       </c>
-      <c r="D72" s="108"/>
-      <c r="E72" s="108"/>
+      <c r="D72" s="100"/>
+      <c r="E72" s="100"/>
       <c r="F72" s="11"/>
       <c r="G72" s="11"/>
       <c r="H72" s="64"/>
     </row>
     <row r="73" spans="1:9" ht="15" customHeight="1">
       <c r="A73" s="3"/>
       <c r="B73" s="89" t="s">
         <v>38</v>
       </c>
-      <c r="C73" s="113" t="s">
-[...3 lines deleted...]
-      <c r="E73" s="108"/>
+      <c r="C73" s="102" t="s">
+        <v>190</v>
+      </c>
+      <c r="D73" s="100"/>
+      <c r="E73" s="100"/>
       <c r="F73" s="11"/>
       <c r="G73" s="11"/>
       <c r="H73" s="64"/>
     </row>
     <row r="74" spans="1:9" ht="12.6" customHeight="1">
       <c r="A74" s="10"/>
       <c r="B74" s="89" t="s">
         <v>38</v>
       </c>
-      <c r="C74" s="113" t="s">
+      <c r="C74" s="102" t="s">
         <v>119</v>
       </c>
-      <c r="D74" s="108"/>
-      <c r="E74" s="108"/>
+      <c r="D74" s="100"/>
+      <c r="E74" s="100"/>
       <c r="F74" s="11"/>
       <c r="G74" s="11"/>
       <c r="H74" s="64"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="10"/>
       <c r="B75" s="59" t="s">
         <v>120</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D75" s="13" t="s">
         <v>121</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>122</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>123</v>
       </c>
       <c r="H75" s="60" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="23.4" customHeight="1">
       <c r="A76" s="12"/>
       <c r="B76" s="88" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C76" s="14" t="s">
         <v>125</v>
       </c>
       <c r="D76" s="46" t="s">
         <v>126</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>127</v>
       </c>
       <c r="G76" s="5" t="s">
         <v>128</v>
       </c>
       <c r="H76" s="70" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="I76" s="30"/>
     </row>
     <row r="77" spans="1:9" ht="19.2" customHeight="1">
       <c r="A77" s="47"/>
       <c r="B77" s="63" t="s">
         <v>129</v>
       </c>
-      <c r="C77" s="108" t="s">
+      <c r="C77" s="100" t="s">
         <v>130</v>
       </c>
-      <c r="D77" s="108"/>
-      <c r="E77" s="108"/>
+      <c r="D77" s="100"/>
+      <c r="E77" s="100"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="81"/>
       <c r="I77" s="30"/>
     </row>
     <row r="78" spans="1:9" ht="16.8" customHeight="1">
       <c r="A78" s="47"/>
       <c r="B78" s="65" t="s">
         <v>129</v>
       </c>
-      <c r="C78" s="108" t="s">
+      <c r="C78" s="100" t="s">
         <v>131</v>
       </c>
-      <c r="D78" s="108"/>
-      <c r="E78" s="108"/>
+      <c r="D78" s="100"/>
+      <c r="E78" s="100"/>
       <c r="F78" s="11"/>
       <c r="G78" s="11"/>
       <c r="H78" s="64"/>
       <c r="I78" s="55"/>
     </row>
     <row r="79" spans="1:9" ht="16.8" customHeight="1">
       <c r="A79" s="47"/>
       <c r="B79" s="65" t="s">
         <v>129</v>
       </c>
-      <c r="C79" s="108" t="s">
+      <c r="C79" s="100" t="s">
         <v>132</v>
       </c>
-      <c r="D79" s="108"/>
-      <c r="E79" s="108"/>
+      <c r="D79" s="100"/>
+      <c r="E79" s="100"/>
       <c r="F79" s="11"/>
       <c r="G79" s="11"/>
       <c r="H79" s="64"/>
       <c r="I79" s="30"/>
     </row>
     <row r="80" spans="1:9" ht="16.8" customHeight="1">
       <c r="A80" s="47"/>
       <c r="B80" s="65" t="s">
         <v>129</v>
       </c>
       <c r="C80" s="34" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D80" s="74"/>
       <c r="E80" s="74"/>
       <c r="F80" s="11"/>
       <c r="G80" s="11"/>
       <c r="H80" s="64"/>
       <c r="I80" s="30"/>
     </row>
     <row r="81" spans="1:9" ht="14.4" customHeight="1">
       <c r="A81" s="47"/>
       <c r="B81" s="87" t="s">
         <v>129</v>
       </c>
-      <c r="C81" s="108" t="s">
-[...3 lines deleted...]
-      <c r="E81" s="108"/>
+      <c r="C81" s="120" t="s">
+        <v>231</v>
+      </c>
+      <c r="D81" s="120"/>
+      <c r="E81" s="120"/>
       <c r="F81" s="11"/>
       <c r="G81" s="11"/>
       <c r="H81" s="64"/>
       <c r="I81" s="30"/>
     </row>
     <row r="82" spans="1:9" ht="21.75" customHeight="1">
       <c r="A82" s="47"/>
       <c r="B82" s="59" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D82" s="16">
         <v>12730090151</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="F82" s="16" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H82" s="60" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="I82" s="30"/>
     </row>
     <row r="83" spans="1:9" ht="30.75" customHeight="1">
       <c r="A83" s="12">
         <v>9216</v>
       </c>
       <c r="B83" s="62" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C83" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D83" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="F83" s="20" t="s">
         <v>137</v>
       </c>
-      <c r="E83" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F83" s="20" t="s">
+      <c r="G83" s="20" t="s">
         <v>138</v>
       </c>
-      <c r="G83" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H83" s="90" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="I83" s="48"/>
     </row>
     <row r="84" spans="1:9" ht="24" customHeight="1">
       <c r="A84" s="19">
         <v>9217</v>
       </c>
       <c r="B84" s="62" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C84" s="49" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D84" s="26" t="s">
         <v>47</v>
       </c>
       <c r="E84" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="F84" s="22" t="s">
         <v>140</v>
       </c>
-      <c r="F84" s="22" t="s">
+      <c r="G84" s="22" t="s">
         <v>141</v>
       </c>
-      <c r="G84" s="22" t="s">
+      <c r="H84" s="90" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="85" spans="1:9" ht="13.8" customHeight="1">
       <c r="A85" s="21">
         <v>8829</v>
       </c>
       <c r="B85" s="63" t="s">
         <v>129</v>
       </c>
       <c r="C85" s="114" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-      <c r="E85" s="115"/>
+        <v>143</v>
+      </c>
+      <c r="D85" s="112"/>
+      <c r="E85" s="112"/>
       <c r="F85" s="50"/>
-      <c r="G85" s="115"/>
-      <c r="H85" s="116"/>
+      <c r="G85" s="112"/>
+      <c r="H85" s="113"/>
     </row>
     <row r="86" spans="1:9" ht="16.8" customHeight="1">
       <c r="A86" s="23">
         <v>1180</v>
       </c>
       <c r="B86" s="65" t="s">
         <v>129</v>
       </c>
-      <c r="C86" s="113" t="s">
-[...3 lines deleted...]
-      <c r="E86" s="108"/>
+      <c r="C86" s="102" t="s">
+        <v>144</v>
+      </c>
+      <c r="D86" s="100"/>
+      <c r="E86" s="100"/>
       <c r="F86" s="91"/>
-      <c r="G86" s="108"/>
-      <c r="H86" s="109"/>
+      <c r="G86" s="100"/>
+      <c r="H86" s="101"/>
     </row>
     <row r="87" spans="1:9" ht="19.8" customHeight="1">
       <c r="A87" s="23"/>
       <c r="B87" s="65" t="s">
         <v>129</v>
       </c>
-      <c r="C87" s="113" t="s">
-[...3 lines deleted...]
-      <c r="E87" s="108"/>
+      <c r="C87" s="102" t="s">
+        <v>145</v>
+      </c>
+      <c r="D87" s="100"/>
+      <c r="E87" s="100"/>
       <c r="F87" s="91"/>
-      <c r="G87" s="108"/>
-      <c r="H87" s="109"/>
+      <c r="G87" s="100"/>
+      <c r="H87" s="101"/>
     </row>
     <row r="88" spans="1:9" ht="17.399999999999999" customHeight="1">
       <c r="A88" s="6"/>
       <c r="B88" s="65" t="s">
         <v>129</v>
       </c>
-      <c r="C88" s="113" t="s">
-[...3 lines deleted...]
-      <c r="E88" s="108"/>
+      <c r="C88" s="102" t="s">
+        <v>146</v>
+      </c>
+      <c r="D88" s="100"/>
+      <c r="E88" s="100"/>
       <c r="F88" s="91"/>
-      <c r="G88" s="108"/>
-      <c r="H88" s="109"/>
+      <c r="G88" s="100"/>
+      <c r="H88" s="101"/>
     </row>
     <row r="89" spans="1:9" ht="16.8" customHeight="1">
       <c r="A89" s="6"/>
       <c r="B89" s="65" t="s">
         <v>129</v>
       </c>
-      <c r="C89" s="113" t="s">
-[...3 lines deleted...]
-      <c r="E89" s="108"/>
+      <c r="C89" s="102" t="s">
+        <v>147</v>
+      </c>
+      <c r="D89" s="100"/>
+      <c r="E89" s="100"/>
       <c r="F89" s="91"/>
-      <c r="G89" s="108"/>
-      <c r="H89" s="109"/>
+      <c r="G89" s="100"/>
+      <c r="H89" s="101"/>
     </row>
     <row r="90" spans="1:9" ht="15" customHeight="1">
       <c r="A90" s="6"/>
       <c r="B90" s="65" t="s">
         <v>129</v>
       </c>
-      <c r="C90" s="113" t="s">
-[...3 lines deleted...]
-      <c r="E90" s="108"/>
+      <c r="C90" s="102" t="s">
+        <v>148</v>
+      </c>
+      <c r="D90" s="100"/>
+      <c r="E90" s="100"/>
       <c r="F90" s="91"/>
-      <c r="G90" s="108"/>
-      <c r="H90" s="109"/>
+      <c r="G90" s="100"/>
+      <c r="H90" s="101"/>
     </row>
     <row r="91" spans="1:9" ht="15" customHeight="1">
       <c r="A91" s="6"/>
       <c r="B91" s="87" t="s">
         <v>129</v>
       </c>
-      <c r="C91" s="117" t="s">
-[...3 lines deleted...]
-      <c r="E91" s="118"/>
+      <c r="C91" s="103" t="s">
+        <v>149</v>
+      </c>
+      <c r="D91" s="104"/>
+      <c r="E91" s="104"/>
       <c r="F91" s="51"/>
-      <c r="G91" s="118"/>
-      <c r="H91" s="119"/>
+      <c r="G91" s="104"/>
+      <c r="H91" s="105"/>
     </row>
     <row r="92" spans="1:9" ht="27.6" customHeight="1">
       <c r="A92" s="6"/>
       <c r="B92" s="59" t="s">
+        <v>150</v>
+      </c>
+      <c r="C92" s="25" t="s">
         <v>151</v>
       </c>
-      <c r="C92" s="25" t="s">
+      <c r="D92" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="E92" s="1" t="s">
+      <c r="F92" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="F92" s="1" t="s">
+      <c r="G92" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="G92" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H92" s="69" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="I92" s="40"/>
     </row>
     <row r="93" spans="1:9" ht="13.2" customHeight="1">
       <c r="A93" s="54"/>
       <c r="B93" s="63" t="s">
         <v>129</v>
       </c>
-      <c r="C93" s="100" t="s">
-[...3 lines deleted...]
-      <c r="E93" s="101"/>
+      <c r="C93" s="106" t="s">
+        <v>156</v>
+      </c>
+      <c r="D93" s="107"/>
+      <c r="E93" s="107"/>
       <c r="F93" s="8"/>
       <c r="G93" s="8"/>
       <c r="H93" s="81"/>
     </row>
     <row r="94" spans="1:9" ht="14.4" customHeight="1">
       <c r="A94" s="12">
         <v>9287</v>
       </c>
       <c r="B94" s="65" t="s">
         <v>129</v>
       </c>
-      <c r="C94" s="103" t="s">
-[...3 lines deleted...]
-      <c r="E94" s="104"/>
+      <c r="C94" s="108" t="s">
+        <v>157</v>
+      </c>
+      <c r="D94" s="109"/>
+      <c r="E94" s="109"/>
       <c r="H94" s="64"/>
     </row>
     <row r="95" spans="1:9" ht="15" customHeight="1">
       <c r="A95" s="3"/>
       <c r="B95" s="87" t="s">
         <v>129</v>
       </c>
       <c r="C95" s="110" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D95" s="111"/>
       <c r="E95" s="111"/>
       <c r="F95" s="28"/>
       <c r="G95" s="28"/>
       <c r="H95" s="92"/>
     </row>
     <row r="96" spans="1:9" ht="29.25" customHeight="1">
       <c r="A96" s="10"/>
       <c r="B96" s="59" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D96" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="F96" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="E96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F96" s="1" t="s">
+      <c r="G96" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="G96" s="1" t="s">
+      <c r="H96" s="60" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="25.5" customHeight="1" thickBot="1">
       <c r="A97" s="47"/>
       <c r="B97" s="93" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C97" s="94" t="s">
         <v>10</v>
       </c>
       <c r="D97" s="95" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E97" s="94" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F97" s="94" t="s">
         <v>19</v>
       </c>
       <c r="G97" s="94" t="s">
         <v>20</v>
       </c>
       <c r="H97" s="96" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="I97" s="52"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="12">
         <v>8589</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="12">
         <v>11064</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="56">
-    <mergeCell ref="G89:H89"/>
-[...8 lines deleted...]
-    <mergeCell ref="C89:E89"/>
+    <mergeCell ref="C23:H23"/>
+    <mergeCell ref="C24:H24"/>
+    <mergeCell ref="C25:H25"/>
+    <mergeCell ref="C26:H26"/>
+    <mergeCell ref="C27:H27"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="C9:G9"/>
+    <mergeCell ref="C10:G10"/>
+    <mergeCell ref="C11:G11"/>
+    <mergeCell ref="C12:G12"/>
+    <mergeCell ref="C18:G18"/>
+    <mergeCell ref="C19:G19"/>
+    <mergeCell ref="C13:G13"/>
+    <mergeCell ref="C14:G14"/>
+    <mergeCell ref="C15:G15"/>
+    <mergeCell ref="C16:G16"/>
+    <mergeCell ref="C17:G17"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="C77:E77"/>
+    <mergeCell ref="C28:H28"/>
+    <mergeCell ref="C29:H29"/>
+    <mergeCell ref="C33:H33"/>
+    <mergeCell ref="C34:H34"/>
+    <mergeCell ref="C35:H35"/>
+    <mergeCell ref="C37:H37"/>
+    <mergeCell ref="C50:E50"/>
+    <mergeCell ref="C51:E51"/>
+    <mergeCell ref="C78:E78"/>
+    <mergeCell ref="C79:E79"/>
+    <mergeCell ref="C81:E81"/>
     <mergeCell ref="G87:H87"/>
     <mergeCell ref="C88:E88"/>
     <mergeCell ref="G88:H88"/>
     <mergeCell ref="G85:H85"/>
     <mergeCell ref="C52:E52"/>
     <mergeCell ref="C53:E53"/>
     <mergeCell ref="C54:E54"/>
     <mergeCell ref="C55:E55"/>
     <mergeCell ref="C86:E86"/>
     <mergeCell ref="C72:E72"/>
     <mergeCell ref="C73:E73"/>
     <mergeCell ref="C74:E74"/>
     <mergeCell ref="C85:E85"/>
     <mergeCell ref="C60:E60"/>
     <mergeCell ref="C61:E61"/>
     <mergeCell ref="C62:G62"/>
-    <mergeCell ref="G86:H86"/>
-[...28 lines deleted...]
-    <mergeCell ref="C27:H27"/>
+    <mergeCell ref="C93:E93"/>
+    <mergeCell ref="C94:E94"/>
+    <mergeCell ref="C87:E87"/>
+    <mergeCell ref="C95:E95"/>
+    <mergeCell ref="C89:E89"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="C90:E90"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="C91:E91"/>
+    <mergeCell ref="G91:H91"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>