--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2025/COMMISSIONE 9/DETERMINA/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2026/COMMISSIONE 1/DETERMINA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="435" documentId="13_ncr:1_{D0B9817C-E042-4454-BAB0-1D8D23025B59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7F89E8B8-B5CE-4E32-87E9-9800AAC791C0}"/>
+  <xr:revisionPtr revIDLastSave="437" documentId="13_ncr:1_{D0B9817C-E042-4454-BAB0-1D8D23025B59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5DBE845D-4A79-41A2-AE55-EC8A64F9B89F}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Foglio1!$A$1:$H$97</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Foglio1!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -340,53 +340,50 @@
   <si>
     <t>11629770154</t>
   </si>
   <si>
     <t>IAL E.R. S.R.L. IMPRESA SOCIALE</t>
   </si>
   <si>
     <t>80061110377</t>
   </si>
   <si>
     <t>Via Bigari 3</t>
   </si>
   <si>
     <t>IDEA</t>
   </si>
   <si>
     <t>92038730377</t>
   </si>
   <si>
     <t>C. DI F. P. FONDAZIONE ALBERTO SIMONINI</t>
   </si>
   <si>
     <t>ZENIT SRL</t>
   </si>
   <si>
-    <t>FONDAZIONE SAN GIUSEPPE CFP C.E.S.T.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTOFORM S.R.L.</t>
   </si>
   <si>
     <t>IRECOOP Emilia Romagna Società Cooperativa</t>
   </si>
   <si>
     <t>ISTITUTO FORMAZIONE OPERATORI AZIENDALI</t>
   </si>
   <si>
     <t>0453310351</t>
   </si>
   <si>
     <t>Reggio nell'Emilia</t>
   </si>
   <si>
     <t>BO, FC, MO, PR, RA, RE</t>
   </si>
   <si>
     <t>ISCOM E.R.</t>
   </si>
   <si>
     <t>03109320378</t>
   </si>
   <si>
     <t>BO, FC, FE, MO, PC,  RA,  RE</t>
@@ -661,53 +658,50 @@
   <si>
     <t>Via Galliano, 10</t>
   </si>
   <si>
     <t>Piazza Del Bianello, 7/A</t>
   </si>
   <si>
     <t xml:space="preserve">Corso di Porta Romana, 122 </t>
   </si>
   <si>
     <t>Via Rimini, 7</t>
   </si>
   <si>
     <t>Via del Gomito, 7</t>
   </si>
   <si>
     <t>Via Meuccio Ruini, 12</t>
   </si>
   <si>
     <t>DINAMICA SOC. CONSORT. A R.L.</t>
   </si>
   <si>
     <t>ECIPAR SOC. CONS. A R.L. - Rimini</t>
   </si>
   <si>
-    <t>C.so Sempione, 39</t>
-[...1 lines deleted...]
-  <si>
     <t>Via Cristoforo Colombo, 456</t>
   </si>
   <si>
     <t>Via Valturio, 4</t>
   </si>
   <si>
     <t>Via Ronco, 3</t>
   </si>
   <si>
     <t>Via Stalingrado, 67/10 B</t>
   </si>
   <si>
     <t>Via C. Augusto, 25</t>
   </si>
   <si>
     <t>P.zza IV novembre, 5</t>
   </si>
   <si>
     <t>Via Lombardi, 39</t>
   </si>
   <si>
     <t>DINAMICA SOC.CONS. A R.L</t>
   </si>
   <si>
     <t>Via Gianna Giglioli Valle, 11</t>
@@ -734,50 +728,56 @@
     <t>PROMIMPRESA SOCIETÀ BENEFIT S.R.L.</t>
   </si>
   <si>
     <t>Via Lepetit, 8/10</t>
   </si>
   <si>
     <t>Via Pisa, 29</t>
   </si>
   <si>
     <t>Soggetto capofila in contratto di rete</t>
   </si>
   <si>
     <t>Via Colombara, 113 (Marghera)</t>
   </si>
   <si>
     <t>TECHNE SOCIETÀ CONSORTILE A RESPONSABILITÀ LIMITATA</t>
   </si>
   <si>
     <t>WINNER MESTIERI EMILIA ROMAGNA SOCIETÀ COOPERATIVA SOCIALE</t>
   </si>
   <si>
     <t>ETJCA GROUP S.P.A.</t>
   </si>
   <si>
     <t>DIADEMA ACADEMY S.R.L.</t>
+  </si>
+  <si>
+    <t>FONDAZIONE SAN MICHELE ARCANGELO C.E.S.T.A.</t>
+  </si>
+  <si>
+    <t>Piazza Castello, 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="8">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1536,60 +1536,60 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{A697176E-B100-416F-8AC7-4626A0546F0A}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFF6600"/>
       <color rgb="FFFF0000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1841,244 +1841,244 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I99"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B79" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="C81" sqref="C81:E81"/>
+    <sheetView tabSelected="1" topLeftCell="B28" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="G40" sqref="G40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="9.33203125" style="27" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="42.33203125" style="27" customWidth="1"/>
     <col min="3" max="3" width="21.44140625" style="27" customWidth="1"/>
     <col min="4" max="4" width="19.33203125" style="27" customWidth="1"/>
     <col min="5" max="5" width="23.6640625" style="27" customWidth="1"/>
     <col min="6" max="6" width="10.44140625" style="27" customWidth="1"/>
     <col min="7" max="7" width="6.33203125" style="27" customWidth="1"/>
     <col min="8" max="8" width="21.21875" style="27" customWidth="1"/>
     <col min="9" max="9" width="48.88671875" style="27" customWidth="1"/>
     <col min="10" max="16384" width="9.21875" style="27"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
-      <c r="A1" s="118" t="s">
+      <c r="A1" s="119" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="118"/>
-[...5 lines deleted...]
-      <c r="H1" s="118"/>
+      <c r="B1" s="119"/>
+      <c r="C1" s="119"/>
+      <c r="D1" s="119"/>
+      <c r="E1" s="119"/>
+      <c r="F1" s="119"/>
+      <c r="G1" s="119"/>
+      <c r="H1" s="119"/>
     </row>
     <row r="2" spans="1:9" ht="15" thickBot="1">
       <c r="A2" s="28"/>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
     </row>
     <row r="3" spans="1:9" ht="34.799999999999997" thickBot="1">
       <c r="A3" s="29" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="97" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="98" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="98" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="98" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="98" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="98" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="99" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="22.8">
       <c r="A4" s="12">
         <v>9158</v>
       </c>
       <c r="B4" s="56" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="53" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="57" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E4" s="53" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F4" s="53" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="53" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="58" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="I4" s="30"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="12"/>
       <c r="B5" s="59" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H5" s="60" t="s">
         <v>176</v>
-      </c>
-[...10 lines deleted...]
-        <v>177</v>
       </c>
       <c r="I5" s="30"/>
     </row>
     <row r="6" spans="1:9" ht="22.8">
       <c r="A6" s="12">
         <v>9232</v>
       </c>
       <c r="B6" s="59" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="61" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I6" s="30"/>
     </row>
     <row r="7" spans="1:9" ht="22.8">
       <c r="A7" s="12"/>
       <c r="B7" s="62" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="26" t="s">
+        <v>192</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="G7" s="16" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="61" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I7" s="30"/>
     </row>
     <row r="8" spans="1:9" ht="31.8" customHeight="1">
       <c r="A8" s="12">
         <v>11</v>
       </c>
       <c r="B8" s="62" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="15" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="60" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="I8" s="30"/>
     </row>
     <row r="9" spans="1:9" ht="16.2" customHeight="1">
       <c r="A9" s="3"/>
       <c r="B9" s="63" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="107" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="107"/>
       <c r="E9" s="107"/>
       <c r="F9" s="107"/>
       <c r="G9" s="107"/>
       <c r="H9" s="64"/>
     </row>
     <row r="10" spans="1:9" ht="14.4" customHeight="1">
       <c r="A10" s="10"/>
       <c r="B10" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="109" t="s">
         <v>23</v>
       </c>
@@ -2113,57 +2113,57 @@
       <c r="D12" s="109"/>
       <c r="E12" s="109"/>
       <c r="F12" s="109"/>
       <c r="G12" s="109"/>
       <c r="H12" s="64"/>
     </row>
     <row r="13" spans="1:9" ht="13.8" customHeight="1">
       <c r="A13" s="10"/>
       <c r="B13" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="109" t="s">
         <v>26</v>
       </c>
       <c r="D13" s="109"/>
       <c r="E13" s="109"/>
       <c r="F13" s="109"/>
       <c r="G13" s="109"/>
       <c r="H13" s="64"/>
     </row>
     <row r="14" spans="1:9" ht="18" customHeight="1">
       <c r="A14" s="10"/>
       <c r="B14" s="67" t="s">
         <v>21</v>
       </c>
-      <c r="C14" s="117" t="s">
+      <c r="C14" s="118" t="s">
         <v>27</v>
       </c>
-      <c r="D14" s="117"/>
-[...2 lines deleted...]
-      <c r="G14" s="117"/>
+      <c r="D14" s="118"/>
+      <c r="E14" s="118"/>
+      <c r="F14" s="118"/>
+      <c r="G14" s="118"/>
       <c r="H14" s="64"/>
     </row>
     <row r="15" spans="1:9" ht="19.8" customHeight="1">
       <c r="A15" s="10"/>
       <c r="B15" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="109" t="s">
         <v>28</v>
       </c>
       <c r="D15" s="109"/>
       <c r="E15" s="109"/>
       <c r="F15" s="109"/>
       <c r="G15" s="109"/>
       <c r="H15" s="64"/>
     </row>
     <row r="16" spans="1:9" ht="15" customHeight="1">
       <c r="A16" s="10"/>
       <c r="B16" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="109" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="109"/>
@@ -2195,135 +2195,135 @@
         <v>31</v>
       </c>
       <c r="D18" s="109"/>
       <c r="E18" s="109"/>
       <c r="F18" s="109"/>
       <c r="G18" s="109"/>
       <c r="H18" s="64"/>
     </row>
     <row r="19" spans="1:9" ht="14.4" customHeight="1">
       <c r="A19" s="10"/>
       <c r="B19" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="109" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="109"/>
       <c r="E19" s="109"/>
       <c r="F19" s="109"/>
       <c r="G19" s="109"/>
       <c r="H19" s="64"/>
     </row>
     <row r="20" spans="1:9" ht="14.4" customHeight="1">
       <c r="A20" s="10"/>
       <c r="B20" s="68" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C20" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="17">
         <v>10906000962</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="F20" s="16" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H20" s="69" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="22.8">
       <c r="A21" s="10"/>
       <c r="B21" s="59" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H21" s="60" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="37.200000000000003" customHeight="1">
       <c r="A22" s="12">
         <v>6546</v>
       </c>
       <c r="B22" s="59" t="s">
         <v>35</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D22" s="32" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H22" s="70" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="I22" s="33"/>
     </row>
     <row r="23" spans="1:9" ht="13.8" customHeight="1">
       <c r="A23" s="3"/>
       <c r="B23" s="71" t="s">
         <v>38</v>
       </c>
       <c r="C23" s="106" t="s">
         <v>39</v>
       </c>
       <c r="D23" s="107"/>
       <c r="E23" s="107"/>
       <c r="F23" s="107"/>
       <c r="G23" s="107"/>
-      <c r="H23" s="119"/>
+      <c r="H23" s="120"/>
     </row>
     <row r="24" spans="1:9" ht="16.8" customHeight="1">
       <c r="A24" s="10"/>
       <c r="B24" s="71" t="s">
         <v>38</v>
       </c>
       <c r="C24" s="108" t="s">
         <v>40</v>
       </c>
       <c r="D24" s="109"/>
       <c r="E24" s="109"/>
       <c r="F24" s="109"/>
       <c r="G24" s="109"/>
       <c r="H24" s="115"/>
     </row>
     <row r="25" spans="1:9" ht="12" customHeight="1">
       <c r="A25" s="10"/>
       <c r="B25" s="71" t="s">
         <v>38</v>
       </c>
       <c r="C25" s="108" t="s">
         <v>41</v>
       </c>
       <c r="D25" s="109"/>
       <c r="E25" s="109"/>
@@ -2379,104 +2379,104 @@
         <v>38</v>
       </c>
       <c r="C29" s="110" t="s">
         <v>45</v>
       </c>
       <c r="D29" s="111"/>
       <c r="E29" s="111"/>
       <c r="F29" s="111"/>
       <c r="G29" s="111"/>
       <c r="H29" s="116"/>
     </row>
     <row r="30" spans="1:9" ht="22.8">
       <c r="A30" s="12">
         <v>9274</v>
       </c>
       <c r="B30" s="68" t="s">
         <v>46</v>
       </c>
       <c r="C30" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E30" s="16" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="F30" s="16" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="16" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="72" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="12">
         <v>93</v>
       </c>
       <c r="B31" s="59" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C31" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E31" s="16" t="s">
         <v>50</v>
       </c>
       <c r="F31" s="16" t="s">
         <v>19</v>
       </c>
       <c r="G31" s="16" t="s">
         <v>20</v>
       </c>
       <c r="H31" s="73" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="I31" s="30"/>
     </row>
     <row r="32" spans="1:9" ht="27" customHeight="1">
       <c r="A32" s="12">
         <v>205</v>
       </c>
       <c r="B32" s="59" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H32" s="60" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="18" customHeight="1">
       <c r="A33" s="10"/>
       <c r="B33" s="65" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="102" t="s">
         <v>55</v>
       </c>
       <c r="D33" s="100"/>
       <c r="E33" s="100"/>
       <c r="F33" s="100"/>
       <c r="G33" s="100"/>
       <c r="H33" s="101"/>
     </row>
@@ -2492,51 +2492,51 @@
       <c r="E34" s="100"/>
       <c r="F34" s="100"/>
       <c r="G34" s="100"/>
       <c r="H34" s="101"/>
     </row>
     <row r="35" spans="1:9" ht="21" customHeight="1">
       <c r="A35" s="10"/>
       <c r="B35" s="65" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="102" t="s">
         <v>57</v>
       </c>
       <c r="D35" s="100"/>
       <c r="E35" s="100"/>
       <c r="F35" s="100"/>
       <c r="G35" s="100"/>
       <c r="H35" s="101"/>
     </row>
     <row r="36" spans="1:9" ht="19.2" customHeight="1">
       <c r="A36" s="10"/>
       <c r="B36" s="65" t="s">
         <v>38</v>
       </c>
       <c r="C36" s="34" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D36" s="74"/>
       <c r="E36" s="74"/>
       <c r="F36" s="74"/>
       <c r="G36" s="74"/>
       <c r="H36" s="75"/>
     </row>
     <row r="37" spans="1:9" ht="18" customHeight="1">
       <c r="A37" s="10"/>
       <c r="B37" s="65" t="s">
         <v>38</v>
       </c>
       <c r="C37" s="102" t="s">
         <v>58</v>
       </c>
       <c r="D37" s="100"/>
       <c r="E37" s="100"/>
       <c r="F37" s="100"/>
       <c r="G37" s="100"/>
       <c r="H37" s="101"/>
     </row>
     <row r="38" spans="1:9" ht="17.399999999999999" customHeight="1">
       <c r="A38" s="35"/>
       <c r="B38" s="65" t="s">
         <v>38</v>
@@ -2547,114 +2547,114 @@
       <c r="D38" s="76"/>
       <c r="E38" s="76"/>
       <c r="F38" s="76"/>
       <c r="G38" s="76"/>
       <c r="H38" s="75"/>
     </row>
     <row r="39" spans="1:9" ht="14.4" customHeight="1">
       <c r="A39" s="35"/>
       <c r="B39" s="71" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="37" t="s">
         <v>60</v>
       </c>
       <c r="D39" s="76"/>
       <c r="E39" s="76"/>
       <c r="F39" s="76"/>
       <c r="G39" s="76"/>
       <c r="H39" s="77"/>
     </row>
     <row r="40" spans="1:9" ht="33" customHeight="1">
       <c r="A40" s="12">
         <v>9283</v>
       </c>
       <c r="B40" s="59" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C40" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="38">
         <v>12720200158</v>
       </c>
       <c r="E40" s="38" t="s">
-        <v>207</v>
+        <v>231</v>
       </c>
       <c r="F40" s="38" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="38" t="s">
         <v>12</v>
       </c>
       <c r="H40" s="78" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="I40" s="30"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="12">
         <v>9215</v>
       </c>
       <c r="B41" s="59" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="25" t="s">
         <v>62</v>
       </c>
       <c r="D41" s="39">
         <v>97322850583</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H41" s="60" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="I41" s="40"/>
     </row>
     <row r="42" spans="1:9" ht="24.6" customHeight="1">
       <c r="A42" s="6">
         <v>224</v>
       </c>
       <c r="B42" s="79" t="s">
         <v>65</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D42" s="41" t="s">
         <v>67</v>
       </c>
       <c r="E42" s="42" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>68</v>
       </c>
       <c r="G42" s="7" t="s">
         <v>69</v>
       </c>
       <c r="H42" s="70" t="s">
         <v>70</v>
       </c>
       <c r="I42" s="30"/>
     </row>
     <row r="43" spans="1:9" ht="12" customHeight="1">
       <c r="A43" s="3"/>
       <c r="B43" s="80"/>
       <c r="C43" s="43" t="s">
         <v>71</v>
       </c>
       <c r="D43" s="43"/>
       <c r="E43" s="43"/>
       <c r="F43" s="8"/>
       <c r="G43" s="8"/>
       <c r="H43" s="81"/>
     </row>
     <row r="44" spans="1:9" ht="13.8" customHeight="1">
@@ -2663,111 +2663,111 @@
       <c r="C44" s="83" t="s">
         <v>72</v>
       </c>
       <c r="D44" s="83"/>
       <c r="E44" s="83"/>
       <c r="F44" s="11"/>
       <c r="G44" s="11"/>
       <c r="H44" s="64"/>
     </row>
     <row r="45" spans="1:9" ht="13.8" customHeight="1">
       <c r="A45" s="10"/>
       <c r="B45" s="82"/>
       <c r="C45" s="83" t="s">
         <v>73</v>
       </c>
       <c r="D45" s="83"/>
       <c r="E45" s="83"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="64"/>
     </row>
     <row r="46" spans="1:9" ht="15" customHeight="1">
       <c r="A46" s="10"/>
       <c r="B46" s="82"/>
       <c r="C46" s="83" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D46" s="83"/>
       <c r="E46" s="83"/>
       <c r="F46" s="11"/>
       <c r="G46" s="11"/>
       <c r="H46" s="64"/>
     </row>
     <row r="47" spans="1:9" ht="18.600000000000001" customHeight="1">
       <c r="A47" s="10"/>
       <c r="B47" s="82"/>
       <c r="C47" s="83" t="s">
         <v>74</v>
       </c>
       <c r="D47" s="83"/>
       <c r="E47" s="83"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="64"/>
     </row>
     <row r="48" spans="1:9" ht="22.8">
       <c r="A48" s="12">
         <v>245</v>
       </c>
       <c r="B48" s="84" t="s">
         <v>75</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H48" s="60" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="24.6" customHeight="1">
       <c r="A49" s="12">
         <v>4220</v>
       </c>
       <c r="B49" s="59" t="s">
         <v>78</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H49" s="60" t="s">
         <v>80</v>
       </c>
       <c r="I49" s="44"/>
     </row>
     <row r="50" spans="1:9" ht="14.4" customHeight="1">
       <c r="A50" s="3"/>
       <c r="B50" s="71" t="s">
         <v>38</v>
       </c>
       <c r="C50" s="114" t="s">
         <v>81</v>
       </c>
       <c r="D50" s="112"/>
       <c r="E50" s="112"/>
       <c r="F50" s="11"/>
       <c r="G50" s="11"/>
       <c r="H50" s="81"/>
@@ -2834,845 +2834,845 @@
         <v>38</v>
       </c>
       <c r="C55" s="102" t="s">
         <v>86</v>
       </c>
       <c r="D55" s="100"/>
       <c r="E55" s="100"/>
       <c r="F55" s="11"/>
       <c r="G55" s="11"/>
       <c r="H55" s="64"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="12">
         <v>12016</v>
       </c>
       <c r="B56" s="59" t="s">
         <v>87</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="13" t="s">
         <v>88</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>89</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>90</v>
       </c>
       <c r="H56" s="69" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I56" s="30"/>
     </row>
     <row r="57" spans="1:9" ht="22.8">
       <c r="A57" s="12">
         <v>9165</v>
       </c>
       <c r="B57" s="59" t="s">
         <v>91</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H57" s="60" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="I57" s="44"/>
     </row>
     <row r="58" spans="1:9" ht="22.8">
       <c r="A58" s="12">
         <v>260</v>
       </c>
       <c r="B58" s="59" t="s">
         <v>93</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H58" s="60" t="s">
         <v>54</v>
       </c>
       <c r="I58" s="30"/>
     </row>
     <row r="59" spans="1:9" ht="25.2" customHeight="1">
       <c r="A59" s="12">
         <v>1069</v>
       </c>
       <c r="B59" s="59" t="s">
         <v>96</v>
       </c>
       <c r="C59" s="25" t="s">
         <v>17</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H59" s="60" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="I59" s="40"/>
     </row>
     <row r="60" spans="1:9" ht="16.2" customHeight="1">
       <c r="A60" s="3"/>
       <c r="B60" s="63" t="s">
         <v>21</v>
       </c>
       <c r="C60" s="106" t="s">
         <v>98</v>
       </c>
       <c r="D60" s="107"/>
       <c r="E60" s="107"/>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="81"/>
     </row>
     <row r="61" spans="1:9" ht="20.399999999999999" customHeight="1">
       <c r="A61" s="10"/>
       <c r="B61" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C61" s="108" t="s">
         <v>99</v>
       </c>
       <c r="D61" s="109"/>
       <c r="E61" s="109"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="64"/>
     </row>
     <row r="62" spans="1:9" ht="15.6" customHeight="1">
       <c r="A62" s="10"/>
       <c r="B62" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C62" s="108" t="s">
-        <v>100</v>
+        <v>230</v>
       </c>
       <c r="D62" s="109"/>
       <c r="E62" s="109"/>
       <c r="F62" s="109"/>
       <c r="G62" s="109"/>
       <c r="H62" s="64"/>
     </row>
     <row r="63" spans="1:9" ht="16.8" customHeight="1">
       <c r="A63" s="10"/>
       <c r="B63" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C63" s="31" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D63" s="66"/>
       <c r="E63" s="66"/>
       <c r="F63" s="66"/>
       <c r="G63" s="66"/>
       <c r="H63" s="64"/>
     </row>
     <row r="64" spans="1:9" ht="24.6" customHeight="1">
       <c r="A64" s="10"/>
       <c r="B64" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C64" s="31" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D64" s="85"/>
       <c r="E64" s="85"/>
       <c r="F64" s="85"/>
       <c r="G64" s="85"/>
       <c r="H64" s="86"/>
     </row>
     <row r="65" spans="1:9" ht="16.8" customHeight="1">
       <c r="A65" s="10"/>
       <c r="B65" s="65" t="s">
         <v>21</v>
       </c>
       <c r="C65" s="31" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D65" s="85"/>
       <c r="E65" s="85"/>
       <c r="F65" s="85"/>
       <c r="G65" s="85"/>
       <c r="H65" s="86"/>
       <c r="I65" s="30"/>
     </row>
     <row r="66" spans="1:9" ht="22.8">
       <c r="A66" s="10"/>
       <c r="B66" s="59" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C66" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D66" s="16">
         <v>80152680379</v>
       </c>
       <c r="E66" s="16" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H66" s="60" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="I66" s="45"/>
     </row>
     <row r="67" spans="1:9" ht="22.8">
       <c r="A67" s="10"/>
       <c r="B67" s="88" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="46" t="s">
+        <v>103</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F67" s="5" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="70" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="22.8">
       <c r="A68" s="12">
         <v>270</v>
       </c>
       <c r="B68" s="59" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H68" s="60" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="I68" s="30"/>
     </row>
     <row r="69" spans="1:9" ht="22.8">
       <c r="A69" s="47">
         <v>295</v>
       </c>
       <c r="B69" s="59" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E69" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H69" s="60" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I69" s="30"/>
     </row>
     <row r="70" spans="1:9" ht="22.8">
       <c r="A70" s="12">
         <v>283</v>
       </c>
       <c r="B70" s="68" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C70" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="17">
         <v>11947650153</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="F70" s="16" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H70" s="60" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="27" customHeight="1">
       <c r="A71" s="19">
         <v>9166</v>
       </c>
       <c r="B71" s="59" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C71" s="14" t="s">
         <v>36</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H71" s="60" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="14.4" customHeight="1">
       <c r="A72" s="12">
         <v>324</v>
       </c>
       <c r="B72" s="89" t="s">
         <v>38</v>
       </c>
       <c r="C72" s="102" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D72" s="100"/>
       <c r="E72" s="100"/>
       <c r="F72" s="11"/>
       <c r="G72" s="11"/>
       <c r="H72" s="64"/>
     </row>
     <row r="73" spans="1:9" ht="15" customHeight="1">
       <c r="A73" s="3"/>
       <c r="B73" s="89" t="s">
         <v>38</v>
       </c>
       <c r="C73" s="102" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D73" s="100"/>
       <c r="E73" s="100"/>
       <c r="F73" s="11"/>
       <c r="G73" s="11"/>
       <c r="H73" s="64"/>
     </row>
     <row r="74" spans="1:9" ht="12.6" customHeight="1">
       <c r="A74" s="10"/>
       <c r="B74" s="89" t="s">
         <v>38</v>
       </c>
       <c r="C74" s="102" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D74" s="100"/>
       <c r="E74" s="100"/>
       <c r="F74" s="11"/>
       <c r="G74" s="11"/>
       <c r="H74" s="64"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="10"/>
       <c r="B75" s="59" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D75" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="E75" s="1" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G75" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H75" s="60" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="23.4" customHeight="1">
       <c r="A76" s="12"/>
       <c r="B76" s="88" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C76" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D76" s="46" t="s">
         <v>125</v>
       </c>
-      <c r="D76" s="46" t="s">
+      <c r="E76" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="F76" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="E76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F76" s="5" t="s">
+      <c r="G76" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="G76" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H76" s="70" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I76" s="30"/>
     </row>
     <row r="77" spans="1:9" ht="19.2" customHeight="1">
       <c r="A77" s="47"/>
       <c r="B77" s="63" t="s">
+        <v>128</v>
+      </c>
+      <c r="C77" s="100" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D77" s="100"/>
       <c r="E77" s="100"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="81"/>
       <c r="I77" s="30"/>
     </row>
     <row r="78" spans="1:9" ht="16.8" customHeight="1">
       <c r="A78" s="47"/>
       <c r="B78" s="65" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C78" s="100" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D78" s="100"/>
       <c r="E78" s="100"/>
       <c r="F78" s="11"/>
       <c r="G78" s="11"/>
       <c r="H78" s="64"/>
       <c r="I78" s="55"/>
     </row>
     <row r="79" spans="1:9" ht="16.8" customHeight="1">
       <c r="A79" s="47"/>
       <c r="B79" s="65" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C79" s="100" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D79" s="100"/>
       <c r="E79" s="100"/>
       <c r="F79" s="11"/>
       <c r="G79" s="11"/>
       <c r="H79" s="64"/>
       <c r="I79" s="30"/>
     </row>
     <row r="80" spans="1:9" ht="16.8" customHeight="1">
       <c r="A80" s="47"/>
       <c r="B80" s="65" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C80" s="34" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D80" s="74"/>
       <c r="E80" s="74"/>
       <c r="F80" s="11"/>
       <c r="G80" s="11"/>
       <c r="H80" s="64"/>
       <c r="I80" s="30"/>
     </row>
     <row r="81" spans="1:9" ht="14.4" customHeight="1">
       <c r="A81" s="47"/>
       <c r="B81" s="87" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-      <c r="E81" s="120"/>
+        <v>128</v>
+      </c>
+      <c r="C81" s="117" t="s">
+        <v>229</v>
+      </c>
+      <c r="D81" s="117"/>
+      <c r="E81" s="117"/>
       <c r="F81" s="11"/>
       <c r="G81" s="11"/>
       <c r="H81" s="64"/>
       <c r="I81" s="30"/>
     </row>
     <row r="82" spans="1:9" ht="21.75" customHeight="1">
       <c r="A82" s="47"/>
       <c r="B82" s="59" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D82" s="16">
         <v>12730090151</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="F82" s="16" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="16" t="s">
         <v>12</v>
       </c>
       <c r="H82" s="60" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="I82" s="30"/>
     </row>
     <row r="83" spans="1:9" ht="30.75" customHeight="1">
       <c r="A83" s="12">
         <v>9216</v>
       </c>
       <c r="B83" s="62" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C83" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D83" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="F83" s="20" t="s">
         <v>136</v>
       </c>
-      <c r="E83" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F83" s="20" t="s">
+      <c r="G83" s="20" t="s">
         <v>137</v>
       </c>
-      <c r="G83" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H83" s="90" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="I83" s="48"/>
     </row>
     <row r="84" spans="1:9" ht="24" customHeight="1">
       <c r="A84" s="19">
         <v>9217</v>
       </c>
       <c r="B84" s="62" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C84" s="49" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D84" s="26" t="s">
         <v>47</v>
       </c>
       <c r="E84" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="F84" s="22" t="s">
         <v>139</v>
       </c>
-      <c r="F84" s="22" t="s">
+      <c r="G84" s="22" t="s">
         <v>140</v>
       </c>
-      <c r="G84" s="22" t="s">
+      <c r="H84" s="90" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="85" spans="1:9" ht="13.8" customHeight="1">
       <c r="A85" s="21">
         <v>8829</v>
       </c>
       <c r="B85" s="63" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C85" s="114" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D85" s="112"/>
       <c r="E85" s="112"/>
       <c r="F85" s="50"/>
       <c r="G85" s="112"/>
       <c r="H85" s="113"/>
     </row>
     <row r="86" spans="1:9" ht="16.8" customHeight="1">
       <c r="A86" s="23">
         <v>1180</v>
       </c>
       <c r="B86" s="65" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C86" s="102" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D86" s="100"/>
       <c r="E86" s="100"/>
       <c r="F86" s="91"/>
       <c r="G86" s="100"/>
       <c r="H86" s="101"/>
     </row>
     <row r="87" spans="1:9" ht="19.8" customHeight="1">
       <c r="A87" s="23"/>
       <c r="B87" s="65" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C87" s="102" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D87" s="100"/>
       <c r="E87" s="100"/>
       <c r="F87" s="91"/>
       <c r="G87" s="100"/>
       <c r="H87" s="101"/>
     </row>
     <row r="88" spans="1:9" ht="17.399999999999999" customHeight="1">
       <c r="A88" s="6"/>
       <c r="B88" s="65" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C88" s="102" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D88" s="100"/>
       <c r="E88" s="100"/>
       <c r="F88" s="91"/>
       <c r="G88" s="100"/>
       <c r="H88" s="101"/>
     </row>
     <row r="89" spans="1:9" ht="16.8" customHeight="1">
       <c r="A89" s="6"/>
       <c r="B89" s="65" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C89" s="102" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D89" s="100"/>
       <c r="E89" s="100"/>
       <c r="F89" s="91"/>
       <c r="G89" s="100"/>
       <c r="H89" s="101"/>
     </row>
     <row r="90" spans="1:9" ht="15" customHeight="1">
       <c r="A90" s="6"/>
       <c r="B90" s="65" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C90" s="102" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D90" s="100"/>
       <c r="E90" s="100"/>
       <c r="F90" s="91"/>
       <c r="G90" s="100"/>
       <c r="H90" s="101"/>
     </row>
     <row r="91" spans="1:9" ht="15" customHeight="1">
       <c r="A91" s="6"/>
       <c r="B91" s="87" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C91" s="103" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D91" s="104"/>
       <c r="E91" s="104"/>
       <c r="F91" s="51"/>
       <c r="G91" s="104"/>
       <c r="H91" s="105"/>
     </row>
     <row r="92" spans="1:9" ht="27.6" customHeight="1">
       <c r="A92" s="6"/>
       <c r="B92" s="59" t="s">
+        <v>149</v>
+      </c>
+      <c r="C92" s="25" t="s">
         <v>150</v>
       </c>
-      <c r="C92" s="25" t="s">
+      <c r="D92" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="E92" s="1" t="s">
+      <c r="F92" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="F92" s="1" t="s">
+      <c r="G92" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="G92" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H92" s="69" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="I92" s="40"/>
     </row>
     <row r="93" spans="1:9" ht="13.2" customHeight="1">
       <c r="A93" s="54"/>
       <c r="B93" s="63" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C93" s="106" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D93" s="107"/>
       <c r="E93" s="107"/>
       <c r="F93" s="8"/>
       <c r="G93" s="8"/>
       <c r="H93" s="81"/>
     </row>
     <row r="94" spans="1:9" ht="14.4" customHeight="1">
       <c r="A94" s="12">
         <v>9287</v>
       </c>
       <c r="B94" s="65" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C94" s="108" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D94" s="109"/>
       <c r="E94" s="109"/>
       <c r="H94" s="64"/>
     </row>
     <row r="95" spans="1:9" ht="15" customHeight="1">
       <c r="A95" s="3"/>
       <c r="B95" s="87" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C95" s="110" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="D95" s="111"/>
       <c r="E95" s="111"/>
       <c r="F95" s="28"/>
       <c r="G95" s="28"/>
       <c r="H95" s="92"/>
     </row>
     <row r="96" spans="1:9" ht="29.25" customHeight="1">
       <c r="A96" s="10"/>
       <c r="B96" s="59" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D96" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="F96" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="E96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F96" s="1" t="s">
+      <c r="G96" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="G96" s="1" t="s">
+      <c r="H96" s="60" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="25.5" customHeight="1" thickBot="1">
       <c r="A97" s="47"/>
       <c r="B97" s="93" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C97" s="94" t="s">
         <v>10</v>
       </c>
       <c r="D97" s="95" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E97" s="94" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F97" s="94" t="s">
         <v>19</v>
       </c>
       <c r="G97" s="94" t="s">
         <v>20</v>
       </c>
       <c r="H97" s="96" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="I97" s="52"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="12">
         <v>8589</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="12">
         <v>11064</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="56">
     <mergeCell ref="C23:H23"/>
     <mergeCell ref="C24:H24"/>
     <mergeCell ref="C25:H25"/>
     <mergeCell ref="C26:H26"/>
     <mergeCell ref="C27:H27"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="C9:G9"/>
     <mergeCell ref="C10:G10"/>
     <mergeCell ref="C11:G11"/>
     <mergeCell ref="C12:G12"/>