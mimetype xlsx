--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2025/COMMISSIONE 8/DETERMINA/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2025/COMMISSIONE 9/DETERMINA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2545" documentId="13_ncr:1_{378A9707-9C7D-4371-BC3F-CAF48A7D7FE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F9B03492-4860-4E1F-A7E0-9BAD68C52129}"/>
+  <xr:revisionPtr revIDLastSave="2560" documentId="13_ncr:1_{378A9707-9C7D-4371-BC3F-CAF48A7D7FE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3F5ECA85-E2E6-4C70-A8E5-2F27DC6D263D}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sedi A1" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">#N/A</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Sedi A1'!$A$1:$E$596</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2295" uniqueCount="521">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2295" uniqueCount="520">
   <si>
     <t>AREA DI ACCREDITAMENTO 1 - ELENCO COMPLETO SEDI OPERATIVE E ALTRE SEDI DI POLITICA ATTIVA</t>
   </si>
   <si>
     <t>Sedi operative area 1</t>
   </si>
   <si>
     <t>ragione_sociale</t>
   </si>
   <si>
     <t>tipologia soggetto</t>
   </si>
   <si>
     <t>indirizzo</t>
   </si>
   <si>
     <t>comune</t>
   </si>
   <si>
     <t>provincia</t>
   </si>
   <si>
     <t>ADECCO ITALIA SPA</t>
   </si>
   <si>
@@ -384,53 +384,50 @@
     <t xml:space="preserve">Via Ravennate, 959 </t>
   </si>
   <si>
     <t>Via Bellinzona, 27/A</t>
   </si>
   <si>
     <t>Via Barbiani, 8/10</t>
   </si>
   <si>
     <t xml:space="preserve">Via Aristotele, 109 </t>
   </si>
   <si>
     <t>GESFOR S.R.L.</t>
   </si>
   <si>
     <t>Via Pirano, 50/52</t>
   </si>
   <si>
     <t>Via Premuda, 38 Z</t>
   </si>
   <si>
     <t>GI GROUP SPA</t>
   </si>
   <si>
     <t>Via Mentana, 39/A</t>
-  </si>
-[...1 lines deleted...]
-    <t>San Lazzaro Di Savena</t>
   </si>
   <si>
     <t>Forlì Cesena</t>
   </si>
   <si>
     <t xml:space="preserve">Via Lamborghini, 130 </t>
   </si>
   <si>
     <t>Via Martiri della Resistenza ang. Via Boselli snc</t>
   </si>
   <si>
     <t>IAL E.R. S.R.L. IMPRESA SOCIALE</t>
   </si>
   <si>
     <t>Cervia</t>
   </si>
   <si>
     <t>Serramazzoni</t>
   </si>
   <si>
     <t>Bondeno</t>
   </si>
   <si>
     <t>Codigoro</t>
   </si>
@@ -925,53 +922,50 @@
   <si>
     <t>Via Del Chionso, 22/A</t>
   </si>
   <si>
     <t>Via Caorsana, 127/B</t>
   </si>
   <si>
     <t>Via Taverna, 70/72</t>
   </si>
   <si>
     <t>Via Andrea Costa, 125/B</t>
   </si>
   <si>
     <t>Viale Giacomo Matteotti, 43/A</t>
   </si>
   <si>
     <t>Via Santa Barbara, 9</t>
   </si>
   <si>
     <t>Via Jacopo della Quercia, 4</t>
   </si>
   <si>
     <t xml:space="preserve">Via Tamburini, 106 </t>
   </si>
   <si>
-    <t>Via Kennedy, 10</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Via Edgardo Fogli, 34 </t>
   </si>
   <si>
     <t>Piazza Giuseppe Verdi, 22</t>
   </si>
   <si>
     <t xml:space="preserve">Via dell'Indipendenza, 12 </t>
   </si>
   <si>
     <t>Via Pietro Rubini, 12</t>
   </si>
   <si>
     <t>Via Godo Vecchia, 10</t>
   </si>
   <si>
     <t>Via Provinciale Bagnara, 30</t>
   </si>
   <si>
     <t>Via Severoli, 12</t>
   </si>
   <si>
     <t>Via San Patrignano, 53</t>
   </si>
   <si>
     <t>Via Sarmato, 14</t>
@@ -1143,53 +1137,50 @@
     <t>Via Faentina, 106</t>
   </si>
   <si>
     <t>FORM.ART SOC.CONS. A R.L.</t>
   </si>
   <si>
     <t>Via Marconi, 2</t>
   </si>
   <si>
     <t>Strada della Bosella, 14/16</t>
   </si>
   <si>
     <t xml:space="preserve">Borgo Girolamo Cantelli, 5 </t>
   </si>
   <si>
     <t xml:space="preserve">Via Punta di Ferro, 2/a </t>
   </si>
   <si>
     <t>Via Don Giovanni Minzoni, 4</t>
   </si>
   <si>
     <t>Via Piave, 62</t>
   </si>
   <si>
     <t>Va Zuccherificio, 175</t>
-  </si>
-[...1 lines deleted...]
-    <t>Via Salvo D'Acquisto, 1/A</t>
   </si>
   <si>
     <t>Via A. Gramsci, 24/A</t>
   </si>
   <si>
     <t>Via Campana, 81</t>
   </si>
   <si>
     <t>Via Cilla, 43/B</t>
   </si>
   <si>
     <t>Viale Silvani, 6</t>
   </si>
   <si>
     <t>Via Balzella, 26</t>
   </si>
   <si>
     <t>Via Ugo La Malfa, 6</t>
   </si>
   <si>
     <t>Via Ferrarese, 30/A</t>
   </si>
   <si>
     <t>Via Marconi, 6/10</t>
   </si>
@@ -1758,50 +1749,75 @@
       <t xml:space="preserve">Via Paradigna, 19     
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Non attiva per nuovi utenti in quanto in progressiva chiusura. Resta operativa solamente per la conclusione dei programmi in corso</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Via Vittorio Veneto, 150                       </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Non attiva per nuovi utenti in quanto in progressiva chiusura. Resta operativa solamente per la conclusione dei programmi in corso</t>
+    </r>
+  </si>
+  <si>
+    <t>Via Kennedy, 8</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Via Salvo D'Acquisto, 1/A                   </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Non attiva per nuovi utenti in quanto comunicata la chiusura a far data dal 01/12/2025</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -4581,50 +4597,62 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="139" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="140" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="137" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="143" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="143" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="127" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4660,62 +4688,50 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="127" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
     <cellStyle name="Normale 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="11"/>
         <color rgb="FF9C0006"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
@@ -5005,391 +5021,391 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F596"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A589" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="C44" sqref="C44"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection sqref="A1:E596"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="2" width="22.33203125" style="9" customWidth="1"/>
     <col min="3" max="3" width="28.6640625" style="9" customWidth="1"/>
     <col min="4" max="4" width="20.33203125" style="9" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" style="9" customWidth="1"/>
     <col min="6" max="6" width="93.33203125" style="27" customWidth="1"/>
     <col min="7" max="16384" width="9" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
-      <c r="A1" s="296" t="s">
+      <c r="A1" s="300" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="296"/>
-[...2 lines deleted...]
-      <c r="E1" s="296"/>
+      <c r="B1" s="300"/>
+      <c r="C1" s="300"/>
+      <c r="D1" s="300"/>
+      <c r="E1" s="300"/>
     </row>
     <row r="2" spans="1:5" ht="15" thickBot="1"/>
     <row r="3" spans="1:5" ht="15" thickBot="1">
       <c r="A3" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="66"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="68"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="50" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="14" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D5" s="14" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="69" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="14" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="D6" s="14" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="69" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="14" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="69" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="14" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D8" s="14" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="56" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="69" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="178" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="56" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="69" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="20" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="D10" s="20" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="70" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="69" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="14" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E11" s="59" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="69" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="20" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="D12" s="20" t="s">
         <v>18</v>
       </c>
       <c r="E12" s="70" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="69" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="20" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="D13" s="20" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="70" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="69" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="14" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="D14" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="70" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="71.400000000000006">
       <c r="A15" s="211" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="212" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="14" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="D16" s="14" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="56" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="14" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="70" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="21"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="14" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="70" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="21"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="14" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D19" s="14" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E19" s="70" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="21"/>
     </row>
     <row r="20" spans="1:6" ht="15" thickBot="1">
       <c r="A20" s="61" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="62" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="62" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="D20" s="62" t="s">
         <v>90</v>
       </c>
       <c r="E20" s="71" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="21"/>
     </row>
     <row r="21" spans="1:6" ht="15" thickBot="1">
       <c r="A21" s="46"/>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="64"/>
     </row>
     <row r="22" spans="1:6" ht="15" thickBot="1">
-      <c r="A22" s="293" t="s">
+      <c r="A22" s="297" t="s">
         <v>23</v>
       </c>
-      <c r="B22" s="294"/>
-[...2 lines deleted...]
-      <c r="E22" s="295"/>
+      <c r="B22" s="298"/>
+      <c r="C22" s="298"/>
+      <c r="D22" s="298"/>
+      <c r="E22" s="299"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="128" t="s">
         <v>2</v>
       </c>
       <c r="B23" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D23" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E23" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="15" thickBot="1">
       <c r="A24" s="137" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="48"/>
       <c r="D24" s="48"/>
@@ -5407,584 +5423,584 @@
       </c>
       <c r="B26" s="52"/>
       <c r="C26" s="53"/>
       <c r="D26" s="53"/>
       <c r="E26" s="54"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="50" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E27" s="55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B28" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="14" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="D28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="56" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B29" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="14" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="D29" s="14" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="56" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="22.8">
       <c r="A30" s="193" t="s">
+        <v>216</v>
+      </c>
+      <c r="B30" s="194" t="s">
+        <v>8</v>
+      </c>
+      <c r="C30" s="194" t="s">
+        <v>306</v>
+      </c>
+      <c r="D30" s="194" t="s">
         <v>217</v>
-      </c>
-[...7 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E30" s="195" t="s">
         <v>18</v>
       </c>
       <c r="F30" s="21"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B31" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="14" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="D31" s="14" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="56" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="15" thickBot="1">
       <c r="A32" s="61" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B32" s="62" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="62" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="D32" s="62" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="15" thickBot="1">
       <c r="A33" s="167"/>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="168"/>
     </row>
     <row r="34" spans="1:6" ht="15" thickBot="1">
-      <c r="A34" s="293" t="s">
+      <c r="A34" s="297" t="s">
         <v>23</v>
       </c>
-      <c r="B34" s="294"/>
-[...2 lines deleted...]
-      <c r="E34" s="295"/>
+      <c r="B34" s="298"/>
+      <c r="C34" s="298"/>
+      <c r="D34" s="298"/>
+      <c r="E34" s="299"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="50" t="s">
         <v>2</v>
       </c>
       <c r="B35" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C35" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="15" thickBot="1">
       <c r="A36" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="11"/>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="58"/>
     </row>
     <row r="37" spans="1:6" ht="15" thickBot="1"/>
     <row r="38" spans="1:6" ht="15" thickBot="1">
       <c r="A38" s="51" t="s">
         <v>1</v>
       </c>
       <c r="B38" s="52"/>
       <c r="C38" s="53"/>
       <c r="D38" s="53"/>
       <c r="E38" s="54"/>
     </row>
     <row r="39" spans="1:6" ht="71.400000000000006">
       <c r="A39" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="59" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="21"/>
     </row>
     <row r="40" spans="1:6" ht="22.8">
       <c r="A40" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E40" s="59" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="22.8">
       <c r="A41" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:6" ht="22.8">
       <c r="A42" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E42" s="59" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:6" ht="22.8">
       <c r="A43" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E43" s="59" t="s">
         <v>19</v>
       </c>
       <c r="F43" s="30"/>
     </row>
     <row r="44" spans="1:6" ht="75.599999999999994" customHeight="1">
       <c r="A44" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E44" s="59" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:6" ht="22.8">
       <c r="A45" s="73" t="s">
         <v>25</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="59" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:6" ht="22.8">
       <c r="A46" s="73" t="s">
         <v>25</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E46" s="59" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="22.8">
-      <c r="A47" s="302" t="s">
+      <c r="A47" s="275" t="s">
         <v>25</v>
       </c>
       <c r="B47" s="197" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="270" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="D47" s="197" t="s">
         <v>26</v>
       </c>
       <c r="E47" s="263" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="22.8">
       <c r="A48" s="222" t="s">
         <v>25</v>
       </c>
       <c r="B48" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="81" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D48" s="72" t="s">
         <v>27</v>
       </c>
       <c r="E48" s="186" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="23.4" thickBot="1">
       <c r="A49" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="22" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D49" s="11" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="E49" s="58" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="15" thickBot="1">
       <c r="A50" s="196"/>
       <c r="B50" s="53"/>
       <c r="C50" s="53"/>
       <c r="D50" s="53"/>
       <c r="E50" s="54"/>
     </row>
     <row r="51" spans="1:5" ht="15" thickBot="1">
-      <c r="A51" s="297" t="s">
+      <c r="A51" s="301" t="s">
         <v>23</v>
       </c>
-      <c r="B51" s="279"/>
-[...2 lines deleted...]
-      <c r="E51" s="298"/>
+      <c r="B51" s="283"/>
+      <c r="C51" s="283"/>
+      <c r="D51" s="283"/>
+      <c r="E51" s="302"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="15" t="s">
         <v>2</v>
       </c>
       <c r="B52" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C52" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D52" s="219" t="s">
         <v>5</v>
       </c>
       <c r="E52" s="57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="15" thickBot="1">
       <c r="A53" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="58"/>
     </row>
     <row r="54" spans="1:5" ht="15" thickBot="1">
       <c r="A54" s="215"/>
       <c r="B54" s="216"/>
       <c r="C54" s="216"/>
       <c r="D54" s="216"/>
       <c r="E54" s="217"/>
     </row>
     <row r="55" spans="1:5" ht="15" thickBot="1">
       <c r="A55" s="51" t="s">
         <v>1</v>
       </c>
       <c r="B55" s="52"/>
       <c r="C55" s="53"/>
       <c r="D55" s="53"/>
       <c r="E55" s="218"/>
     </row>
     <row r="56" spans="1:5" ht="22.8">
       <c r="A56" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="22.8">
       <c r="A57" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="D57" s="80" t="s">
         <v>27</v>
       </c>
       <c r="E57" s="59" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="22.8">
       <c r="A58" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E58" s="59" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="22.8">
       <c r="A59" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E59" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="22.8">
       <c r="A60" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E60" s="45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="22.8">
       <c r="A61" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E61" s="59" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="22.8">
       <c r="A62" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B62" s="37" t="s">
         <v>8</v>
       </c>
       <c r="C62" s="38" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="D62" s="31" t="s">
         <v>54</v>
       </c>
       <c r="E62" s="60" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="23.4" thickBot="1">
       <c r="A63" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="E63" s="59" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="15" thickBot="1">
       <c r="A64" s="196"/>
       <c r="B64" s="53"/>
       <c r="C64" s="53"/>
       <c r="D64" s="53"/>
       <c r="E64" s="54"/>
     </row>
     <row r="65" spans="1:6" ht="15" thickBot="1">
-      <c r="A65" s="297" t="s">
+      <c r="A65" s="301" t="s">
         <v>23</v>
       </c>
-      <c r="B65" s="279"/>
-[...2 lines deleted...]
-      <c r="E65" s="298"/>
+      <c r="B65" s="283"/>
+      <c r="C65" s="283"/>
+      <c r="D65" s="283"/>
+      <c r="E65" s="302"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="15" t="s">
         <v>2</v>
       </c>
       <c r="B66" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C66" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D66" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E66" s="57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="15" thickBot="1">
       <c r="A67" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B67" s="11"/>
       <c r="C67" s="11"/>
       <c r="D67" s="11"/>
@@ -5997,738 +6013,738 @@
       </c>
       <c r="B69" s="52"/>
       <c r="C69" s="53"/>
       <c r="D69" s="53"/>
       <c r="E69" s="54"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="224" t="s">
         <v>2</v>
       </c>
       <c r="B70" s="225" t="s">
         <v>3</v>
       </c>
       <c r="C70" s="225" t="s">
         <v>4</v>
       </c>
       <c r="D70" s="225" t="s">
         <v>5</v>
       </c>
       <c r="E70" s="226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="34.200000000000003">
       <c r="A71" s="260" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B71" s="257" t="s">
         <v>30</v>
       </c>
       <c r="C71" s="257" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="D71" s="257" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="261" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6" ht="34.200000000000003">
       <c r="A72" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E72" s="59" t="s">
         <v>9</v>
       </c>
       <c r="F72" s="21"/>
     </row>
     <row r="73" spans="1:6" ht="34.200000000000003">
       <c r="A73" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="59" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="21"/>
     </row>
     <row r="74" spans="1:6" ht="34.200000000000003">
       <c r="A74" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E74" s="59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6" ht="34.200000000000003">
       <c r="A75" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E75" s="59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6" ht="34.200000000000003">
       <c r="A76" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E76" s="59" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:6" ht="34.200000000000003">
       <c r="A77" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E77" s="59" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:6" ht="34.200000000000003">
       <c r="A78" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E78" s="59" t="s">
         <v>12</v>
       </c>
       <c r="F78" s="30"/>
     </row>
     <row r="79" spans="1:6" ht="34.200000000000003">
       <c r="A79" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E79" s="59" t="s">
         <v>12</v>
       </c>
       <c r="F79" s="19"/>
     </row>
     <row r="80" spans="1:6" s="32" customFormat="1" ht="34.200000000000003">
       <c r="A80" s="177" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B80" s="72" t="s">
         <v>30</v>
       </c>
       <c r="C80" s="72" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D80" s="72" t="s">
         <v>36</v>
       </c>
       <c r="E80" s="186" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="19"/>
     </row>
     <row r="81" spans="1:6" ht="34.200000000000003">
       <c r="A81" s="169" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B81" s="18" t="s">
         <v>30</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="59" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="19"/>
     </row>
     <row r="82" spans="1:6" ht="34.200000000000003">
       <c r="A82" s="227" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B82" s="228" t="s">
         <v>30</v>
       </c>
       <c r="C82" s="229" t="s">
         <v>38</v>
       </c>
       <c r="D82" s="229" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="230" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:6" ht="34.200000000000003">
       <c r="A83" s="177" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B83" s="72" t="s">
         <v>30</v>
       </c>
       <c r="C83" s="72" t="s">
         <v>39</v>
       </c>
       <c r="D83" s="72" t="s">
         <v>18</v>
       </c>
       <c r="E83" s="186" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:6" ht="34.200000000000003">
       <c r="A84" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E84" s="59" t="s">
         <v>40</v>
       </c>
       <c r="F84" s="21"/>
     </row>
     <row r="85" spans="1:6" ht="34.200000000000003">
       <c r="A85" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E85" s="59" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="21"/>
     </row>
     <row r="86" spans="1:6" ht="34.200000000000003">
       <c r="A86" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E86" s="59" t="s">
         <v>19</v>
       </c>
       <c r="F86" s="21"/>
     </row>
     <row r="87" spans="1:6" ht="34.799999999999997" thickBot="1">
       <c r="A87" s="10" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B87" s="11" t="s">
         <v>30</v>
       </c>
       <c r="C87" s="11" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="D87" s="11" t="s">
         <v>42</v>
       </c>
       <c r="E87" s="58" t="s">
         <v>18</v>
       </c>
       <c r="F87" s="21"/>
     </row>
     <row r="88" spans="1:6" ht="15" thickBot="1">
       <c r="A88" s="85"/>
       <c r="B88" s="12"/>
       <c r="C88" s="12"/>
       <c r="D88" s="12"/>
       <c r="E88" s="86"/>
       <c r="F88" s="21"/>
     </row>
     <row r="89" spans="1:6">
-      <c r="A89" s="299" t="s">
+      <c r="A89" s="303" t="s">
         <v>23</v>
       </c>
-      <c r="B89" s="300"/>
-[...2 lines deleted...]
-      <c r="E89" s="301"/>
+      <c r="B89" s="304"/>
+      <c r="C89" s="304"/>
+      <c r="D89" s="304"/>
+      <c r="E89" s="305"/>
       <c r="F89" s="21"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="15" t="s">
         <v>2</v>
       </c>
       <c r="B90" s="13"/>
       <c r="C90" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D90" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E90" s="57" t="s">
         <v>6</v>
       </c>
       <c r="F90" s="21"/>
     </row>
     <row r="91" spans="1:6" ht="34.200000000000003">
       <c r="A91" s="75" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B91" s="213" t="s">
         <v>30</v>
       </c>
       <c r="C91" s="188" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="D91" s="188" t="s">
         <v>43</v>
       </c>
       <c r="E91" s="214" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="21"/>
     </row>
     <row r="92" spans="1:6" ht="34.200000000000003">
       <c r="A92" s="73" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C92" s="189" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="D92" s="181" t="s">
         <v>44</v>
       </c>
       <c r="E92" s="191" t="s">
         <v>26</v>
       </c>
       <c r="F92" s="21"/>
     </row>
     <row r="93" spans="1:6" ht="34.200000000000003">
       <c r="A93" s="75" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B93" s="187" t="s">
         <v>30</v>
       </c>
       <c r="C93" s="188" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D93" s="187" t="s">
         <v>45</v>
       </c>
       <c r="E93" s="190" t="s">
         <v>40</v>
       </c>
       <c r="F93" s="21"/>
     </row>
     <row r="94" spans="1:6" ht="34.200000000000003">
       <c r="A94" s="88" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B94" s="84" t="s">
         <v>30</v>
       </c>
       <c r="C94" s="83" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="D94" s="84" t="s">
         <v>46</v>
       </c>
       <c r="E94" s="90" t="s">
         <v>40</v>
       </c>
       <c r="F94" s="21"/>
     </row>
     <row r="95" spans="1:6" ht="34.200000000000003">
       <c r="A95" s="73" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B95" s="81" t="s">
         <v>30</v>
       </c>
       <c r="C95" s="72" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D95" s="81" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E95" s="91" t="s">
         <v>40</v>
       </c>
       <c r="F95" s="21"/>
     </row>
     <row r="96" spans="1:6" ht="34.200000000000003">
       <c r="A96" s="220" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B96" s="231" t="s">
         <v>30</v>
       </c>
       <c r="C96" s="229" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D96" s="231" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="232" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="21"/>
     </row>
     <row r="97" spans="1:6" ht="34.200000000000003">
       <c r="A97" s="179" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B97" s="81" t="s">
         <v>30</v>
       </c>
       <c r="C97" s="72" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D97" s="81" t="s">
         <v>47</v>
       </c>
       <c r="E97" s="91" t="s">
         <v>12</v>
       </c>
       <c r="F97" s="21"/>
     </row>
     <row r="98" spans="1:6" ht="34.200000000000003">
       <c r="A98" s="73" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E98" s="93" t="s">
         <v>26</v>
       </c>
       <c r="F98" s="21"/>
     </row>
     <row r="99" spans="1:6" ht="34.200000000000003">
       <c r="A99" s="92" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="E99" s="93" t="s">
         <v>26</v>
       </c>
       <c r="F99" s="21"/>
     </row>
     <row r="100" spans="1:6" ht="34.200000000000003">
       <c r="A100" s="73" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>285</v>
+        <v>518</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E100" s="45" t="s">
         <v>18</v>
       </c>
       <c r="F100" s="21"/>
     </row>
     <row r="101" spans="1:6" ht="34.200000000000003">
       <c r="A101" s="73" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="45" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="21"/>
     </row>
     <row r="102" spans="1:6" ht="34.200000000000003">
       <c r="A102" s="73" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6" ht="34.799999999999997" thickBot="1">
       <c r="A103" s="104" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B103" s="105" t="s">
         <v>30</v>
       </c>
       <c r="C103" s="105" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="D103" s="105" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6" ht="15" thickBot="1"/>
     <row r="105" spans="1:6" ht="15" thickBot="1">
       <c r="A105" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B105" s="40"/>
       <c r="C105" s="41"/>
       <c r="D105" s="41"/>
       <c r="E105" s="42"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="101" t="s">
         <v>2</v>
       </c>
       <c r="B106" s="100" t="s">
         <v>3</v>
       </c>
       <c r="C106" s="99" t="s">
         <v>4</v>
       </c>
       <c r="D106" s="99" t="s">
         <v>5</v>
       </c>
       <c r="E106" s="102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="97" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B107" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C107" s="98" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="D107" s="72" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="96" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="73" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B108" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C108" s="31" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E108" s="45" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="73" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B109" s="198" t="s">
         <v>8</v>
       </c>
       <c r="C109" s="181" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D109" s="192" t="s">
         <v>22</v>
       </c>
       <c r="E109" s="45" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="179" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B110" s="197" t="s">
         <v>8</v>
       </c>
       <c r="C110" s="103" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D110" s="103" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="180" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="111" spans="1:6" ht="15" thickBot="1">
       <c r="A111" s="108" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B111" s="109" t="s">
         <v>8</v>
       </c>
       <c r="C111" s="109" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="D111" s="110" t="s">
         <v>18</v>
       </c>
       <c r="E111" s="111" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F111" s="21"/>
     </row>
     <row r="112" spans="1:6" ht="15" thickBot="1">
       <c r="A112" s="75"/>
       <c r="E112" s="76"/>
     </row>
     <row r="113" spans="1:5" ht="15" thickBot="1">
-      <c r="A113" s="293" t="s">
+      <c r="A113" s="297" t="s">
         <v>23</v>
       </c>
-      <c r="B113" s="294"/>
-[...2 lines deleted...]
-      <c r="E113" s="295"/>
+      <c r="B113" s="298"/>
+      <c r="C113" s="298"/>
+      <c r="D113" s="298"/>
+      <c r="E113" s="299"/>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="233" t="s">
         <v>2</v>
       </c>
       <c r="B114" s="234" t="s">
         <v>3</v>
       </c>
       <c r="C114" s="234" t="s">
         <v>4</v>
       </c>
       <c r="D114" s="234" t="s">
         <v>5</v>
       </c>
       <c r="E114" s="235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:5" ht="15" thickBot="1">
       <c r="A115" s="104" t="s">
         <v>24</v>
       </c>
       <c r="B115" s="105"/>
       <c r="C115" s="105"/>
       <c r="D115" s="105"/>
@@ -6753,190 +6769,190 @@
     <row r="118" spans="1:5">
       <c r="A118" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B118" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C118" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D118" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E118" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:5" ht="22.8">
       <c r="A119" s="73" t="s">
         <v>50</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:5" ht="22.8">
       <c r="A120" s="220" t="s">
         <v>50</v>
       </c>
       <c r="B120" s="229" t="s">
         <v>51</v>
       </c>
       <c r="C120" s="229" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D120" s="229" t="s">
         <v>19</v>
       </c>
       <c r="E120" s="236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="22.8">
       <c r="A121" s="184" t="s">
         <v>50</v>
       </c>
       <c r="B121" s="238" t="s">
         <v>51</v>
       </c>
       <c r="C121" s="188" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="D121" s="98" t="s">
         <v>9</v>
       </c>
       <c r="E121" s="96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:5" ht="22.8">
       <c r="A122" s="73" t="s">
         <v>50</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C122" s="72" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E122" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:5" ht="22.8">
       <c r="A123" s="73" t="s">
         <v>50</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E123" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="124" spans="1:5" ht="22.8">
       <c r="A124" s="73" t="s">
         <v>50</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:5" ht="22.8">
       <c r="A125" s="73" t="s">
         <v>50</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E125" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:5" ht="23.4" thickBot="1">
       <c r="A126" s="78" t="s">
         <v>50</v>
       </c>
       <c r="B126" s="47" t="s">
         <v>51</v>
       </c>
       <c r="C126" s="47" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D126" s="47" t="s">
         <v>22</v>
       </c>
       <c r="E126" s="79" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="127" spans="1:5" ht="15" thickBot="1">
       <c r="A127" s="75"/>
       <c r="E127" s="76"/>
     </row>
     <row r="128" spans="1:5" ht="15" thickBot="1">
-      <c r="A128" s="284" t="s">
+      <c r="A128" s="288" t="s">
         <v>23</v>
       </c>
-      <c r="B128" s="285"/>
-[...2 lines deleted...]
-      <c r="E128" s="286"/>
+      <c r="B128" s="289"/>
+      <c r="C128" s="289"/>
+      <c r="D128" s="289"/>
+      <c r="E128" s="290"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B129" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C129" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D129" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E129" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:6" ht="15" thickBot="1">
       <c r="A130" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B130" s="47"/>
       <c r="C130" s="47"/>
       <c r="D130" s="47"/>
@@ -6957,418 +6973,418 @@
     <row r="133" spans="1:6">
       <c r="A133" s="128" t="s">
         <v>2</v>
       </c>
       <c r="B133" s="129" t="s">
         <v>3</v>
       </c>
       <c r="C133" s="129" t="s">
         <v>4</v>
       </c>
       <c r="D133" s="129" t="s">
         <v>5</v>
       </c>
       <c r="E133" s="130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:6" ht="22.8">
       <c r="A134" s="184" t="s">
         <v>53</v>
       </c>
       <c r="B134" s="98" t="s">
         <v>8</v>
       </c>
       <c r="C134" s="113" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="D134" s="72" t="s">
         <v>40</v>
       </c>
       <c r="E134" s="96" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="135" spans="1:6" ht="22.8">
       <c r="A135" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B135" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E135" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:6" ht="22.8">
       <c r="A136" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B136" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E136" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:6" ht="22.8">
       <c r="A137" s="220" t="s">
         <v>53</v>
       </c>
       <c r="B137" s="228" t="s">
         <v>8</v>
       </c>
       <c r="C137" s="221" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="D137" s="229" t="s">
         <v>19</v>
       </c>
       <c r="E137" s="236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:6" ht="22.8">
       <c r="A138" s="184" t="s">
         <v>53</v>
       </c>
       <c r="B138" s="98" t="s">
         <v>8</v>
       </c>
       <c r="C138" s="72" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="D138" s="72" t="s">
         <v>27</v>
       </c>
       <c r="E138" s="96" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="139" spans="1:6" ht="22.8">
       <c r="A139" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B139" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="140" spans="1:6" ht="22.8">
       <c r="A140" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B140" s="37" t="s">
         <v>8</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E140" s="45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="141" spans="1:6" ht="22.8">
       <c r="A141" s="114" t="s">
         <v>53</v>
       </c>
       <c r="B141" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C141" s="172" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D141" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:6" ht="23.4" thickBot="1">
       <c r="A142" s="78" t="s">
         <v>53</v>
       </c>
       <c r="B142" s="170" t="s">
         <v>8</v>
       </c>
       <c r="C142" s="173" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="D142" s="171" t="s">
         <v>26</v>
       </c>
       <c r="E142" s="79" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="143" spans="1:6" ht="15" thickBot="1">
       <c r="A143" s="75"/>
       <c r="E143" s="76"/>
       <c r="F143" s="30"/>
     </row>
     <row r="144" spans="1:6" ht="15" thickBot="1">
-      <c r="A144" s="293" t="s">
+      <c r="A144" s="297" t="s">
         <v>23</v>
       </c>
-      <c r="B144" s="294"/>
-[...2 lines deleted...]
-      <c r="E144" s="295"/>
+      <c r="B144" s="298"/>
+      <c r="C144" s="298"/>
+      <c r="D144" s="298"/>
+      <c r="E144" s="299"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B145" s="116" t="s">
         <v>3</v>
       </c>
       <c r="C145" s="116" t="s">
         <v>4</v>
       </c>
       <c r="D145" s="116" t="s">
         <v>5</v>
       </c>
       <c r="E145" s="120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:6" ht="22.8">
       <c r="A146" s="114" t="s">
         <v>53</v>
       </c>
       <c r="B146" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C146" s="118" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D146" s="83" t="s">
         <v>54</v>
       </c>
       <c r="E146" s="89" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="147" spans="1:6" ht="22.8">
       <c r="A147" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B147" s="119" t="s">
         <v>8</v>
       </c>
       <c r="C147" s="83" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="D147" s="83" t="s">
         <v>55</v>
       </c>
       <c r="E147" s="89" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="148" spans="1:6" ht="22.8">
       <c r="A148" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B148" s="115" t="s">
         <v>8</v>
       </c>
       <c r="C148" s="83" t="s">
         <v>62</v>
       </c>
       <c r="D148" s="83" t="s">
         <v>36</v>
       </c>
       <c r="E148" s="89" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="149" spans="1:6" ht="22.8">
       <c r="A149" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B149" s="115" t="s">
         <v>8</v>
       </c>
       <c r="C149" s="117" t="s">
         <v>63</v>
       </c>
       <c r="D149" s="83" t="s">
         <v>35</v>
       </c>
       <c r="E149" s="89" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="150" spans="1:6" s="32" customFormat="1" ht="22.8">
       <c r="A150" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B150" s="115" t="s">
         <v>8</v>
       </c>
       <c r="C150" s="117" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="D150" s="83" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="E150" s="45" t="s">
         <v>19</v>
       </c>
       <c r="F150" s="30"/>
     </row>
     <row r="151" spans="1:6" ht="22.8">
       <c r="A151" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B151" s="115" t="s">
         <v>8</v>
       </c>
       <c r="C151" s="83" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="D151" s="83" t="s">
         <v>21</v>
       </c>
       <c r="E151" s="89" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:6" ht="22.8">
       <c r="A152" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B152" s="115" t="s">
         <v>8</v>
       </c>
       <c r="C152" s="83" t="s">
         <v>64</v>
       </c>
       <c r="D152" s="83" t="s">
         <v>56</v>
       </c>
       <c r="E152" s="89" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:6" ht="23.4" thickBot="1">
       <c r="A153" s="78" t="s">
         <v>53</v>
       </c>
       <c r="B153" s="121" t="s">
         <v>8</v>
       </c>
       <c r="C153" s="109" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D153" s="109" t="s">
         <v>29</v>
       </c>
       <c r="E153" s="122" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:6" ht="15" thickBot="1">
       <c r="E154" s="41"/>
     </row>
     <row r="155" spans="1:6" ht="15" thickBot="1">
       <c r="A155" s="209" t="s">
         <v>1</v>
       </c>
       <c r="B155" s="210"/>
       <c r="C155" s="206"/>
       <c r="D155" s="206"/>
       <c r="E155" s="207"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B156" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C156" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D156" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E156" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:6" ht="22.8">
       <c r="A157" s="220" t="s">
         <v>57</v>
       </c>
       <c r="B157" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C157" s="229" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D157" s="229" t="s">
         <v>19</v>
       </c>
       <c r="E157" s="236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:6" ht="22.8">
       <c r="A158" s="184" t="s">
         <v>57</v>
       </c>
       <c r="B158" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C158" s="72" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="D158" s="72" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="96" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="21"/>
     </row>
     <row r="159" spans="1:6" ht="22.8">
       <c r="A159" s="73" t="s">
         <v>57</v>
       </c>
       <c r="B159" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="45" t="s">
         <v>13</v>
       </c>
@@ -7377,92 +7393,92 @@
     <row r="160" spans="1:6" ht="22.8">
       <c r="A160" s="73" t="s">
         <v>57</v>
       </c>
       <c r="B160" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E160" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:6" ht="22.8">
       <c r="A161" s="73" t="s">
         <v>57</v>
       </c>
       <c r="B161" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E161" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:6" ht="23.4" thickBot="1">
       <c r="A162" s="78" t="s">
         <v>57</v>
       </c>
       <c r="B162" s="262" t="s">
         <v>8</v>
       </c>
       <c r="C162" s="47" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="D162" s="47" t="s">
         <v>40</v>
       </c>
       <c r="E162" s="79" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="163" spans="1:6" ht="15" thickBot="1">
       <c r="A163" s="123"/>
       <c r="B163" s="28"/>
       <c r="C163" s="28"/>
       <c r="D163" s="28"/>
       <c r="E163" s="124"/>
       <c r="F163" s="21"/>
     </row>
     <row r="164" spans="1:6" ht="15" thickBot="1">
-      <c r="A164" s="284" t="s">
+      <c r="A164" s="288" t="s">
         <v>23</v>
       </c>
-      <c r="B164" s="285"/>
-[...2 lines deleted...]
-      <c r="E164" s="286"/>
+      <c r="B164" s="289"/>
+      <c r="C164" s="289"/>
+      <c r="D164" s="289"/>
+      <c r="E164" s="290"/>
       <c r="F164" s="21"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B165" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C165" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D165" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E165" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:6" ht="15" thickBot="1">
       <c r="A166" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B166" s="47"/>
       <c r="C166" s="47"/>
@@ -7478,146 +7494,146 @@
       </c>
       <c r="B168" s="40"/>
       <c r="C168" s="41"/>
       <c r="D168" s="41"/>
       <c r="E168" s="42"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B169" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C169" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D169" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E169" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="73" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E170" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="73" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E171" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="73" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E172" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="73" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E173" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:6" ht="15" thickBot="1">
       <c r="A174" s="78" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B174" s="125" t="s">
         <v>8</v>
       </c>
       <c r="C174" s="47" t="s">
         <v>61</v>
       </c>
       <c r="D174" s="125" t="s">
         <v>19</v>
       </c>
       <c r="E174" s="126" t="s">
         <v>19</v>
       </c>
       <c r="F174" s="21"/>
     </row>
     <row r="175" spans="1:6" ht="15" thickBot="1">
       <c r="A175" s="75"/>
       <c r="E175" s="76"/>
     </row>
     <row r="176" spans="1:6" ht="15" thickBot="1">
-      <c r="A176" s="275" t="s">
+      <c r="A176" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B176" s="276"/>
-[...2 lines deleted...]
-      <c r="E176" s="277"/>
+      <c r="B176" s="280"/>
+      <c r="C176" s="280"/>
+      <c r="D176" s="280"/>
+      <c r="E176" s="281"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B177" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C177" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D177" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E177" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:6" ht="15" thickBot="1">
       <c r="A178" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B178" s="47"/>
       <c r="C178" s="47"/>
       <c r="D178" s="47"/>
@@ -7632,166 +7648,166 @@
       </c>
       <c r="B180" s="41"/>
       <c r="C180" s="41"/>
       <c r="D180" s="41"/>
       <c r="E180" s="42"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B181" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C181" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D181" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E181" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="73" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="73" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B183" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C183" s="229" t="s">
         <v>65</v>
       </c>
       <c r="D183" s="229" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="236" t="s">
         <v>13</v>
       </c>
       <c r="F183" s="33"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="73" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B184" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C184" s="72" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="D184" s="72" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="96" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="73" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B185" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E185" s="45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="73" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C186" s="132" t="s">
         <v>66</v>
       </c>
       <c r="D186" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E186" s="45" t="s">
         <v>22</v>
       </c>
       <c r="F186" s="21"/>
     </row>
     <row r="187" spans="1:6" ht="23.4" thickBot="1">
       <c r="A187" s="78" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B187" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C187" s="133" t="s">
         <v>67</v>
       </c>
       <c r="D187" s="47" t="s">
         <v>54</v>
       </c>
       <c r="E187" s="79" t="s">
         <v>40</v>
       </c>
       <c r="F187" s="21"/>
     </row>
     <row r="188" spans="1:6" ht="15" thickBot="1">
       <c r="A188" s="75"/>
       <c r="E188" s="76"/>
       <c r="F188" s="21"/>
     </row>
     <row r="189" spans="1:6" ht="15" thickBot="1">
-      <c r="A189" s="284" t="s">
+      <c r="A189" s="288" t="s">
         <v>23</v>
       </c>
-      <c r="B189" s="285"/>
-[...2 lines deleted...]
-      <c r="E189" s="286"/>
+      <c r="B189" s="289"/>
+      <c r="C189" s="289"/>
+      <c r="D189" s="289"/>
+      <c r="E189" s="290"/>
       <c r="F189" s="21"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B190" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C190" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D190" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E190" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:6" ht="15" thickBot="1">
       <c r="A191" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B191" s="47"/>
       <c r="C191" s="47"/>
@@ -7813,210 +7829,210 @@
     <row r="194" spans="1:5">
       <c r="A194" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B194" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C194" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D194" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E194" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:5" ht="36" customHeight="1">
       <c r="A195" s="73" t="s">
         <v>68</v>
       </c>
       <c r="B195" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E195" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="196" spans="1:5" ht="71.400000000000006">
       <c r="A196" s="73" t="s">
         <v>68</v>
       </c>
       <c r="B196" s="223" t="s">
         <v>8</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E196" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="197" spans="1:5" ht="36" customHeight="1">
       <c r="A197" s="184" t="s">
         <v>68</v>
       </c>
       <c r="B197" s="223" t="s">
         <v>8</v>
       </c>
       <c r="C197" s="72" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D197" s="72" t="s">
         <v>71</v>
       </c>
       <c r="E197" s="96" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="198" spans="1:5" ht="36" customHeight="1">
       <c r="A198" s="134" t="s">
         <v>68</v>
       </c>
       <c r="B198" s="223" t="s">
         <v>8</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="D198" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E198" s="93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:5" ht="34.200000000000003" customHeight="1">
       <c r="A199" s="73" t="s">
         <v>68</v>
       </c>
       <c r="B199" s="197" t="s">
         <v>8</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="D199" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E199" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:5" ht="34.799999999999997" customHeight="1">
       <c r="A200" s="73" t="s">
         <v>68</v>
       </c>
       <c r="B200" s="223" t="s">
         <v>8</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E200" s="183" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:5" ht="34.799999999999997" customHeight="1">
       <c r="A201" s="220" t="s">
         <v>68</v>
       </c>
       <c r="B201" s="223" t="s">
         <v>8</v>
       </c>
       <c r="C201" s="229" t="s">
         <v>75</v>
       </c>
       <c r="D201" s="229" t="s">
         <v>76</v>
       </c>
       <c r="E201" s="236" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="202" spans="1:5" ht="34.200000000000003" customHeight="1">
       <c r="A202" s="184" t="s">
         <v>68</v>
       </c>
       <c r="B202" s="223" t="s">
         <v>8</v>
       </c>
       <c r="C202" s="103" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D202" s="103" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E202" s="180" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:5" ht="36.6" customHeight="1" thickBot="1">
       <c r="A203" s="78" t="s">
         <v>68</v>
       </c>
       <c r="B203" s="105" t="s">
         <v>8</v>
       </c>
       <c r="C203" s="47" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="D203" s="47" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="79" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:5" ht="15" thickBot="1">
       <c r="A204" s="127"/>
       <c r="B204" s="41"/>
       <c r="C204" s="41"/>
       <c r="D204" s="41"/>
       <c r="E204" s="42"/>
     </row>
     <row r="205" spans="1:5" ht="15" thickBot="1">
-      <c r="A205" s="278" t="s">
+      <c r="A205" s="282" t="s">
         <v>23</v>
       </c>
-      <c r="B205" s="279"/>
-[...2 lines deleted...]
-      <c r="E205" s="280"/>
+      <c r="B205" s="283"/>
+      <c r="C205" s="283"/>
+      <c r="D205" s="283"/>
+      <c r="E205" s="284"/>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B206" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C206" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D206" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E206" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:5" ht="15" thickBot="1">
       <c r="A207" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B207" s="47"/>
       <c r="C207" s="47"/>
       <c r="D207" s="47"/>
@@ -8137,57 +8153,57 @@
     </row>
     <row r="216" spans="1:6" ht="23.4" thickBot="1">
       <c r="A216" s="137" t="s">
         <v>77</v>
       </c>
       <c r="B216" s="47" t="s">
         <v>78</v>
       </c>
       <c r="C216" s="48" t="s">
         <v>84</v>
       </c>
       <c r="D216" s="48" t="s">
         <v>22</v>
       </c>
       <c r="E216" s="49" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="217" spans="1:6" ht="15" thickBot="1">
       <c r="A217" s="138"/>
       <c r="C217" s="4"/>
       <c r="D217" s="4"/>
       <c r="E217" s="139"/>
     </row>
     <row r="218" spans="1:6" ht="15" thickBot="1">
-      <c r="A218" s="293" t="s">
+      <c r="A218" s="297" t="s">
         <v>23</v>
       </c>
-      <c r="B218" s="294"/>
-[...2 lines deleted...]
-      <c r="E218" s="295"/>
+      <c r="B218" s="298"/>
+      <c r="C218" s="298"/>
+      <c r="D218" s="298"/>
+      <c r="E218" s="299"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B219" s="29"/>
       <c r="C219" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D219" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E219" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:6" ht="22.8">
       <c r="A220" s="135" t="s">
         <v>77</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>85</v>
@@ -8202,381 +8218,381 @@
     <row r="221" spans="1:6" ht="22.8">
       <c r="A221" s="135" t="s">
         <v>77</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C221" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D221" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E221" s="136" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:6" ht="22.8">
       <c r="A222" s="140" t="s">
         <v>77</v>
       </c>
       <c r="B222" s="31" t="s">
         <v>78</v>
       </c>
       <c r="C222" s="23" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="D222" s="31" t="s">
         <v>87</v>
       </c>
       <c r="E222" s="131" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:6" ht="23.4" thickBot="1">
       <c r="A223" s="141" t="s">
         <v>77</v>
       </c>
       <c r="B223" s="109" t="s">
         <v>78</v>
       </c>
       <c r="C223" s="142" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="D223" s="142" t="s">
         <v>88</v>
       </c>
       <c r="E223" s="122" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:6" ht="15" thickBot="1">
       <c r="A224" s="237"/>
       <c r="B224" s="41"/>
       <c r="C224" s="148"/>
       <c r="D224" s="148"/>
       <c r="E224" s="41"/>
     </row>
     <row r="225" spans="1:6" ht="15" thickBot="1">
       <c r="A225" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B225" s="40"/>
       <c r="C225" s="41"/>
       <c r="D225" s="41"/>
       <c r="E225" s="42"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B226" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C226" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D226" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E226" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:6" ht="24">
-      <c r="A227" s="304" t="s">
-        <v>345</v>
+      <c r="A227" s="277" t="s">
+        <v>343</v>
       </c>
       <c r="B227" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C227" s="229" t="s">
         <v>89</v>
       </c>
       <c r="D227" s="229" t="s">
         <v>90</v>
       </c>
       <c r="E227" s="236" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:6" ht="24">
-      <c r="A228" s="303" t="s">
-        <v>345</v>
+      <c r="A228" s="276" t="s">
+        <v>343</v>
       </c>
       <c r="B228" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C228" s="72" t="s">
         <v>91</v>
       </c>
       <c r="D228" s="72" t="s">
         <v>32</v>
       </c>
       <c r="E228" s="96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:6" ht="24">
       <c r="A229" s="185" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D229" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E229" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="230" spans="1:6" ht="24">
       <c r="A230" s="258" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E230" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:6" ht="24">
       <c r="A231" s="258" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E231" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:6" ht="24">
       <c r="A232" s="258" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E232" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="233" spans="1:6" ht="24">
       <c r="A233" s="258" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:6" ht="24">
       <c r="A234" s="258" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C234" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E234" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="235" spans="1:6" ht="24">
       <c r="A235" s="258" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E235" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="236" spans="1:6" ht="24">
       <c r="A236" s="258" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E236" s="45" t="s">
         <v>19</v>
       </c>
       <c r="F236" s="30"/>
     </row>
     <row r="237" spans="1:6" ht="24">
       <c r="A237" s="258" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E237" s="45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:6" ht="24">
       <c r="A238" s="258" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B238" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E238" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:6" ht="24.6" thickBot="1">
       <c r="A239" s="259" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B239" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C239" s="47" t="s">
         <v>102</v>
       </c>
       <c r="D239" s="47" t="s">
         <v>22</v>
       </c>
       <c r="E239" s="79" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="240" spans="1:6" ht="15" thickBot="1">
       <c r="A240" s="75"/>
       <c r="E240" s="76"/>
     </row>
     <row r="241" spans="1:6" ht="15" thickBot="1">
-      <c r="A241" s="293" t="s">
+      <c r="A241" s="297" t="s">
         <v>23</v>
       </c>
-      <c r="B241" s="294"/>
-[...2 lines deleted...]
-      <c r="E241" s="295"/>
+      <c r="B241" s="298"/>
+      <c r="C241" s="298"/>
+      <c r="D241" s="298"/>
+      <c r="E241" s="299"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B242" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C242" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D242" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E242" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:6" ht="15" thickBot="1">
       <c r="A243" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B243" s="47"/>
       <c r="C243" s="47"/>
       <c r="D243" s="47"/>
       <c r="E243" s="79"/>
     </row>
     <row r="244" spans="1:6" ht="15" thickBot="1">
       <c r="E244" s="94"/>
     </row>
     <row r="245" spans="1:6" s="9" customFormat="1" ht="15" thickBot="1">
-      <c r="A245" s="293" t="s">
+      <c r="A245" s="297" t="s">
         <v>1</v>
       </c>
-      <c r="B245" s="294"/>
-[...2 lines deleted...]
-      <c r="E245" s="295"/>
+      <c r="B245" s="298"/>
+      <c r="C245" s="298"/>
+      <c r="D245" s="298"/>
+      <c r="E245" s="299"/>
       <c r="F245" s="27"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B246" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C246" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D246" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E246" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:6" ht="22.8">
       <c r="A247" s="73" t="s">
         <v>103</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>51</v>
@@ -8628,149 +8644,149 @@
     <row r="250" spans="1:6" ht="22.8">
       <c r="A250" s="73" t="s">
         <v>103</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C250" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E250" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="251" spans="1:6" ht="22.8">
       <c r="A251" s="248" t="s">
         <v>103</v>
       </c>
       <c r="B251" s="197" t="s">
         <v>51</v>
       </c>
       <c r="C251" s="197" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D251" s="197" t="s">
         <v>18</v>
       </c>
       <c r="E251" s="263" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="252" spans="1:6" ht="22.8">
       <c r="A252" s="184" t="s">
         <v>103</v>
       </c>
       <c r="B252" s="72" t="s">
         <v>51</v>
       </c>
       <c r="C252" s="72" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="D252" s="238" t="s">
         <v>15</v>
       </c>
       <c r="E252" s="214" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:6" ht="22.8">
       <c r="A253" s="73" t="s">
         <v>103</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E253" s="96" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="254" spans="1:6" ht="23.4" thickBot="1">
       <c r="A254" s="78" t="s">
         <v>103</v>
       </c>
       <c r="B254" s="47" t="s">
         <v>51</v>
       </c>
       <c r="C254" s="47" t="s">
         <v>109</v>
       </c>
       <c r="D254" s="47" t="s">
         <v>19</v>
       </c>
       <c r="E254" s="79" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:6" ht="15" thickBot="1">
       <c r="A255" s="75"/>
       <c r="E255" s="76"/>
     </row>
     <row r="256" spans="1:6" ht="15" thickBot="1">
-      <c r="A256" s="293" t="s">
+      <c r="A256" s="297" t="s">
         <v>23</v>
       </c>
-      <c r="B256" s="294"/>
-[...2 lines deleted...]
-      <c r="E256" s="295"/>
+      <c r="B256" s="298"/>
+      <c r="C256" s="298"/>
+      <c r="D256" s="298"/>
+      <c r="E256" s="299"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B257" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C257" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D257" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E257" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:6" ht="23.4" thickBot="1">
       <c r="A258" s="78" t="s">
         <v>103</v>
       </c>
       <c r="B258" s="47" t="s">
         <v>51</v>
       </c>
       <c r="C258" s="47" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D258" s="47" t="s">
         <v>27</v>
       </c>
       <c r="E258" s="79" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:6" ht="15" thickBot="1">
       <c r="E259" s="94"/>
     </row>
     <row r="260" spans="1:6" ht="15" thickBot="1">
       <c r="A260" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B260" s="40"/>
       <c r="C260" s="41"/>
       <c r="D260" s="41"/>
       <c r="E260" s="42"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B261" s="29" t="s">
@@ -8807,107 +8823,107 @@
     <row r="263" spans="1:6">
       <c r="A263" s="73" t="s">
         <v>110</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D263" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E263" s="136" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="73" t="s">
         <v>110</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="D264" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E264" s="136" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="73" t="s">
         <v>110</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="D265" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E265" s="136" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="266" spans="1:6" ht="15" thickBot="1">
       <c r="A266" s="78" t="s">
         <v>110</v>
       </c>
       <c r="B266" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C266" s="47" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D266" s="47" t="s">
         <v>22</v>
       </c>
       <c r="E266" s="79" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="267" spans="1:6" ht="15" thickBot="1">
       <c r="A267" s="138"/>
       <c r="C267" s="4"/>
       <c r="D267" s="4"/>
       <c r="E267" s="76"/>
     </row>
     <row r="268" spans="1:6" ht="15" thickBot="1">
-      <c r="A268" s="284" t="s">
+      <c r="A268" s="288" t="s">
         <v>23</v>
       </c>
-      <c r="B268" s="285"/>
-[...2 lines deleted...]
-      <c r="E268" s="286"/>
+      <c r="B268" s="289"/>
+      <c r="C268" s="289"/>
+      <c r="D268" s="289"/>
+      <c r="E268" s="290"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B269" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C269" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D269" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E269" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:6" ht="15" thickBot="1">
       <c r="A270" s="137" t="s">
         <v>24</v>
       </c>
       <c r="B270" s="47"/>
       <c r="C270" s="48"/>
       <c r="D270" s="48"/>
@@ -8946,246 +8962,246 @@
     <row r="274" spans="1:6">
       <c r="A274" s="73" t="s">
         <v>113</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E274" s="45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="73" t="s">
         <v>113</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E275" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:6">
-      <c r="A276" s="134" t="s">
+      <c r="A276" s="73" t="s">
         <v>113</v>
       </c>
-      <c r="B276" s="6" t="s">
+      <c r="B276" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C276" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E276" s="45" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6">
+      <c r="A277" s="220" t="s">
+        <v>113</v>
+      </c>
+      <c r="B277" s="229" t="s">
+        <v>8</v>
+      </c>
+      <c r="C277" s="229" t="s">
+        <v>352</v>
+      </c>
+      <c r="D277" s="229" t="s">
+        <v>22</v>
+      </c>
+      <c r="E277" s="236" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6">
+      <c r="A278" s="184" t="s">
+        <v>113</v>
+      </c>
+      <c r="B278" s="72" t="s">
+        <v>8</v>
+      </c>
+      <c r="C278" s="72" t="s">
         <v>353</v>
       </c>
-      <c r="D276" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="93" t="s">
+      <c r="D278" s="72" t="s">
+        <v>40</v>
+      </c>
+      <c r="E278" s="96" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6">
+      <c r="A279" s="73" t="s">
+        <v>113</v>
+      </c>
+      <c r="B279" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C279" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="D279" s="2" t="s">
         <v>9</v>
       </c>
-    </row>
-[...51 lines deleted...]
-    <row r="280" spans="1:6">
+      <c r="E279" s="45" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6" ht="47.4">
       <c r="A280" s="73" t="s">
         <v>113</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>357</v>
+        <v>519</v>
       </c>
       <c r="D280" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="E280" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="73" t="s">
         <v>113</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E281" s="45" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="73" t="s">
         <v>113</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E282" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="73" t="s">
         <v>113</v>
       </c>
       <c r="B283" s="31" t="s">
         <v>8</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E283" s="45" t="s">
         <v>13</v>
       </c>
       <c r="F283" s="21"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="114" t="s">
         <v>113</v>
       </c>
       <c r="B284" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C284" s="18" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E284" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="285" spans="1:6" ht="23.4" thickBot="1">
       <c r="A285" s="78" t="s">
         <v>113</v>
       </c>
       <c r="B285" s="105" t="s">
         <v>8</v>
       </c>
       <c r="C285" s="47" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D285" s="47" t="s">
         <v>18</v>
       </c>
       <c r="E285" s="79" t="s">
         <v>18</v>
       </c>
       <c r="F285" s="21"/>
     </row>
     <row r="286" spans="1:6" ht="15" thickBot="1">
       <c r="A286" s="143"/>
       <c r="B286" s="144"/>
       <c r="C286" s="144"/>
       <c r="D286" s="144"/>
       <c r="E286" s="145"/>
     </row>
     <row r="287" spans="1:6" ht="15" thickBot="1">
-      <c r="A287" s="275" t="s">
+      <c r="A287" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B287" s="276"/>
-[...2 lines deleted...]
-      <c r="E287" s="277"/>
+      <c r="B287" s="280"/>
+      <c r="C287" s="280"/>
+      <c r="D287" s="280"/>
+      <c r="E287" s="281"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B288" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C288" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D288" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E288" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:6" ht="15" thickBot="1">
       <c r="A289" s="137" t="s">
         <v>24</v>
       </c>
       <c r="B289" s="47"/>
       <c r="C289" s="47"/>
       <c r="D289" s="47"/>
@@ -9201,321 +9217,321 @@
       </c>
       <c r="B291" s="40"/>
       <c r="C291" s="41"/>
       <c r="D291" s="41"/>
       <c r="E291" s="42"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B292" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C292" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D292" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E292" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:6" ht="22.8">
       <c r="A293" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C293" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="45" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="21"/>
     </row>
     <row r="294" spans="1:6" ht="22.8">
       <c r="A294" s="73" t="s">
+        <v>118</v>
+      </c>
+      <c r="B294" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C294" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D294" s="2" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E294" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="295" spans="1:6" ht="22.8">
       <c r="A295" s="184" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B295" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C295" s="72" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="D295" s="72" t="s">
         <v>71</v>
       </c>
       <c r="E295" s="96" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:6" ht="22.8">
       <c r="A296" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E296" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="297" spans="1:6" ht="22.8">
       <c r="A297" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E297" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="298" spans="1:6" ht="22.8">
       <c r="A298" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D298" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E298" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:6" ht="22.8">
       <c r="A299" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E299" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="300" spans="1:6" ht="22.8">
       <c r="A300" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E300" s="45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="301" spans="1:6" ht="22.8">
       <c r="A301" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E301" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="302" spans="1:6" ht="22.8">
       <c r="A302" s="220" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B302" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C302" s="229" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="D302" s="229" t="s">
         <v>40</v>
       </c>
       <c r="E302" s="236" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="303" spans="1:6" ht="22.8">
       <c r="A303" s="184" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B303" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C303" s="72" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D303" s="72" t="s">
         <v>19</v>
       </c>
       <c r="E303" s="96" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:6" ht="22.8">
       <c r="A304" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E304" s="45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="305" spans="1:6" ht="22.8">
       <c r="A305" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="D305" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E305" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="306" spans="1:6" ht="22.8">
       <c r="A306" s="73" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D306" s="2" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E306" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="307" spans="1:6" ht="23.4" thickBot="1">
       <c r="A307" s="78" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B307" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C307" s="47" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="D307" s="47" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E307" s="79" t="s">
         <v>26</v>
       </c>
       <c r="F307" s="21"/>
     </row>
     <row r="308" spans="1:6" ht="15" thickBot="1">
       <c r="A308" s="127"/>
       <c r="B308" s="41"/>
       <c r="C308" s="41"/>
       <c r="D308" s="41"/>
       <c r="E308" s="42"/>
       <c r="F308" s="21"/>
     </row>
     <row r="309" spans="1:6" ht="15" thickBot="1">
-      <c r="A309" s="275" t="s">
+      <c r="A309" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B309" s="276"/>
-[...2 lines deleted...]
-      <c r="E309" s="277"/>
+      <c r="B309" s="280"/>
+      <c r="C309" s="280"/>
+      <c r="D309" s="280"/>
+      <c r="E309" s="281"/>
       <c r="F309" s="21"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B310" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C310" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D310" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E310" s="112" t="s">
         <v>6</v>
       </c>
       <c r="F310" s="21"/>
     </row>
     <row r="311" spans="1:6" ht="15" thickBot="1">
       <c r="A311" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B311" s="47"/>
@@ -9536,1932 +9552,1932 @@
       <c r="C313" s="41"/>
       <c r="D313" s="41"/>
       <c r="E313" s="42"/>
       <c r="F313" s="21"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B314" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C314" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D314" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E314" s="44" t="s">
         <v>6</v>
       </c>
       <c r="F314" s="21"/>
     </row>
     <row r="315" spans="1:6" ht="22.8">
       <c r="A315" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E315" s="45" t="s">
         <v>19</v>
       </c>
       <c r="F315" s="21"/>
     </row>
     <row r="316" spans="1:6" ht="22.8">
       <c r="A316" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C316" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D316" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E316" s="45" t="s">
         <v>13</v>
       </c>
       <c r="F316" s="21"/>
     </row>
     <row r="317" spans="1:6" ht="22.8">
       <c r="A317" s="97" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B317" s="188" t="s">
         <v>30</v>
       </c>
       <c r="C317" s="98" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D317" s="72" t="s">
         <v>32</v>
       </c>
       <c r="E317" s="96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="318" spans="1:6" ht="22.8">
       <c r="A318" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="D318" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E318" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="319" spans="1:6" ht="22.8">
       <c r="A319" s="220" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B319" s="229" t="s">
         <v>30</v>
       </c>
       <c r="C319" s="229" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="D319" s="229" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="E319" s="236" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="320" spans="1:6" ht="22.8">
       <c r="A320" s="184" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B320" s="72" t="s">
         <v>30</v>
       </c>
       <c r="C320" s="72" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D320" s="72" t="s">
         <v>34</v>
       </c>
       <c r="E320" s="96" t="s">
         <v>26</v>
       </c>
       <c r="F320" s="21"/>
     </row>
     <row r="321" spans="1:6" ht="22.8">
       <c r="A321" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D321" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E321" s="45" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="21"/>
     </row>
     <row r="322" spans="1:6" ht="22.8">
       <c r="A322" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E322" s="45" t="s">
         <v>40</v>
       </c>
       <c r="F322" s="21"/>
     </row>
     <row r="323" spans="1:6" ht="22.8">
       <c r="A323" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E323" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:6" ht="22.8">
       <c r="A324" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E324" s="45" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="325" spans="1:6" ht="22.8">
       <c r="A325" s="220" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B325" s="229" t="s">
         <v>30</v>
       </c>
       <c r="C325" s="229" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="D325" s="229" t="s">
         <v>76</v>
       </c>
       <c r="E325" s="236" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="326" spans="1:6" ht="23.4" thickBot="1">
       <c r="A326" s="78" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B326" s="47" t="s">
         <v>30</v>
       </c>
       <c r="C326" s="47" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D326" s="47" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="E326" s="79" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="327" spans="1:6" ht="15" thickBot="1">
       <c r="A327" s="146"/>
       <c r="B327" s="94"/>
       <c r="C327" s="94"/>
       <c r="D327" s="94"/>
       <c r="E327" s="95"/>
     </row>
     <row r="328" spans="1:6" ht="15" thickBot="1">
-      <c r="A328" s="287" t="s">
+      <c r="A328" s="291" t="s">
         <v>23</v>
       </c>
-      <c r="B328" s="288"/>
-[...2 lines deleted...]
-      <c r="E328" s="289"/>
+      <c r="B328" s="292"/>
+      <c r="C328" s="292"/>
+      <c r="D328" s="292"/>
+      <c r="E328" s="293"/>
       <c r="F328" s="30"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B329" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C329" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D329" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E329" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:6" ht="22.8">
       <c r="A330" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="D330" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="E330" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="331" spans="1:6" ht="22.8">
       <c r="A331" s="73" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C331" s="31" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="D331" s="31" t="s">
         <v>26</v>
       </c>
       <c r="E331" s="74" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="332" spans="1:6" ht="22.8">
       <c r="A332" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="D332" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="E332" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="333" spans="1:6" ht="22.8">
       <c r="A333" s="73" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="D333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E333" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="334" spans="1:6" ht="22.8">
       <c r="A334" s="184" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B334" s="72" t="s">
         <v>30</v>
       </c>
       <c r="C334" s="72" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D334" s="72" t="s">
         <v>26</v>
       </c>
       <c r="E334" s="96" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="335" spans="1:6" ht="23.4" thickBot="1">
       <c r="A335" s="78" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B335" s="105" t="s">
         <v>30</v>
       </c>
       <c r="C335" s="47" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="D335" s="47" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E335" s="79" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="336" spans="1:6" ht="15" thickBot="1">
       <c r="E336" s="94"/>
       <c r="F336" s="21"/>
     </row>
     <row r="337" spans="1:6" ht="15" thickBot="1">
       <c r="A337" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B337" s="40"/>
       <c r="C337" s="41"/>
       <c r="D337" s="41"/>
       <c r="E337" s="42"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B338" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C338" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D338" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E338" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:6" ht="22.8">
       <c r="A339" s="73" t="s">
+        <v>130</v>
+      </c>
+      <c r="B339" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C339" s="5" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D339" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E339" s="136" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="340" spans="1:6" ht="22.8">
       <c r="A340" s="73" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D340" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E340" s="136" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="341" spans="1:6" ht="22.8">
       <c r="A341" s="73" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D341" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E341" s="136" t="s">
         <v>13</v>
       </c>
       <c r="F341" s="34"/>
     </row>
     <row r="342" spans="1:6" ht="22.8">
       <c r="A342" s="73" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D342" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E342" s="136" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="343" spans="1:6" ht="22.8">
       <c r="A343" s="73" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D343" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E343" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="344" spans="1:6" ht="23.4" thickBot="1">
       <c r="A344" s="78" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B344" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C344" s="48" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D344" s="47" t="s">
         <v>19</v>
       </c>
       <c r="E344" s="49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:6" ht="15" thickBot="1">
       <c r="A345" s="147"/>
       <c r="B345" s="148"/>
       <c r="C345" s="148"/>
       <c r="D345" s="148"/>
       <c r="E345" s="149"/>
     </row>
     <row r="346" spans="1:6" ht="15" thickBot="1">
-      <c r="A346" s="278" t="s">
+      <c r="A346" s="282" t="s">
         <v>23</v>
       </c>
-      <c r="B346" s="279"/>
-[...2 lines deleted...]
-      <c r="E346" s="280"/>
+      <c r="B346" s="283"/>
+      <c r="C346" s="283"/>
+      <c r="D346" s="283"/>
+      <c r="E346" s="284"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B347" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C347" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D347" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E347" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:6" s="35" customFormat="1" ht="22.8">
       <c r="A348" s="73" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D348" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E348" s="136" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F348" s="27"/>
     </row>
     <row r="349" spans="1:6" ht="22.8">
       <c r="A349" s="92" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B349" s="31" t="s">
         <v>8</v>
       </c>
       <c r="C349" s="31" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="D349" s="23" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E349" s="131" t="s">
         <v>13</v>
       </c>
       <c r="F349" s="21"/>
     </row>
     <row r="350" spans="1:6" ht="23.4" thickBot="1">
       <c r="A350" s="78" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B350" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C350" s="48" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D350" s="48" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E350" s="49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:6" ht="15" thickBot="1">
       <c r="E351" s="94"/>
     </row>
     <row r="352" spans="1:6" ht="15" thickBot="1">
       <c r="A352" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B352" s="40"/>
       <c r="C352" s="41"/>
       <c r="D352" s="41"/>
       <c r="E352" s="42"/>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="128" t="s">
         <v>2</v>
       </c>
       <c r="B353" s="129" t="s">
         <v>3</v>
       </c>
       <c r="C353" s="129" t="s">
         <v>4</v>
       </c>
       <c r="D353" s="129" t="s">
         <v>5</v>
       </c>
       <c r="E353" s="130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:6" ht="34.200000000000003">
       <c r="A354" s="220" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B354" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C354" s="229" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="D354" s="229" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="236" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="355" spans="1:6" ht="34.200000000000003">
       <c r="A355" s="220" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B355" s="239" t="s">
         <v>8</v>
       </c>
       <c r="C355" s="239" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D355" s="239" t="s">
         <v>27</v>
       </c>
       <c r="E355" s="240" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="356" spans="1:6" ht="71.400000000000006">
       <c r="A356" s="220" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E356" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="357" spans="1:6" ht="71.400000000000006">
       <c r="A357" s="220" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E357" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="358" spans="1:6" ht="34.200000000000003">
       <c r="A358" s="220" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E358" s="45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:6" ht="34.200000000000003">
       <c r="A359" s="220" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D359" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E359" s="45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="360" spans="1:6" ht="71.400000000000006">
       <c r="A360" s="220" t="s">
+        <v>388</v>
+      </c>
+      <c r="B360" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C360" s="2" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E360" s="45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:6" ht="34.799999999999997" thickBot="1">
       <c r="A361" s="220" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B361" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C361" s="47" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="D361" s="47" t="s">
         <v>26</v>
       </c>
       <c r="E361" s="79" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="362" spans="1:6" ht="15" thickBot="1">
       <c r="A362" s="127"/>
       <c r="B362" s="41"/>
       <c r="C362" s="41"/>
       <c r="D362" s="41"/>
       <c r="E362" s="42"/>
     </row>
     <row r="363" spans="1:6" ht="15" thickBot="1">
-      <c r="A363" s="275" t="s">
+      <c r="A363" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B363" s="276"/>
-[...2 lines deleted...]
-      <c r="E363" s="277"/>
+      <c r="B363" s="280"/>
+      <c r="C363" s="280"/>
+      <c r="D363" s="280"/>
+      <c r="E363" s="281"/>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="241" t="s">
         <v>2</v>
       </c>
       <c r="B364" s="225" t="s">
         <v>3</v>
       </c>
       <c r="C364" s="225" t="s">
         <v>4</v>
       </c>
       <c r="D364" s="225" t="s">
         <v>5</v>
       </c>
       <c r="E364" s="242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:6" ht="72" thickBot="1">
       <c r="A365" s="264" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B365" s="105" t="s">
         <v>8</v>
       </c>
       <c r="C365" s="105" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D365" s="105" t="s">
         <v>35</v>
       </c>
       <c r="E365" s="106" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="366" spans="1:6" ht="15" thickBot="1">
       <c r="E366" s="94"/>
       <c r="F366" s="21"/>
     </row>
     <row r="367" spans="1:6" ht="15" thickBot="1">
       <c r="A367" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B367" s="40"/>
       <c r="C367" s="41"/>
       <c r="D367" s="41"/>
       <c r="E367" s="42"/>
       <c r="F367" s="21"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B368" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C368" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D368" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E368" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="73" t="s">
+        <v>141</v>
+      </c>
+      <c r="B369" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C369" s="2" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E369" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="73" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E370" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="73" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D371" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E371" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="73" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D372" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E372" s="45" t="s">
         <v>12</v>
       </c>
       <c r="F372" s="21"/>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="73" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E373" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="73" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E374" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="73" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E375" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="376" spans="1:6" ht="15" thickBot="1">
       <c r="A376" s="78" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B376" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C376" s="47" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="D376" s="47" t="s">
         <v>19</v>
       </c>
       <c r="E376" s="79" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="377" spans="1:6" ht="15" thickBot="1">
       <c r="A377" s="75"/>
       <c r="E377" s="76"/>
     </row>
     <row r="378" spans="1:6" ht="15" thickBot="1">
-      <c r="A378" s="284" t="s">
+      <c r="A378" s="288" t="s">
         <v>23</v>
       </c>
-      <c r="B378" s="285"/>
-[...2 lines deleted...]
-      <c r="E378" s="286"/>
+      <c r="B378" s="289"/>
+      <c r="C378" s="289"/>
+      <c r="D378" s="289"/>
+      <c r="E378" s="290"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B379" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C379" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D379" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E379" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:6" ht="15" thickBot="1">
       <c r="A380" s="78" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B380" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C380" s="47" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D380" s="47" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E380" s="79" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="381" spans="1:6" ht="15" thickBot="1">
       <c r="C381" s="144"/>
       <c r="F381" s="21"/>
     </row>
     <row r="382" spans="1:6" ht="15" thickBot="1">
       <c r="A382" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B382" s="40"/>
       <c r="C382" s="41"/>
       <c r="D382" s="41"/>
       <c r="E382" s="42"/>
       <c r="F382" s="21"/>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B383" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C383" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D383" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E383" s="44" t="s">
         <v>6</v>
       </c>
       <c r="F383" s="21"/>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="92" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E384" s="45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="73" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E385" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="184" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B386" s="81" t="s">
         <v>8</v>
       </c>
       <c r="C386" s="72" t="s">
+        <v>146</v>
+      </c>
+      <c r="D386" s="81" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E386" s="91" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="73" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="D387" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E387" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="73" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B388" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C388" s="229" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D388" s="229" t="s">
         <v>90</v>
       </c>
       <c r="E388" s="236" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="179" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B389" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C389" s="72" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="D389" s="72" t="s">
         <v>32</v>
       </c>
       <c r="E389" s="96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="73" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E390" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="179" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B391" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C391" s="72" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D391" s="72" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="92" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="D392" s="2" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E392" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="92" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="D393" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E393" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="92" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E394" s="45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="92" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="D395" s="2" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="E395" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="73" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E396" s="45" t="s">
         <v>18</v>
       </c>
       <c r="F396" s="21"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="179" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C397" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D397" s="2" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E397" s="45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:6" ht="15" thickBot="1">
       <c r="A398" s="78" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B398" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C398" s="47" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D398" s="47" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="E398" s="79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="399" spans="1:6" ht="15" thickBot="1">
       <c r="A399" s="127"/>
       <c r="B399" s="41"/>
       <c r="C399" s="41"/>
       <c r="D399" s="41"/>
       <c r="E399" s="42"/>
     </row>
     <row r="400" spans="1:6" ht="15" thickBot="1">
-      <c r="A400" s="278" t="s">
+      <c r="A400" s="282" t="s">
         <v>23</v>
       </c>
-      <c r="B400" s="279"/>
-[...2 lines deleted...]
-      <c r="E400" s="280"/>
+      <c r="B400" s="283"/>
+      <c r="C400" s="283"/>
+      <c r="D400" s="283"/>
+      <c r="E400" s="284"/>
       <c r="F400" s="33"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B401" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C401" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D401" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E401" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:6" ht="15" thickBot="1">
       <c r="A402" s="78" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B402" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C402" s="47" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="D402" s="47" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="E402" s="79" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="403" spans="1:6" ht="15" thickBot="1">
       <c r="E403" s="94"/>
     </row>
     <row r="404" spans="1:6" ht="15" thickBot="1">
       <c r="A404" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B404" s="40"/>
       <c r="C404" s="41"/>
       <c r="D404" s="41"/>
       <c r="E404" s="42"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B405" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C405" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D405" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E405" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E406" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D407" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E407" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="D408" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E408" s="45" t="s">
         <v>15</v>
       </c>
       <c r="F408" s="30"/>
     </row>
     <row r="409" spans="1:6" ht="22.8" customHeight="1">
       <c r="A409" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E409" s="45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="73" t="s">
+        <v>153</v>
+      </c>
+      <c r="B410" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C410" s="2" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E410" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="D411" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E411" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E412" s="45" t="s">
         <v>18</v>
       </c>
       <c r="F412" s="30"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="D413" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E413" s="45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="414" spans="1:6" ht="15" thickBot="1">
       <c r="A414" s="150" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B414" s="125" t="s">
         <v>8</v>
       </c>
       <c r="C414" s="47" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="D414" s="125" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E414" s="126" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="415" spans="1:6" ht="15" thickBot="1">
       <c r="A415" s="127"/>
       <c r="B415" s="41"/>
       <c r="C415" s="41"/>
       <c r="D415" s="41"/>
       <c r="E415" s="42"/>
     </row>
     <row r="416" spans="1:6" s="9" customFormat="1" ht="15" thickBot="1">
-      <c r="A416" s="275" t="s">
+      <c r="A416" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B416" s="276"/>
-[...2 lines deleted...]
-      <c r="E416" s="277"/>
+      <c r="B416" s="280"/>
+      <c r="C416" s="280"/>
+      <c r="D416" s="280"/>
+      <c r="E416" s="281"/>
       <c r="F416" s="27"/>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B417" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C417" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D417" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E417" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" s="220" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B418" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C418" s="229" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="D418" s="229" t="s">
         <v>32</v>
       </c>
       <c r="E418" s="236" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" s="184" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B419" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C419" s="103" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="D419" s="103" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E419" s="96" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C420" s="31" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D420" s="31" t="s">
         <v>54</v>
       </c>
       <c r="E420" s="74" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C421" s="31" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D421" s="31" t="s">
         <v>40</v>
       </c>
       <c r="E421" s="74" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C422" s="31" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="D422" s="31" t="s">
         <v>27</v>
       </c>
       <c r="E422" s="74" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C423" s="31" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D423" s="31" t="s">
         <v>69</v>
       </c>
       <c r="E423" s="74" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C424" s="31" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D424" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E424" s="74" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C425" s="31" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="D425" s="31" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E425" s="74" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" s="73" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C426" s="31" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="D426" s="31" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="E426" s="74" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="427" spans="1:5" ht="15" thickBot="1">
       <c r="A427" s="78" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B427" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C427" s="47" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D427" s="47" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E427" s="79" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="428" spans="1:5" ht="15" thickBot="1">
       <c r="A428" s="41"/>
     </row>
     <row r="429" spans="1:5" ht="15" thickBot="1">
       <c r="A429" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B429" s="40"/>
       <c r="C429" s="41"/>
       <c r="D429" s="41"/>
       <c r="E429" s="42"/>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B430" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C430" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D430" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E430" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:5" ht="24">
       <c r="A431" s="185" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E431" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="432" spans="1:5" ht="24">
       <c r="A432" s="185" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E432" s="45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="433" spans="1:6" ht="24">
       <c r="A433" s="185" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D433" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E433" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="434" spans="1:6" ht="24">
       <c r="A434" s="185" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C434" s="5" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D434" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E434" s="136" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="435" spans="1:6" ht="24">
       <c r="A435" s="185" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E435" s="136" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="436" spans="1:6" ht="24">
       <c r="A436" s="185" t="s">
+        <v>429</v>
+      </c>
+      <c r="B436" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C436" s="2" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
       <c r="D436" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E436" s="136" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="437" spans="1:6" ht="26.4" customHeight="1" thickBot="1">
       <c r="A437" s="267" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B437" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C437" s="47" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D437" s="48" t="s">
         <v>22</v>
       </c>
       <c r="E437" s="49" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="438" spans="1:6" ht="15" thickBot="1">
       <c r="A438" s="174"/>
       <c r="B438" s="144"/>
       <c r="C438" s="266"/>
       <c r="D438" s="266"/>
       <c r="E438" s="145"/>
     </row>
     <row r="439" spans="1:6">
-      <c r="A439" s="290" t="s">
+      <c r="A439" s="294" t="s">
         <v>23</v>
       </c>
-      <c r="B439" s="291"/>
-[...2 lines deleted...]
-      <c r="E439" s="292"/>
+      <c r="B439" s="295"/>
+      <c r="C439" s="295"/>
+      <c r="D439" s="295"/>
+      <c r="E439" s="296"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B440" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C440" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D440" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E440" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:6" ht="15" thickBot="1">
       <c r="A441" s="137" t="s">
         <v>24</v>
       </c>
       <c r="B441" s="47"/>
       <c r="C441" s="48"/>
       <c r="D441" s="48"/>
@@ -11482,148 +11498,148 @@
       </c>
       <c r="B443" s="40"/>
       <c r="C443" s="41"/>
       <c r="D443" s="41"/>
       <c r="E443" s="42"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="128" t="s">
         <v>2</v>
       </c>
       <c r="B444" s="129" t="s">
         <v>3</v>
       </c>
       <c r="C444" s="129" t="s">
         <v>4</v>
       </c>
       <c r="D444" s="129" t="s">
         <v>5</v>
       </c>
       <c r="E444" s="130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:6" ht="22.8">
       <c r="A445" s="184" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B445" s="72" t="s">
         <v>51</v>
       </c>
       <c r="C445" s="72" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D445" s="72" t="s">
         <v>9</v>
       </c>
       <c r="E445" s="96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="446" spans="1:6" ht="22.8">
       <c r="A446" s="73" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D446" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E446" s="45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="447" spans="1:6" ht="22.8">
       <c r="A447" s="73" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D447" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E447" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="448" spans="1:6" ht="22.8">
       <c r="A448" s="73" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D448" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E448" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="449" spans="1:6" ht="23.4" thickBot="1">
       <c r="A449" s="78" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B449" s="47" t="s">
         <v>51</v>
       </c>
       <c r="C449" s="47" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D449" s="47" t="s">
         <v>40</v>
       </c>
       <c r="E449" s="79" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="450" spans="1:6" ht="15" thickBot="1">
       <c r="A450" s="127"/>
       <c r="B450" s="41"/>
       <c r="C450" s="41"/>
       <c r="D450" s="41"/>
       <c r="E450" s="42"/>
     </row>
     <row r="451" spans="1:6" ht="15" thickBot="1">
-      <c r="A451" s="275" t="s">
+      <c r="A451" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B451" s="276"/>
-[...2 lines deleted...]
-      <c r="E451" s="277"/>
+      <c r="B451" s="280"/>
+      <c r="C451" s="280"/>
+      <c r="D451" s="280"/>
+      <c r="E451" s="281"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B452" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C452" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D452" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E452" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:6" ht="15" thickBot="1">
       <c r="A453" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B453" s="47"/>
       <c r="C453" s="47"/>
       <c r="D453" s="47"/>
@@ -11638,166 +11654,166 @@
       </c>
       <c r="B455" s="40"/>
       <c r="C455" s="40"/>
       <c r="D455" s="40"/>
       <c r="E455" s="151"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B456" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C456" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D456" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E456" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="457" spans="1:6" ht="22.8">
       <c r="A457" s="73" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C457" s="5" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D457" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E457" s="136" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="458" spans="1:6" ht="22.8">
       <c r="A458" s="73" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B458" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C458" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="D458" s="5" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E458" s="136" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="459" spans="1:6" ht="22.8">
       <c r="A459" s="73" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E459" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="460" spans="1:6" ht="22.8">
       <c r="A460" s="73" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E460" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="461" spans="1:6" ht="22.8">
       <c r="A461" s="73" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B461" s="72" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C461" s="72" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D461" s="72" t="s">
         <v>22</v>
       </c>
       <c r="E461" s="96" t="s">
         <v>22</v>
       </c>
       <c r="F461" s="21"/>
     </row>
     <row r="462" spans="1:6" ht="23.4" thickBot="1">
       <c r="A462" s="73" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B462" s="47" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C462" s="47" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D462" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E462" s="79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="463" spans="1:6" ht="15" thickBot="1">
       <c r="A463" s="152"/>
       <c r="B463" s="40"/>
       <c r="C463" s="40"/>
       <c r="D463" s="40"/>
       <c r="E463" s="151"/>
     </row>
     <row r="464" spans="1:6" ht="15" thickBot="1">
-      <c r="A464" s="275" t="s">
+      <c r="A464" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B464" s="276"/>
-[...2 lines deleted...]
-      <c r="E464" s="277"/>
+      <c r="B464" s="280"/>
+      <c r="C464" s="280"/>
+      <c r="D464" s="280"/>
+      <c r="E464" s="281"/>
       <c r="F464" s="21"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B465" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C465" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D465" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E465" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:6" ht="15" thickBot="1">
       <c r="A466" s="137" t="s">
         <v>24</v>
       </c>
       <c r="B466" s="47"/>
       <c r="C466" s="48"/>
@@ -11817,200 +11833,200 @@
       </c>
       <c r="B468" s="40"/>
       <c r="C468" s="41"/>
       <c r="D468" s="41"/>
       <c r="E468" s="42"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B469" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C469" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D469" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E469" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="73" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="D470" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E470" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="73" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="D471" s="2" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="E471" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="73" t="s">
+        <v>177</v>
+      </c>
+      <c r="B472" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C472" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="D472" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="B472" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E472" s="45" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="73" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D473" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E473" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="73" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="D474" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E474" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="73" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D475" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E475" s="45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="73" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="D476" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E476" s="45" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="477" spans="1:6" ht="15" thickBot="1">
       <c r="A477" s="78" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B477" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C477" s="47" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="D477" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E477" s="79" t="s">
         <v>9</v>
       </c>
       <c r="F477" s="30"/>
     </row>
     <row r="478" spans="1:6" ht="15" thickBot="1">
       <c r="A478" s="39"/>
       <c r="B478" s="40"/>
       <c r="C478" s="40"/>
       <c r="D478" s="40"/>
       <c r="E478" s="151"/>
     </row>
     <row r="479" spans="1:6" ht="15" thickBot="1">
-      <c r="A479" s="275" t="s">
+      <c r="A479" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B479" s="276"/>
-[...2 lines deleted...]
-      <c r="E479" s="277"/>
+      <c r="B479" s="280"/>
+      <c r="C479" s="280"/>
+      <c r="D479" s="280"/>
+      <c r="E479" s="281"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="241" t="s">
         <v>2</v>
       </c>
       <c r="B480" s="225" t="s">
         <v>3</v>
       </c>
       <c r="C480" s="225" t="s">
         <v>4</v>
       </c>
       <c r="D480" s="225" t="s">
         <v>5</v>
       </c>
       <c r="E480" s="242" t="s">
         <v>6</v>
       </c>
       <c r="F480" s="21"/>
     </row>
     <row r="481" spans="1:6" ht="15" thickBot="1">
       <c r="A481" s="243" t="s">
         <v>24</v>
       </c>
       <c r="B481" s="105"/>
       <c r="C481" s="244"/>
@@ -12030,409 +12046,409 @@
       <c r="B483" s="154"/>
       <c r="C483" s="155"/>
       <c r="D483" s="155"/>
       <c r="E483" s="156"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="128" t="s">
         <v>2</v>
       </c>
       <c r="B484" s="129" t="s">
         <v>3</v>
       </c>
       <c r="C484" s="129" t="s">
         <v>4</v>
       </c>
       <c r="D484" s="129" t="s">
         <v>5</v>
       </c>
       <c r="E484" s="130" t="s">
         <v>6</v>
       </c>
       <c r="F484" s="21"/>
     </row>
     <row r="485" spans="1:6" ht="36" customHeight="1">
       <c r="A485" s="184" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B485" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C485" s="200" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D485" s="200" t="s">
         <v>15</v>
       </c>
       <c r="E485" s="201" t="s">
         <v>15</v>
       </c>
       <c r="F485" s="21"/>
     </row>
     <row r="486" spans="1:6" ht="36" customHeight="1">
       <c r="A486" s="73" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C486" s="5" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="D486" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E486" s="136" t="s">
         <v>9</v>
       </c>
       <c r="F486" s="21"/>
     </row>
     <row r="487" spans="1:6" ht="36" customHeight="1">
       <c r="A487" s="73" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C487" s="5" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="D487" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E487" s="136" t="s">
         <v>9</v>
       </c>
       <c r="F487" s="30"/>
     </row>
     <row r="488" spans="1:6" ht="35.4" customHeight="1">
       <c r="A488" s="220" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B488" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C488" s="246" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D488" s="246" t="s">
         <v>33</v>
       </c>
       <c r="E488" s="247" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="489" spans="1:6" ht="35.4" customHeight="1">
       <c r="A489" s="248" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B489" s="197" t="s">
         <v>8</v>
       </c>
       <c r="C489" s="249" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="D489" s="249" t="s">
         <v>21</v>
       </c>
       <c r="E489" s="250" t="s">
         <v>13</v>
       </c>
       <c r="F489" s="21"/>
     </row>
     <row r="490" spans="1:6" ht="35.4" customHeight="1">
       <c r="A490" s="184" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B490" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C490" s="200" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D490" s="200" t="s">
         <v>13</v>
       </c>
       <c r="E490" s="201" t="s">
         <v>13</v>
       </c>
       <c r="F490" s="21"/>
     </row>
     <row r="491" spans="1:6" ht="34.200000000000003" customHeight="1">
       <c r="A491" s="73" t="s">
+        <v>179</v>
+      </c>
+      <c r="B491" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C491" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="D491" s="5" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E491" s="136" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="492" spans="1:6" ht="35.4" customHeight="1">
       <c r="A492" s="73" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C492" s="5" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="D492" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E492" s="136" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="493" spans="1:6" ht="34.200000000000003" customHeight="1">
       <c r="A493" s="73" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C493" s="5" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D493" s="5" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E493" s="136" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="494" spans="1:6" ht="35.4" customHeight="1">
       <c r="A494" s="73" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C494" s="5" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="D494" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E494" s="136" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="495" spans="1:6" ht="35.4" customHeight="1">
       <c r="A495" s="73" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B495" s="198" t="s">
         <v>8</v>
       </c>
       <c r="C495" s="16" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="D495" s="5" t="s">
         <v>36</v>
       </c>
       <c r="E495" s="136" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="496" spans="1:6" ht="35.4" customHeight="1">
       <c r="A496" s="73" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C496" s="5" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="D496" s="5" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E496" s="136" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="497" spans="1:6" ht="34.799999999999997" customHeight="1">
       <c r="A497" s="73" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C497" s="5" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="D497" s="5" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E497" s="136" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="498" spans="1:6" ht="34.200000000000003" customHeight="1">
       <c r="A498" s="220" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B498" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C498" s="246" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="D498" s="246" t="s">
         <v>26</v>
       </c>
       <c r="E498" s="247" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="499" spans="1:6" ht="35.4" customHeight="1">
       <c r="A499" s="248" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B499" s="197" t="s">
         <v>8</v>
       </c>
       <c r="C499" s="268" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="D499" s="269" t="s">
         <v>18</v>
       </c>
       <c r="E499" s="250" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="500" spans="1:6" ht="35.4" customHeight="1">
       <c r="A500" s="184" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B500" s="251" t="s">
         <v>8</v>
       </c>
       <c r="C500" s="252" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="D500" s="253" t="s">
         <v>18</v>
       </c>
       <c r="E500" s="201" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="501" spans="1:6" ht="35.4" customHeight="1">
       <c r="A501" s="114" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B501" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C501" s="162" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D501" s="16" t="s">
         <v>40</v>
       </c>
       <c r="E501" s="157" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="502" spans="1:6" ht="35.4" customHeight="1">
       <c r="A502" s="114" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B502" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C502" s="162" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D502" s="16" t="s">
         <v>54</v>
       </c>
       <c r="E502" s="157" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="503" spans="1:6" ht="35.4" customHeight="1">
       <c r="A503" s="73" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B503" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C503" s="26" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="D503" s="16" t="s">
         <v>22</v>
       </c>
       <c r="E503" s="157" t="s">
         <v>22</v>
       </c>
       <c r="F503" s="21"/>
     </row>
     <row r="504" spans="1:6" ht="36.6" customHeight="1" thickBot="1">
       <c r="A504" s="78" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B504" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C504" s="158" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="D504" s="159" t="s">
         <v>55</v>
       </c>
       <c r="E504" s="160" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="505" spans="1:6" ht="15" thickBot="1">
       <c r="A505" s="127"/>
       <c r="B505" s="41"/>
       <c r="C505" s="161"/>
       <c r="D505" s="148"/>
       <c r="E505" s="149"/>
     </row>
     <row r="506" spans="1:6" ht="15" thickBot="1">
-      <c r="A506" s="275" t="s">
+      <c r="A506" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B506" s="276"/>
-[...2 lines deleted...]
-      <c r="E506" s="277"/>
+      <c r="B506" s="280"/>
+      <c r="C506" s="280"/>
+      <c r="D506" s="280"/>
+      <c r="E506" s="281"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B507" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C507" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D507" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E507" s="112" t="s">
         <v>6</v>
       </c>
       <c r="F507" s="33"/>
     </row>
     <row r="508" spans="1:6" ht="15" thickBot="1">
       <c r="A508" s="150" t="s">
         <v>24</v>
       </c>
       <c r="B508" s="125"/>
       <c r="C508" s="125"/>
@@ -12453,618 +12469,618 @@
       </c>
       <c r="B511" s="40"/>
       <c r="C511" s="41"/>
       <c r="D511" s="41"/>
       <c r="E511" s="42"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B512" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C512" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D512" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E512" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:6" ht="45.6" customHeight="1">
       <c r="A513" s="73" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B513" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C513" s="5" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D513" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E513" s="136" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="514" spans="1:6" ht="47.4" customHeight="1">
       <c r="A514" s="73" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B514" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C514" s="5" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D514" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E514" s="136" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="515" spans="1:6" ht="46.2" customHeight="1">
       <c r="A515" s="184" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B515" s="72" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C515" s="72" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D515" s="72" t="s">
         <v>18</v>
       </c>
       <c r="E515" s="96" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="516" spans="1:6" ht="46.2" customHeight="1">
       <c r="A516" s="73" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B516" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C516" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D516" s="2" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E516" s="45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="517" spans="1:6" ht="46.8" customHeight="1">
       <c r="A517" s="73" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B517" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="D517" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E517" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="518" spans="1:6" ht="46.2" customHeight="1">
       <c r="A518" s="73" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C518" s="5" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D518" s="5" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E518" s="136" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="519" spans="1:6" ht="46.2" customHeight="1">
       <c r="A519" s="73" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B519" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C519" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="D519" s="5" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E519" s="45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="520" spans="1:6" ht="46.2" customHeight="1">
       <c r="A520" s="73" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C520" s="24" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="D520" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E520" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="521" spans="1:6" ht="46.2" customHeight="1">
       <c r="A521" s="73" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C521" s="24" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="D521" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E521" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="522" spans="1:6" ht="46.2" customHeight="1">
       <c r="A522" s="73" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B522" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C522" s="24" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="D522" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E522" s="45" t="s">
         <v>40</v>
       </c>
       <c r="F522" s="21"/>
     </row>
     <row r="523" spans="1:6" ht="46.8" customHeight="1" thickBot="1">
       <c r="A523" s="78" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B523" s="47" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C523" s="163" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="D523" s="47" t="s">
         <v>15</v>
       </c>
       <c r="E523" s="79" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="524" spans="1:6" ht="15" thickBot="1">
       <c r="A524" s="205"/>
       <c r="B524" s="206"/>
       <c r="C524" s="206"/>
       <c r="D524" s="206"/>
       <c r="E524" s="207"/>
       <c r="F524" s="21"/>
     </row>
     <row r="525" spans="1:6" ht="15" thickBot="1">
-      <c r="A525" s="278" t="s">
+      <c r="A525" s="282" t="s">
         <v>23</v>
       </c>
-      <c r="B525" s="279"/>
-[...2 lines deleted...]
-      <c r="E525" s="280"/>
+      <c r="B525" s="283"/>
+      <c r="C525" s="283"/>
+      <c r="D525" s="283"/>
+      <c r="E525" s="284"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="164" t="s">
         <v>2</v>
       </c>
       <c r="B526" s="82" t="s">
         <v>3</v>
       </c>
       <c r="C526" s="82" t="s">
         <v>4</v>
       </c>
       <c r="D526" s="82" t="s">
         <v>5</v>
       </c>
       <c r="E526" s="87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="527" spans="1:6" ht="46.8" customHeight="1">
       <c r="A527" s="107" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B527" s="83" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C527" s="83" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="D527" s="83" t="s">
         <v>36</v>
       </c>
       <c r="E527" s="89" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="528" spans="1:6" ht="46.8" customHeight="1">
       <c r="A528" s="107" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B528" s="83" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C528" s="83" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="D528" s="83" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E528" s="89" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="529" spans="1:5" ht="47.4" customHeight="1">
       <c r="A529" s="107" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B529" s="83" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C529" s="83" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D529" s="83" t="s">
         <v>46</v>
       </c>
       <c r="E529" s="89" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="530" spans="1:5" ht="46.2" customHeight="1">
       <c r="A530" s="107" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B530" s="83" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C530" s="83" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D530" s="83" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E530" s="89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="531" spans="1:5" ht="45.6" customHeight="1">
       <c r="A531" s="165" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B531" s="84" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C531" s="83" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="D531" s="84" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E531" s="90" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="532" spans="1:5" ht="46.2" customHeight="1" thickBot="1">
       <c r="A532" s="108" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B532" s="109" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C532" s="109" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D532" s="109" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E532" s="122" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="533" spans="1:5" ht="15" thickBot="1"/>
     <row r="534" spans="1:5" ht="15" thickBot="1">
       <c r="A534" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B534" s="40"/>
       <c r="C534" s="41"/>
       <c r="D534" s="41"/>
       <c r="E534" s="42"/>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B535" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C535" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D535" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E535" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" s="73" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="D536" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E536" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" s="73" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="D537" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E537" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" s="73" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="D538" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E538" s="45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="539" spans="1:5" ht="71.400000000000006">
       <c r="A539" s="184" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B539" s="72" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C539" s="208" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="D539" s="72" t="s">
         <v>22</v>
       </c>
       <c r="E539" s="96" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" s="220" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B540" s="229" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C540" s="229" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D540" s="229" t="s">
         <v>19</v>
       </c>
       <c r="E540" s="236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="541" spans="1:5" ht="71.400000000000006">
       <c r="A541" s="184" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B541" s="72" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C541" s="72" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D541" s="72" t="s">
         <v>15</v>
       </c>
       <c r="E541" s="96" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="542" spans="1:5" ht="71.400000000000006">
       <c r="A542" s="73" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D542" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E542" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" s="73" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D543" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E543" s="45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="544" spans="1:5" ht="22.8">
       <c r="A544" s="73" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D544" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E544" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="73" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D545" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E545" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="73" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D546" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E546" s="45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="547" spans="1:6" ht="15" thickBot="1">
       <c r="A547" s="78" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B547" s="47" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C547" s="47" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D547" s="47" t="s">
         <v>15</v>
       </c>
       <c r="E547" s="79" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="548" spans="1:6" ht="15" thickBot="1">
       <c r="A548" s="127"/>
       <c r="B548" s="41"/>
       <c r="C548" s="41"/>
       <c r="D548" s="41"/>
       <c r="E548" s="42"/>
     </row>
     <row r="549" spans="1:6" ht="15" thickBot="1">
-      <c r="A549" s="275" t="s">
+      <c r="A549" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B549" s="276"/>
-[...2 lines deleted...]
-      <c r="E549" s="277"/>
+      <c r="B549" s="280"/>
+      <c r="C549" s="280"/>
+      <c r="D549" s="280"/>
+      <c r="E549" s="281"/>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="77" t="s">
         <v>2</v>
       </c>
       <c r="B550" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C550" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D550" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E550" s="112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="551" spans="1:6" ht="15" thickBot="1">
       <c r="A551" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B551" s="47"/>
       <c r="C551" s="47"/>
       <c r="D551" s="47"/>
@@ -13079,705 +13095,705 @@
       </c>
       <c r="B553" s="40"/>
       <c r="C553" s="41"/>
       <c r="D553" s="41"/>
       <c r="E553" s="42"/>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B554" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C554" s="29" t="s">
         <v>4</v>
       </c>
       <c r="D554" s="29" t="s">
         <v>5</v>
       </c>
       <c r="E554" s="44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="73" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C555" s="2" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="D555" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E555" s="45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="184" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B556" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C556" s="72" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="D556" s="72" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="96" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="73" t="s">
+        <v>199</v>
+      </c>
+      <c r="B557" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C557" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="D557" s="2" t="s">
         <v>200</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E557" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="73" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="D558" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E558" s="45" t="s">
         <v>9</v>
       </c>
       <c r="F558" s="21"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="73" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C559" s="2" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D559" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E559" s="45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="73" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="D560" s="2" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E560" s="45" t="s">
         <v>19</v>
       </c>
       <c r="F560" s="33"/>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="73" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="D561" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E561" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="220" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B562" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C562" s="229" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="D562" s="229" t="s">
         <v>40</v>
       </c>
       <c r="E562" s="236" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="563" spans="1:6" ht="15.6">
       <c r="A563" s="184" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B563" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C563" s="72" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="D563" s="72" t="s">
         <v>36</v>
       </c>
       <c r="E563" s="96" t="s">
         <v>13</v>
       </c>
       <c r="F563" s="36"/>
     </row>
     <row r="564" spans="1:6" ht="15.6">
       <c r="A564" s="73" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C564" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D564" s="2" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="E564" s="45" t="s">
         <v>9</v>
       </c>
       <c r="F564" s="36"/>
     </row>
     <row r="565" spans="1:6" ht="16.2" thickBot="1">
       <c r="A565" s="78" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B565" s="47" t="s">
         <v>8</v>
       </c>
       <c r="C565" s="47" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="D565" s="47" t="s">
         <v>19</v>
       </c>
       <c r="E565" s="79" t="s">
         <v>19</v>
       </c>
       <c r="F565" s="36"/>
     </row>
     <row r="566" spans="1:6" ht="16.2" thickBot="1">
       <c r="A566" s="146"/>
       <c r="B566" s="94"/>
       <c r="C566" s="94"/>
       <c r="D566" s="94"/>
       <c r="E566" s="95"/>
       <c r="F566" s="36"/>
     </row>
     <row r="567" spans="1:6" ht="15" thickBot="1">
-      <c r="A567" s="281" t="s">
+      <c r="A567" s="285" t="s">
         <v>23</v>
       </c>
-      <c r="B567" s="282"/>
-[...2 lines deleted...]
-      <c r="E567" s="283"/>
+      <c r="B567" s="286"/>
+      <c r="C567" s="286"/>
+      <c r="D567" s="286"/>
+      <c r="E567" s="287"/>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="101" t="s">
         <v>2</v>
       </c>
       <c r="B568" s="99" t="s">
         <v>3</v>
       </c>
       <c r="C568" s="99" t="s">
         <v>4</v>
       </c>
       <c r="D568" s="99" t="s">
         <v>5</v>
       </c>
       <c r="E568" s="102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B569" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C569" s="83" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="D569" s="83" t="s">
         <v>15</v>
       </c>
       <c r="E569" s="89" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B570" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C570" s="83" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="D570" s="83" t="s">
         <v>54</v>
       </c>
       <c r="E570" s="89" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B571" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C571" s="83" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D571" s="83" t="s">
         <v>13</v>
       </c>
       <c r="E571" s="175" t="s">
         <v>13</v>
       </c>
       <c r="F571" s="30"/>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B572" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C572" s="83" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="D572" s="83" t="s">
         <v>13</v>
       </c>
       <c r="E572" s="176" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B573" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C573" s="83" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="D573" s="83" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E573" s="175" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B574" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C574" s="83" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="D574" s="83" t="s">
         <v>21</v>
       </c>
       <c r="E574" s="89" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B575" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C575" s="83" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="D575" s="83" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="E575" s="89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B576" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C576" s="83" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="D576" s="83" t="s">
         <v>18</v>
       </c>
       <c r="E576" s="89" t="s">
         <v>18</v>
       </c>
       <c r="F576" s="21"/>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B577" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C577" s="83" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="D577" s="83" t="s">
         <v>34</v>
       </c>
       <c r="E577" s="89" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B578" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C578" s="83" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="D578" s="83" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E578" s="89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" s="107" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B579" s="83" t="s">
         <v>8</v>
       </c>
       <c r="C579" s="83" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="D579" s="83" t="s">
         <v>9</v>
       </c>
       <c r="E579" s="89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="580" spans="1:5" ht="15" thickBot="1">
       <c r="A580" s="108" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B580" s="109" t="s">
         <v>8</v>
       </c>
       <c r="C580" s="109" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="D580" s="109" t="s">
         <v>55</v>
       </c>
       <c r="E580" s="122" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="581" spans="1:5" ht="15" thickBot="1"/>
     <row r="582" spans="1:5" ht="15" thickBot="1">
       <c r="A582" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B582" s="40"/>
       <c r="C582" s="41"/>
       <c r="D582" s="41"/>
       <c r="E582" s="42"/>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" s="128" t="s">
         <v>2</v>
       </c>
       <c r="B583" s="129" t="s">
         <v>3</v>
       </c>
       <c r="C583" s="129" t="s">
         <v>4</v>
       </c>
       <c r="D583" s="129" t="s">
         <v>5</v>
       </c>
       <c r="E583" s="130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="584" spans="1:5" ht="57.6">
       <c r="A584" s="254" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B584" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C584" s="229" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="D584" s="229" t="s">
         <v>19</v>
       </c>
       <c r="E584" s="236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="585" spans="1:5" ht="57.6">
       <c r="A585" s="254" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B585" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C585" s="72" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="D585" s="72" t="s">
         <v>27</v>
       </c>
       <c r="E585" s="96" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="586" spans="1:5" ht="57.6">
       <c r="A586" s="254" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B586" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C586" s="2" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D586" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E586" s="45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="587" spans="1:5" ht="57.6">
       <c r="A587" s="254" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C587" s="2" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D587" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E587" s="45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="588" spans="1:5" ht="57.6">
       <c r="A588" s="254" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B588" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C588" s="2" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="D588" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E588" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="589" spans="1:5" ht="58.2" thickBot="1">
       <c r="A589" s="254" t="s">
+        <v>496</v>
+      </c>
+      <c r="B589" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="C589" s="47" t="s">
         <v>499</v>
-      </c>
-[...4 lines deleted...]
-        <v>502</v>
       </c>
       <c r="D589" s="47" t="s">
         <v>15</v>
       </c>
       <c r="E589" s="79" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="590" spans="1:5" ht="15" thickBot="1">
       <c r="A590" s="166"/>
       <c r="B590" s="41"/>
       <c r="C590" s="41"/>
       <c r="D590" s="41"/>
       <c r="E590" s="42"/>
     </row>
     <row r="591" spans="1:5" ht="15" thickBot="1">
-      <c r="A591" s="275" t="s">
+      <c r="A591" s="279" t="s">
         <v>23</v>
       </c>
-      <c r="B591" s="276"/>
-[...2 lines deleted...]
-      <c r="E591" s="277"/>
+      <c r="B591" s="280"/>
+      <c r="C591" s="280"/>
+      <c r="D591" s="280"/>
+      <c r="E591" s="281"/>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" s="202" t="s">
         <v>2</v>
       </c>
       <c r="B592" s="203" t="s">
         <v>3</v>
       </c>
       <c r="C592" s="203" t="s">
         <v>4</v>
       </c>
       <c r="D592" s="203" t="s">
         <v>5</v>
       </c>
       <c r="E592" s="204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="593" spans="1:5" ht="57.6">
       <c r="A593" s="254" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B593" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C593" s="229" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="D593" s="255" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E593" s="256" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="594" spans="1:5" ht="57.6">
-      <c r="A594" s="305" t="s">
-        <v>499</v>
+      <c r="A594" s="278" t="s">
+        <v>496</v>
       </c>
       <c r="B594" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C594" s="103" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="D594" s="271" t="s">
         <v>54</v>
       </c>
       <c r="E594" s="272" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="595" spans="1:5" ht="57.6">
       <c r="A595" s="254" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B595" s="229" t="s">
         <v>8</v>
       </c>
       <c r="C595" s="229" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="D595" s="255" t="s">
         <v>20</v>
       </c>
       <c r="E595" s="256" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="596" spans="1:5" ht="58.2" thickBot="1">
       <c r="A596" s="265" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B596" s="262" t="s">
         <v>8</v>
       </c>
       <c r="C596" s="262" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="D596" s="273" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E596" s="274" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="35">
     <mergeCell ref="A144:E144"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A51:E51"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A128:E128"/>
     <mergeCell ref="A113:E113"/>
     <mergeCell ref="A34:E34"/>
     <mergeCell ref="A65:E65"/>
     <mergeCell ref="A164:E164"/>
     <mergeCell ref="A176:E176"/>
     <mergeCell ref="A189:E189"/>
     <mergeCell ref="A205:E205"/>
     <mergeCell ref="A218:E218"/>
     <mergeCell ref="A241:E241"/>
     <mergeCell ref="A256:E256"/>
     <mergeCell ref="A268:E268"/>
     <mergeCell ref="A245:E245"/>