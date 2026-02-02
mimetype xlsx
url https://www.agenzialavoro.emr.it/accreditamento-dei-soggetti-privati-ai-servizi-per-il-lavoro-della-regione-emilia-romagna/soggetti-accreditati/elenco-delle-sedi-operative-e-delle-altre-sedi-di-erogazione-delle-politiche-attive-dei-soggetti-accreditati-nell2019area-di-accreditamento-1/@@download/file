--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2025/COMMISSIONE 9/DETERMINA/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2026/COMMISSIONE 1/DETERMINA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2560" documentId="13_ncr:1_{378A9707-9C7D-4371-BC3F-CAF48A7D7FE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3F5ECA85-E2E6-4C70-A8E5-2F27DC6D263D}"/>
+  <xr:revisionPtr revIDLastSave="2719" documentId="13_ncr:1_{378A9707-9C7D-4371-BC3F-CAF48A7D7FE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B24D15EE-BA34-4600-81C2-1C4990710FB8}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sedi A1" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">#N/A</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Sedi A1'!$A$1:$E$596</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Sedi A1'!$A$1:$E$599</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2295" uniqueCount="520">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2312" uniqueCount="526">
   <si>
     <t>AREA DI ACCREDITAMENTO 1 - ELENCO COMPLETO SEDI OPERATIVE E ALTRE SEDI DI POLITICA ATTIVA</t>
   </si>
   <si>
     <t>Sedi operative area 1</t>
   </si>
   <si>
     <t>ragione_sociale</t>
   </si>
   <si>
     <t>tipologia soggetto</t>
   </si>
   <si>
     <t>indirizzo</t>
   </si>
   <si>
     <t>comune</t>
   </si>
   <si>
     <t>provincia</t>
   </si>
   <si>
     <t>ADECCO ITALIA SPA</t>
   </si>
   <si>
@@ -1626,53 +1626,50 @@
     <t>Corso della Giovecca, 147</t>
   </si>
   <si>
     <t>Via Roma, 228/230</t>
   </si>
   <si>
     <t xml:space="preserve">Via Baldassarre Peruzzi, 2/c </t>
   </si>
   <si>
     <t>Via Antonio Gramsci, 54 M/N</t>
   </si>
   <si>
     <t>Via La Spezia, 4/a</t>
   </si>
   <si>
     <t>Via Cittadini, 15</t>
   </si>
   <si>
     <t>Via Carlo Zucchi, 21</t>
   </si>
   <si>
     <t>Strada degli Schiocchi, 14 e 18</t>
   </si>
   <si>
     <t>Via Giuseppe Mazzini, 365</t>
-  </si>
-[...1 lines deleted...]
-    <t>Via Pico, 46/48</t>
   </si>
   <si>
     <t>Via Trieste, 84</t>
   </si>
   <si>
     <t>Via Cavour, 60/C</t>
   </si>
   <si>
     <t>Via Bulgarelli, 9/C</t>
   </si>
   <si>
     <t>Via San Donato, 205</t>
   </si>
   <si>
     <t>Via Giovanni Brugnoli, 13</t>
   </si>
   <si>
     <t>Via Bellucci, 3</t>
   </si>
   <si>
     <t>Piazzale Oscar Romero, 1/O e 1/A</t>
   </si>
   <si>
     <t>WINNER MESTIERI EMILIA ROMAGNA SOCIETÀ COOPERATIVA SOCIALE</t>
   </si>
@@ -1775,50 +1772,71 @@
   </si>
   <si>
     <t>Via Kennedy, 8</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Via Salvo D'Acquisto, 1/A                   </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Non attiva per nuovi utenti in quanto comunicata la chiusura a far data dal 01/12/2025</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
+  </si>
+  <si>
+    <t>Via P. Gobetti, 12</t>
+  </si>
+  <si>
+    <t>Via Bonali, 80-82-84</t>
+  </si>
+  <si>
+    <t>Ragione_sociale</t>
+  </si>
+  <si>
+    <t>Tipologia soggetto</t>
+  </si>
+  <si>
+    <t>Indirizzo</t>
+  </si>
+  <si>
+    <t>Comune</t>
+  </si>
+  <si>
+    <t>Provincia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1896,51 +1914,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14993743705557422"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="144">
+  <borders count="140">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
@@ -2703,63 +2721,50 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...11 lines deleted...]
-    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -3191,65 +3196,50 @@
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
-      <right style="medium">
-[...13 lines deleted...]
-      </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -3269,65 +3259,50 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
-      </top>
-[...13 lines deleted...]
-        <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="6" tint="0.59999389629810485"/>
@@ -3368,95 +3343,50 @@
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
-        <color auto="1"/>
-[...43 lines deleted...]
-      <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -3467,132 +3397,57 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...43 lines deleted...]
-    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
-      </bottom>
-[...28 lines deleted...]
-        <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top/>
       <bottom style="thin">
@@ -3783,102 +3638,199 @@
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="306">
+  <cellXfs count="288">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -3911,94 +3863,85 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
@@ -4007,732 +3950,693 @@
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="107" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="107" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="108" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="127" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="128" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="130" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="118" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="108" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="135" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="138" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="125" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="126" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="127" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="127" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="139" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="128" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="140" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="129" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="130" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="131" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="143" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="127" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="134" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="133" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="134" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="135" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="137" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="139" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
     <cellStyle name="Normale 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="11"/>
         <color rgb="FF9C0006"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
@@ -5019,8823 +4923,8893 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F596"/>
+  <dimension ref="A1:F599"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection sqref="A1:E596"/>
+    <sheetView tabSelected="1" topLeftCell="A596" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="A595" sqref="A595:E595"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="2" width="22.33203125" style="9" customWidth="1"/>
     <col min="3" max="3" width="28.6640625" style="9" customWidth="1"/>
     <col min="4" max="4" width="20.33203125" style="9" customWidth="1"/>
     <col min="5" max="5" width="22.33203125" style="9" customWidth="1"/>
-    <col min="6" max="6" width="93.33203125" style="27" customWidth="1"/>
-    <col min="7" max="16384" width="9" style="28"/>
+    <col min="6" max="6" width="93.33203125" style="25" customWidth="1"/>
+    <col min="7" max="16384" width="9" style="26"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
-      <c r="A1" s="300" t="s">
+      <c r="A1" s="272" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="300"/>
-[...2 lines deleted...]
-      <c r="E1" s="300"/>
+      <c r="B1" s="272"/>
+      <c r="C1" s="272"/>
+      <c r="D1" s="272"/>
+      <c r="E1" s="272"/>
     </row>
     <row r="2" spans="1:5" ht="15" thickBot="1"/>
     <row r="3" spans="1:5" ht="15" thickBot="1">
-      <c r="A3" s="65" t="s">
+      <c r="A3" s="60" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="66"/>
-[...2 lines deleted...]
-      <c r="E3" s="68"/>
+      <c r="B3" s="61"/>
+      <c r="C3" s="62"/>
+      <c r="D3" s="62"/>
+      <c r="E3" s="63"/>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="50" t="s">
-[...12 lines deleted...]
-        <v>6</v>
+      <c r="A4" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B4" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C4" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D4" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E4" s="51" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="5" spans="1:5">
-      <c r="A5" s="17" t="s">
+      <c r="A5" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="14" t="s">
+      <c r="B5" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="13" t="s">
         <v>321</v>
       </c>
-      <c r="D5" s="14" t="s">
+      <c r="D5" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="E5" s="56" t="s">
+      <c r="E5" s="52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:5">
-      <c r="A6" s="69" t="s">
+      <c r="A6" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="14" t="s">
+      <c r="B6" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="13" t="s">
         <v>320</v>
       </c>
-      <c r="D6" s="14" t="s">
+      <c r="D6" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="E6" s="56" t="s">
+      <c r="E6" s="52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:5">
-      <c r="A7" s="69" t="s">
+      <c r="A7" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="14" t="s">
+      <c r="B7" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="13" t="s">
         <v>319</v>
       </c>
-      <c r="D7" s="14" t="s">
+      <c r="D7" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="E7" s="56" t="s">
+      <c r="E7" s="52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:5">
-      <c r="A8" s="69" t="s">
+      <c r="A8" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="14" t="s">
+      <c r="B8" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="13" t="s">
         <v>318</v>
       </c>
-      <c r="D8" s="14" t="s">
+      <c r="D8" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="E8" s="56" t="s">
+      <c r="E8" s="52" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:5">
-      <c r="A9" s="69" t="s">
+      <c r="A9" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="178" t="s">
+      <c r="B9" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" s="161" t="s">
         <v>317</v>
       </c>
-      <c r="D9" s="14" t="s">
+      <c r="D9" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="E9" s="56" t="s">
+      <c r="E9" s="52" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:5">
-      <c r="A10" s="69" t="s">
+      <c r="A10" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="20" t="s">
+      <c r="B10" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="18" t="s">
         <v>316</v>
       </c>
-      <c r="D10" s="20" t="s">
+      <c r="D10" s="18" t="s">
         <v>14</v>
       </c>
-      <c r="E10" s="70" t="s">
+      <c r="E10" s="65" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:5">
-      <c r="A11" s="69" t="s">
+      <c r="A11" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="14" t="s">
+      <c r="B11" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="14" t="s">
+      <c r="D11" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="E11" s="59" t="s">
+      <c r="E11" s="54" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="69" t="s">
+      <c r="A12" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="20" t="s">
+      <c r="B12" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" s="18" t="s">
         <v>315</v>
       </c>
-      <c r="D12" s="20" t="s">
+      <c r="D12" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="E12" s="70" t="s">
+      <c r="E12" s="65" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:5">
-      <c r="A13" s="69" t="s">
+      <c r="A13" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="20" t="s">
+      <c r="B13" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="18" t="s">
         <v>314</v>
       </c>
-      <c r="D13" s="20" t="s">
+      <c r="D13" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="E13" s="70" t="s">
+      <c r="E13" s="65" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:5">
-      <c r="A14" s="69" t="s">
+      <c r="A14" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="14" t="s">
+      <c r="B14" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="13" t="s">
         <v>313</v>
       </c>
-      <c r="D14" s="14" t="s">
+      <c r="D14" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="E14" s="70" t="s">
+      <c r="E14" s="65" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="71.400000000000006">
-      <c r="A15" s="211" t="s">
+      <c r="A15" s="192" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="E15" s="212" t="s">
+      <c r="E15" s="193" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:5">
-      <c r="A16" s="17" t="s">
+      <c r="A16" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B16" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="14" t="s">
+      <c r="B16" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" s="13" t="s">
         <v>312</v>
       </c>
-      <c r="D16" s="14" t="s">
+      <c r="D16" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="E16" s="56" t="s">
+      <c r="E16" s="52" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="17" t="s">
+      <c r="A17" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B17" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="14" t="s">
+      <c r="B17" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" s="13" t="s">
         <v>311</v>
       </c>
-      <c r="D17" s="14" t="s">
+      <c r="D17" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="E17" s="70" t="s">
+      <c r="E17" s="65" t="s">
         <v>15</v>
       </c>
-      <c r="F17" s="21"/>
+      <c r="F17" s="19"/>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="17" t="s">
+      <c r="A18" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="14" t="s">
+      <c r="B18" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C18" s="13" t="s">
         <v>310</v>
       </c>
-      <c r="D18" s="14" t="s">
+      <c r="D18" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="E18" s="70" t="s">
+      <c r="E18" s="65" t="s">
         <v>13</v>
       </c>
-      <c r="F18" s="21"/>
+      <c r="F18" s="19"/>
     </row>
     <row r="19" spans="1:6">
-      <c r="A19" s="17" t="s">
+      <c r="A19" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B19" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="14" t="s">
+      <c r="B19" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C19" s="13" t="s">
         <v>246</v>
       </c>
-      <c r="D19" s="14" t="s">
+      <c r="D19" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="E19" s="70" t="s">
+      <c r="E19" s="65" t="s">
         <v>13</v>
       </c>
-      <c r="F19" s="21"/>
+      <c r="F19" s="19"/>
     </row>
     <row r="20" spans="1:6" ht="15" thickBot="1">
-      <c r="A20" s="61" t="s">
+      <c r="A20" s="56" t="s">
         <v>7</v>
       </c>
-      <c r="B20" s="62" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="62" t="s">
+      <c r="B20" s="57" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" s="57" t="s">
         <v>309</v>
       </c>
-      <c r="D20" s="62" t="s">
+      <c r="D20" s="57" t="s">
         <v>90</v>
       </c>
-      <c r="E20" s="71" t="s">
+      <c r="E20" s="66" t="s">
         <v>9</v>
       </c>
-      <c r="F20" s="21"/>
+      <c r="F20" s="19"/>
     </row>
     <row r="21" spans="1:6" ht="15" thickBot="1">
-      <c r="A21" s="46"/>
-[...3 lines deleted...]
-      <c r="E21" s="64"/>
+      <c r="A21" s="42"/>
+      <c r="B21" s="23"/>
+      <c r="C21" s="23"/>
+      <c r="D21" s="23"/>
+      <c r="E21" s="59"/>
     </row>
     <row r="22" spans="1:6" ht="15" thickBot="1">
-      <c r="A22" s="297" t="s">
+      <c r="A22" s="269" t="s">
         <v>23</v>
       </c>
-      <c r="B22" s="298"/>
-[...2 lines deleted...]
-      <c r="E22" s="299"/>
+      <c r="B22" s="270"/>
+      <c r="C22" s="270"/>
+      <c r="D22" s="270"/>
+      <c r="E22" s="271"/>
     </row>
     <row r="23" spans="1:6">
-      <c r="A23" s="128" t="s">
-[...12 lines deleted...]
-        <v>6</v>
+      <c r="A23" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B23" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C23" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D23" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E23" s="51" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="15" thickBot="1">
-      <c r="A24" s="137" t="s">
+      <c r="A24" s="121" t="s">
         <v>24</v>
       </c>
-      <c r="B24" s="47"/>
-[...2 lines deleted...]
-      <c r="E24" s="49"/>
+      <c r="B24" s="43"/>
+      <c r="C24" s="44"/>
+      <c r="D24" s="44"/>
+      <c r="E24" s="45"/>
     </row>
     <row r="25" spans="1:6" ht="15" thickBot="1">
       <c r="A25" s="7"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
     </row>
     <row r="26" spans="1:6" ht="15" thickBot="1">
-      <c r="A26" s="51" t="s">
+      <c r="A26" s="47" t="s">
         <v>1</v>
       </c>
-      <c r="B26" s="52"/>
-[...2 lines deleted...]
-      <c r="E26" s="54"/>
+      <c r="B26" s="48"/>
+      <c r="C26" s="49"/>
+      <c r="D26" s="49"/>
+      <c r="E26" s="50"/>
     </row>
     <row r="27" spans="1:6">
-      <c r="A27" s="50" t="s">
-[...12 lines deleted...]
-        <v>6</v>
+      <c r="A27" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B27" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C27" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D27" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E27" s="51" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="28" spans="1:6">
-      <c r="A28" s="17" t="s">
+      <c r="A28" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="B28" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="14" t="s">
+      <c r="B28" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C28" s="13" t="s">
         <v>308</v>
       </c>
-      <c r="D28" s="14" t="s">
+      <c r="D28" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="E28" s="56" t="s">
+      <c r="E28" s="52" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:6">
-      <c r="A29" s="17" t="s">
+      <c r="A29" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="B29" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="14" t="s">
+      <c r="B29" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" s="13" t="s">
         <v>307</v>
       </c>
-      <c r="D29" s="14" t="s">
+      <c r="D29" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="E29" s="56" t="s">
+      <c r="E29" s="52" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="22.8">
-      <c r="A30" s="193" t="s">
+      <c r="A30" s="176" t="s">
         <v>216</v>
       </c>
-      <c r="B30" s="194" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="194" t="s">
+      <c r="B30" s="177" t="s">
+        <v>8</v>
+      </c>
+      <c r="C30" s="177" t="s">
         <v>306</v>
       </c>
-      <c r="D30" s="194" t="s">
+      <c r="D30" s="177" t="s">
         <v>217</v>
       </c>
-      <c r="E30" s="195" t="s">
+      <c r="E30" s="178" t="s">
         <v>18</v>
       </c>
-      <c r="F30" s="21"/>
+      <c r="F30" s="19"/>
     </row>
     <row r="31" spans="1:6">
-      <c r="A31" s="17" t="s">
+      <c r="A31" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="B31" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="14" t="s">
+      <c r="B31" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C31" s="13" t="s">
         <v>305</v>
       </c>
-      <c r="D31" s="14" t="s">
+      <c r="D31" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="E31" s="56" t="s">
+      <c r="E31" s="52" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="15" thickBot="1">
-      <c r="A32" s="61" t="s">
+      <c r="A32" s="56" t="s">
         <v>216</v>
       </c>
-      <c r="B32" s="62" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="62" t="s">
+      <c r="B32" s="57" t="s">
+        <v>8</v>
+      </c>
+      <c r="C32" s="57" t="s">
         <v>304</v>
       </c>
-      <c r="D32" s="62" t="s">
+      <c r="D32" s="57" t="s">
         <v>9</v>
       </c>
-      <c r="E32" s="63" t="s">
+      <c r="E32" s="58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="15" thickBot="1">
-      <c r="A33" s="167"/>
-[...3 lines deleted...]
-      <c r="E33" s="168"/>
+      <c r="A33" s="150"/>
+      <c r="B33" s="23"/>
+      <c r="C33" s="23"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="151"/>
     </row>
     <row r="34" spans="1:6" ht="15" thickBot="1">
-      <c r="A34" s="297" t="s">
+      <c r="A34" s="269" t="s">
         <v>23</v>
       </c>
-      <c r="B34" s="298"/>
-[...2 lines deleted...]
-      <c r="E34" s="299"/>
+      <c r="B34" s="270"/>
+      <c r="C34" s="270"/>
+      <c r="D34" s="270"/>
+      <c r="E34" s="271"/>
     </row>
     <row r="35" spans="1:6">
-      <c r="A35" s="50" t="s">
-[...12 lines deleted...]
-        <v>6</v>
+      <c r="A35" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B35" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C35" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D35" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E35" s="51" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="15" thickBot="1">
       <c r="A36" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="11"/>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
-      <c r="E36" s="58"/>
+      <c r="E36" s="53"/>
     </row>
     <row r="37" spans="1:6" ht="15" thickBot="1"/>
     <row r="38" spans="1:6" ht="15" thickBot="1">
-      <c r="A38" s="51" t="s">
+      <c r="A38" s="47" t="s">
         <v>1</v>
       </c>
-      <c r="B38" s="52"/>
-[...22 lines deleted...]
-    <row r="40" spans="1:6" ht="22.8">
+      <c r="B38" s="48"/>
+      <c r="C38" s="49"/>
+      <c r="D38" s="49"/>
+      <c r="E38" s="50"/>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B39" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C39" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D39" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E39" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="71.400000000000006">
       <c r="A40" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C40" s="6" t="s">
-        <v>215</v>
+      <c r="C40" s="2" t="s">
+        <v>515</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E40" s="54" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" s="19"/>
     </row>
     <row r="41" spans="1:6" ht="22.8">
       <c r="A41" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>19</v>
+      </c>
+      <c r="E41" s="54" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:6" ht="22.8">
       <c r="A42" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>9</v>
+      </c>
+      <c r="E42" s="54" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:6" ht="22.8">
       <c r="A43" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" s="54" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="22.8">
+      <c r="A44" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C44" s="6" t="s">
         <v>252</v>
       </c>
-      <c r="D43" s="2" t="s">
+      <c r="D44" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="E43" s="59" t="s">
+      <c r="E44" s="54" t="s">
         <v>19</v>
       </c>
-      <c r="F43" s="30"/>
-[...2 lines deleted...]
-      <c r="A44" s="3" t="s">
+      <c r="F44" s="28"/>
+    </row>
+    <row r="45" spans="1:6" ht="75.599999999999994" customHeight="1">
+      <c r="A45" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B44" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D44" s="2" t="s">
+      <c r="B45" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="D45" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="E44" s="59" t="s">
+      <c r="E45" s="54" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="45" spans="1:6" ht="22.8">
-      <c r="A45" s="73" t="s">
+    <row r="46" spans="1:6" ht="22.8">
+      <c r="A46" s="68" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="6" t="s">
+      <c r="B46" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C46" s="6" t="s">
         <v>230</v>
       </c>
-      <c r="D45" s="2" t="s">
+      <c r="D46" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E45" s="59" t="s">
+      <c r="E46" s="54" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="22.8">
-      <c r="A46" s="73" t="s">
+    <row r="47" spans="1:6" ht="22.8">
+      <c r="A47" s="68" t="s">
         <v>25</v>
       </c>
-      <c r="B46" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D46" s="2" t="s">
+      <c r="B47" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="D47" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="E46" s="59" t="s">
+      <c r="E47" s="54" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="22.8">
-      <c r="A47" s="275" t="s">
+    <row r="48" spans="1:6" ht="22.8">
+      <c r="A48" s="247" t="s">
         <v>25</v>
       </c>
-      <c r="B47" s="197" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="270" t="s">
+      <c r="B48" s="180" t="s">
+        <v>8</v>
+      </c>
+      <c r="C48" s="242" t="s">
         <v>250</v>
       </c>
-      <c r="D47" s="197" t="s">
+      <c r="D48" s="180" t="s">
         <v>26</v>
       </c>
-      <c r="E47" s="263" t="s">
+      <c r="E48" s="235" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="48" spans="1:6" ht="22.8">
-      <c r="A48" s="222" t="s">
+    <row r="49" spans="1:5" ht="22.8">
+      <c r="A49" s="202" t="s">
         <v>25</v>
       </c>
-      <c r="B48" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="81" t="s">
+      <c r="B49" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C49" s="75" t="s">
         <v>226</v>
       </c>
-      <c r="D48" s="72" t="s">
+      <c r="D49" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="E48" s="186" t="s">
+      <c r="E49" s="169" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="49" spans="1:5" ht="23.4" thickBot="1">
-      <c r="A49" s="10" t="s">
+    <row r="50" spans="1:5" ht="23.4" thickBot="1">
+      <c r="A50" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="B49" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="22" t="s">
+      <c r="B50" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C50" s="20" t="s">
         <v>225</v>
       </c>
-      <c r="D49" s="11" t="s">
+      <c r="D50" s="11" t="s">
         <v>219</v>
       </c>
-      <c r="E49" s="58" t="s">
+      <c r="E50" s="53" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:5" ht="15" thickBot="1">
-[...5 lines deleted...]
-    </row>
     <row r="51" spans="1:5" ht="15" thickBot="1">
-      <c r="A51" s="301" t="s">
+      <c r="A51" s="179"/>
+      <c r="B51" s="49"/>
+      <c r="C51" s="49"/>
+      <c r="D51" s="49"/>
+      <c r="E51" s="50"/>
+    </row>
+    <row r="52" spans="1:5" ht="15" thickBot="1">
+      <c r="A52" s="273" t="s">
         <v>23</v>
       </c>
-      <c r="B51" s="283"/>
-[...22 lines deleted...]
-      <c r="A53" s="10" t="s">
+      <c r="B52" s="255"/>
+      <c r="C52" s="255"/>
+      <c r="D52" s="255"/>
+      <c r="E52" s="274"/>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B53" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C53" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D53" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E53" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="15" thickBot="1">
+      <c r="A54" s="10" t="s">
         <v>24</v>
       </c>
-      <c r="B53" s="11"/>
-[...9 lines deleted...]
-      <c r="E54" s="217"/>
+      <c r="B54" s="11"/>
+      <c r="C54" s="11"/>
+      <c r="D54" s="11"/>
+      <c r="E54" s="53"/>
     </row>
     <row r="55" spans="1:5" ht="15" thickBot="1">
-      <c r="A55" s="51" t="s">
+      <c r="A55" s="196"/>
+      <c r="B55" s="197"/>
+      <c r="C55" s="197"/>
+      <c r="D55" s="197"/>
+      <c r="E55" s="198"/>
+    </row>
+    <row r="56" spans="1:5" ht="15" thickBot="1">
+      <c r="A56" s="47" t="s">
         <v>1</v>
       </c>
-      <c r="B55" s="52"/>
-[...35 lines deleted...]
-        <v>227</v>
+      <c r="B56" s="48"/>
+      <c r="C56" s="49"/>
+      <c r="D56" s="49"/>
+      <c r="E56" s="199"/>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B57" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C57" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D57" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E57" s="51" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="22.8">
       <c r="A58" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C58" s="6" t="s">
-        <v>255</v>
+      <c r="C58" s="8" t="s">
+        <v>253</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>9</v>
+      </c>
+      <c r="E58" s="54" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="22.8">
       <c r="A59" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>256</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>254</v>
+      </c>
+      <c r="D59" s="74" t="s">
+        <v>27</v>
+      </c>
+      <c r="E59" s="54" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="22.8">
       <c r="A60" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>35</v>
+      </c>
+      <c r="E60" s="54" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="22.8">
       <c r="A61" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>258</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>256</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E61" s="41" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="22.8">
       <c r="A62" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B62" s="37" t="s">
-[...12 lines deleted...]
-    <row r="63" spans="1:5" ht="23.4" thickBot="1">
+      <c r="B62" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E62" s="41" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="22.8">
       <c r="A63" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C63" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="E63" s="54" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="22.8">
+      <c r="A64" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B64" s="35" t="s">
+        <v>8</v>
+      </c>
+      <c r="C64" s="36" t="s">
+        <v>259</v>
+      </c>
+      <c r="D64" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="E64" s="55" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A65" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C65" s="6" t="s">
         <v>260</v>
       </c>
-      <c r="D63" s="2" t="s">
+      <c r="D65" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="E63" s="59" t="s">
+      <c r="E65" s="54" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="64" spans="1:5" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A65" s="301" t="s">
+    <row r="66" spans="1:6" ht="15" thickBot="1">
+      <c r="A66" s="179"/>
+      <c r="B66" s="49"/>
+      <c r="C66" s="49"/>
+      <c r="D66" s="49"/>
+      <c r="E66" s="50"/>
+    </row>
+    <row r="67" spans="1:6" ht="15" thickBot="1">
+      <c r="A67" s="273" t="s">
         <v>23</v>
       </c>
-      <c r="B65" s="283"/>
-[...22 lines deleted...]
-      <c r="A67" s="10" t="s">
+      <c r="B67" s="255"/>
+      <c r="C67" s="255"/>
+      <c r="D67" s="255"/>
+      <c r="E67" s="274"/>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B68" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C68" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D68" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E68" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="15" thickBot="1">
+      <c r="A69" s="10" t="s">
         <v>24</v>
       </c>
-      <c r="B67" s="11"/>
-[...6 lines deleted...]
-      <c r="A69" s="51" t="s">
+      <c r="B69" s="11"/>
+      <c r="C69" s="11"/>
+      <c r="D69" s="11"/>
+      <c r="E69" s="53"/>
+    </row>
+    <row r="70" spans="1:6" ht="15" thickBot="1"/>
+    <row r="71" spans="1:6" ht="15" thickBot="1">
+      <c r="A71" s="47" t="s">
         <v>1</v>
       </c>
-      <c r="B69" s="52"/>
-[...22 lines deleted...]
-      <c r="A71" s="260" t="s">
+      <c r="B71" s="48"/>
+      <c r="C71" s="49"/>
+      <c r="D71" s="49"/>
+      <c r="E71" s="50"/>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B72" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C72" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D72" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E72" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="34.200000000000003">
+      <c r="A73" s="232" t="s">
         <v>211</v>
       </c>
-      <c r="B71" s="257" t="s">
+      <c r="B73" s="229" t="s">
         <v>30</v>
       </c>
-      <c r="C71" s="257" t="s">
+      <c r="C73" s="229" t="s">
         <v>303</v>
       </c>
-      <c r="D71" s="257" t="s">
+      <c r="D73" s="229" t="s">
         <v>9</v>
       </c>
-      <c r="E71" s="261" t="s">
+      <c r="E73" s="233" t="s">
         <v>9</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="F73" s="21"/>
     </row>
     <row r="74" spans="1:6" ht="34.200000000000003">
       <c r="A74" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>31</v>
+        <v>302</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="E74" s="59" t="s">
         <v>9</v>
       </c>
+      <c r="E74" s="54" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" s="19"/>
     </row>
     <row r="75" spans="1:6" ht="34.200000000000003">
       <c r="A75" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E75" s="59" t="s">
         <v>9</v>
       </c>
+      <c r="E75" s="54" t="s">
+        <v>9</v>
+      </c>
+      <c r="F75" s="19"/>
     </row>
     <row r="76" spans="1:6" ht="34.200000000000003">
       <c r="A76" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>299</v>
+        <v>31</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>32</v>
+      </c>
+      <c r="E76" s="54" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:6" ht="34.200000000000003">
-      <c r="A77" s="1" t="s">
+      <c r="A77" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>33</v>
+      </c>
+      <c r="E77" s="54" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:6" ht="34.200000000000003">
       <c r="A78" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-      <c r="F78" s="30"/>
+        <v>34</v>
+      </c>
+      <c r="E78" s="54" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="79" spans="1:6" ht="34.200000000000003">
       <c r="A79" s="1" t="s">
         <v>211</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C79" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" s="54" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="34.200000000000003">
+      <c r="A80" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E80" s="54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" s="28"/>
+    </row>
+    <row r="81" spans="1:6" ht="34.200000000000003">
+      <c r="A81" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C81" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="D79" s="2" t="s">
+      <c r="D81" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E79" s="59" t="s">
+      <c r="E81" s="54" t="s">
         <v>12</v>
       </c>
-      <c r="F79" s="19"/>
-[...2 lines deleted...]
-      <c r="A80" s="177" t="s">
+      <c r="F81" s="17"/>
+    </row>
+    <row r="82" spans="1:6" s="30" customFormat="1" ht="34.200000000000003">
+      <c r="A82" s="160" t="s">
         <v>211</v>
       </c>
-      <c r="B80" s="72" t="s">
+      <c r="B82" s="67" t="s">
         <v>30</v>
       </c>
-      <c r="C80" s="72" t="s">
+      <c r="C82" s="67" t="s">
         <v>296</v>
       </c>
-      <c r="D80" s="72" t="s">
+      <c r="D82" s="67" t="s">
         <v>36</v>
       </c>
-      <c r="E80" s="186" t="s">
+      <c r="E82" s="169" t="s">
         <v>13</v>
       </c>
-      <c r="F80" s="19"/>
-[...2 lines deleted...]
-      <c r="A81" s="169" t="s">
+      <c r="F82" s="17"/>
+    </row>
+    <row r="83" spans="1:6" ht="34.200000000000003">
+      <c r="A83" s="152" t="s">
         <v>211</v>
       </c>
-      <c r="B81" s="18" t="s">
+      <c r="B83" s="16" t="s">
         <v>30</v>
       </c>
-      <c r="C81" s="2" t="s">
+      <c r="C83" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D81" s="2" t="s">
+      <c r="D83" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="E81" s="59" t="s">
+      <c r="E83" s="54" t="s">
         <v>15</v>
       </c>
-      <c r="F81" s="19"/>
-[...2 lines deleted...]
-      <c r="A82" s="227" t="s">
+      <c r="F83" s="17"/>
+    </row>
+    <row r="84" spans="1:6" ht="34.200000000000003">
+      <c r="A84" s="204" t="s">
         <v>211</v>
       </c>
-      <c r="B82" s="228" t="s">
+      <c r="B84" s="205" t="s">
         <v>30</v>
       </c>
-      <c r="C82" s="229" t="s">
+      <c r="C84" s="206" t="s">
         <v>38</v>
       </c>
-      <c r="D82" s="229" t="s">
+      <c r="D84" s="206" t="s">
         <v>15</v>
       </c>
-      <c r="E82" s="230" t="s">
+      <c r="E84" s="207" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="83" spans="1:6" ht="34.200000000000003">
-      <c r="A83" s="177" t="s">
+    <row r="85" spans="1:6" ht="34.200000000000003">
+      <c r="A85" s="160" t="s">
         <v>211</v>
       </c>
-      <c r="B83" s="72" t="s">
+      <c r="B85" s="67" t="s">
         <v>30</v>
       </c>
-      <c r="C83" s="72" t="s">
+      <c r="C85" s="67" t="s">
         <v>39</v>
       </c>
-      <c r="D83" s="72" t="s">
+      <c r="D85" s="67" t="s">
         <v>18</v>
       </c>
-      <c r="E83" s="186" t="s">
+      <c r="E85" s="169" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="84" spans="1:6" ht="34.200000000000003">
-[...34 lines deleted...]
-    </row>
     <row r="86" spans="1:6" ht="34.200000000000003">
-      <c r="A86" s="3" t="s">
+      <c r="A86" s="1" t="s">
         <v>211</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C86" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E86" s="54" t="s">
+        <v>40</v>
+      </c>
+      <c r="F86" s="19"/>
+    </row>
+    <row r="87" spans="1:6" ht="34.200000000000003">
+      <c r="A87" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E87" s="54" t="s">
+        <v>22</v>
+      </c>
+      <c r="F87" s="19"/>
+    </row>
+    <row r="88" spans="1:6" ht="34.200000000000003">
+      <c r="A88" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C88" s="2" t="s">
         <v>293</v>
       </c>
-      <c r="D86" s="2" t="s">
+      <c r="D88" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="E86" s="59" t="s">
+      <c r="E88" s="54" t="s">
         <v>19</v>
       </c>
-      <c r="F86" s="21"/>
-[...2 lines deleted...]
-      <c r="A87" s="10" t="s">
+      <c r="F88" s="19"/>
+    </row>
+    <row r="89" spans="1:6" ht="34.799999999999997" thickBot="1">
+      <c r="A89" s="10" t="s">
         <v>211</v>
       </c>
-      <c r="B87" s="11" t="s">
+      <c r="B89" s="11" t="s">
         <v>30</v>
       </c>
-      <c r="C87" s="11" t="s">
+      <c r="C89" s="11" t="s">
         <v>292</v>
       </c>
-      <c r="D87" s="11" t="s">
+      <c r="D89" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="E87" s="58" t="s">
+      <c r="E89" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="F87" s="21"/>
-[...10 lines deleted...]
-      <c r="A89" s="303" t="s">
+      <c r="F89" s="19"/>
+    </row>
+    <row r="90" spans="1:6" ht="15" thickBot="1">
+      <c r="A90" s="78"/>
+      <c r="B90" s="12"/>
+      <c r="C90" s="12"/>
+      <c r="D90" s="12"/>
+      <c r="E90" s="79"/>
+      <c r="F90" s="276"/>
+    </row>
+    <row r="91" spans="1:6" ht="15" thickBot="1">
+      <c r="A91" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B89" s="304"/>
-[...22 lines deleted...]
-      <c r="A91" s="75" t="s">
+      <c r="B91" s="252"/>
+      <c r="C91" s="252"/>
+      <c r="D91" s="252"/>
+      <c r="E91" s="253"/>
+      <c r="F91" s="19"/>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B92" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C92" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D92" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E92" s="51" t="s">
+        <v>525</v>
+      </c>
+      <c r="F92" s="19"/>
+    </row>
+    <row r="93" spans="1:6" ht="34.200000000000003">
+      <c r="A93" s="70" t="s">
         <v>211</v>
       </c>
-      <c r="B91" s="213" t="s">
+      <c r="B93" s="194" t="s">
         <v>30</v>
       </c>
-      <c r="C91" s="188" t="s">
+      <c r="C93" s="171" t="s">
         <v>291</v>
       </c>
-      <c r="D91" s="188" t="s">
+      <c r="D93" s="171" t="s">
         <v>43</v>
       </c>
-      <c r="E91" s="214" t="s">
+      <c r="E93" s="195" t="s">
         <v>22</v>
       </c>
-      <c r="F91" s="21"/>
-[...2 lines deleted...]
-      <c r="A92" s="73" t="s">
+      <c r="F93" s="19"/>
+    </row>
+    <row r="94" spans="1:6" ht="34.200000000000003">
+      <c r="A94" s="68" t="s">
         <v>211</v>
       </c>
-      <c r="B92" s="2" t="s">
+      <c r="B94" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C92" s="189" t="s">
-[...2 lines deleted...]
-      <c r="D92" s="181" t="s">
+      <c r="C94" s="172" t="s">
+        <v>508</v>
+      </c>
+      <c r="D94" s="164" t="s">
         <v>44</v>
       </c>
-      <c r="E92" s="191" t="s">
+      <c r="E94" s="174" t="s">
         <v>26</v>
       </c>
-      <c r="F92" s="21"/>
-[...2 lines deleted...]
-      <c r="A93" s="75" t="s">
+      <c r="F94" s="19"/>
+    </row>
+    <row r="95" spans="1:6" ht="34.200000000000003">
+      <c r="A95" s="70" t="s">
         <v>211</v>
       </c>
-      <c r="B93" s="187" t="s">
+      <c r="B95" s="170" t="s">
         <v>30</v>
       </c>
-      <c r="C93" s="188" t="s">
+      <c r="C95" s="171" t="s">
         <v>290</v>
       </c>
-      <c r="D93" s="187" t="s">
+      <c r="D95" s="170" t="s">
         <v>45</v>
       </c>
-      <c r="E93" s="190" t="s">
+      <c r="E95" s="173" t="s">
         <v>40</v>
       </c>
-      <c r="F93" s="21"/>
-[...2 lines deleted...]
-      <c r="A94" s="88" t="s">
+      <c r="F95" s="19"/>
+    </row>
+    <row r="96" spans="1:6" ht="34.200000000000003">
+      <c r="A96" s="80" t="s">
         <v>211</v>
       </c>
-      <c r="B94" s="84" t="s">
+      <c r="B96" s="77" t="s">
         <v>30</v>
       </c>
-      <c r="C94" s="83" t="s">
+      <c r="C96" s="76" t="s">
         <v>289</v>
       </c>
-      <c r="D94" s="84" t="s">
+      <c r="D96" s="77" t="s">
         <v>46</v>
       </c>
-      <c r="E94" s="90" t="s">
+      <c r="E96" s="82" t="s">
         <v>40</v>
       </c>
-      <c r="F94" s="21"/>
-[...2 lines deleted...]
-      <c r="A95" s="73" t="s">
+      <c r="F96" s="19"/>
+    </row>
+    <row r="97" spans="1:6" ht="34.200000000000003">
+      <c r="A97" s="68" t="s">
         <v>211</v>
       </c>
-      <c r="B95" s="81" t="s">
+      <c r="B97" s="75" t="s">
         <v>30</v>
       </c>
-      <c r="C95" s="72" t="s">
+      <c r="C97" s="67" t="s">
         <v>288</v>
       </c>
-      <c r="D95" s="81" t="s">
+      <c r="D97" s="75" t="s">
         <v>242</v>
       </c>
-      <c r="E95" s="91" t="s">
+      <c r="E97" s="83" t="s">
         <v>40</v>
       </c>
-      <c r="F95" s="21"/>
-[...2 lines deleted...]
-      <c r="A96" s="220" t="s">
+      <c r="F97" s="19"/>
+    </row>
+    <row r="98" spans="1:6" ht="34.200000000000003">
+      <c r="A98" s="200" t="s">
         <v>211</v>
       </c>
-      <c r="B96" s="231" t="s">
+      <c r="B98" s="208" t="s">
         <v>30</v>
       </c>
-      <c r="C96" s="229" t="s">
+      <c r="C98" s="206" t="s">
         <v>287</v>
       </c>
-      <c r="D96" s="231" t="s">
+      <c r="D98" s="208" t="s">
         <v>15</v>
       </c>
-      <c r="E96" s="232" t="s">
+      <c r="E98" s="209" t="s">
         <v>15</v>
       </c>
-      <c r="F96" s="21"/>
-[...2 lines deleted...]
-      <c r="A97" s="179" t="s">
+      <c r="F98" s="19"/>
+    </row>
+    <row r="99" spans="1:6" ht="34.200000000000003">
+      <c r="A99" s="162" t="s">
         <v>211</v>
       </c>
-      <c r="B97" s="81" t="s">
+      <c r="B99" s="75" t="s">
         <v>30</v>
       </c>
-      <c r="C97" s="72" t="s">
+      <c r="C99" s="67" t="s">
         <v>286</v>
       </c>
-      <c r="D97" s="81" t="s">
+      <c r="D99" s="75" t="s">
         <v>47</v>
       </c>
-      <c r="E97" s="91" t="s">
+      <c r="E99" s="83" t="s">
         <v>12</v>
       </c>
-      <c r="F97" s="21"/>
-[...2 lines deleted...]
-      <c r="A98" s="73" t="s">
+      <c r="F99" s="19"/>
+    </row>
+    <row r="100" spans="1:6" ht="34.200000000000003">
+      <c r="A100" s="68" t="s">
         <v>211</v>
       </c>
-      <c r="B98" s="6" t="s">
+      <c r="B100" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="C98" s="2" t="s">
+      <c r="C100" s="2" t="s">
         <v>285</v>
       </c>
-      <c r="D98" s="6" t="s">
+      <c r="D100" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="E98" s="93" t="s">
+      <c r="E100" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="F98" s="21"/>
-[...2 lines deleted...]
-      <c r="A99" s="92" t="s">
+      <c r="F100" s="19"/>
+    </row>
+    <row r="101" spans="1:6" ht="34.200000000000003">
+      <c r="A101" s="84" t="s">
         <v>211</v>
       </c>
-      <c r="B99" s="6" t="s">
+      <c r="B101" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="C99" s="2" t="s">
+      <c r="C101" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="D99" s="6" t="s">
+      <c r="D101" s="6" t="s">
         <v>208</v>
       </c>
-      <c r="E99" s="93" t="s">
+      <c r="E101" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="F99" s="21"/>
-[...35 lines deleted...]
-      <c r="F101" s="21"/>
+      <c r="F101" s="19"/>
     </row>
     <row r="102" spans="1:6" ht="34.200000000000003">
-      <c r="A102" s="73" t="s">
+      <c r="A102" s="68" t="s">
         <v>211</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C102" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E102" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="F102" s="19"/>
+    </row>
+    <row r="103" spans="1:6" ht="34.200000000000003">
+      <c r="A103" s="68" t="s">
+        <v>211</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="41" t="s">
+        <v>13</v>
+      </c>
+      <c r="F103" s="19"/>
+    </row>
+    <row r="104" spans="1:6" ht="34.200000000000003">
+      <c r="A104" s="68" t="s">
+        <v>211</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C104" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="D102" s="2" t="s">
+      <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E102" s="45" t="s">
+      <c r="E104" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="103" spans="1:6" ht="34.799999999999997" thickBot="1">
-      <c r="A103" s="104" t="s">
+    <row r="105" spans="1:6" ht="34.799999999999997" thickBot="1">
+      <c r="A105" s="92" t="s">
         <v>211</v>
       </c>
-      <c r="B103" s="105" t="s">
+      <c r="B105" s="93" t="s">
         <v>30</v>
       </c>
-      <c r="C103" s="105" t="s">
+      <c r="C105" s="93" t="s">
         <v>281</v>
       </c>
-      <c r="D103" s="105" t="s">
+      <c r="D105" s="93" t="s">
         <v>9</v>
       </c>
-      <c r="E103" s="106" t="s">
+      <c r="E105" s="94" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="104" spans="1:6" ht="15" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A105" s="39" t="s">
+    <row r="106" spans="1:6" ht="15" thickBot="1"/>
+    <row r="107" spans="1:6" ht="15" thickBot="1">
+      <c r="A107" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B105" s="40"/>
-[...22 lines deleted...]
-      <c r="A107" s="97" t="s">
+      <c r="B107" s="38"/>
+      <c r="C107" s="39"/>
+      <c r="D107" s="39"/>
+      <c r="E107" s="40"/>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B108" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C108" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D108" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E108" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" s="89" t="s">
         <v>213</v>
       </c>
-      <c r="B107" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="98" t="s">
+      <c r="B109" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C109" s="90" t="s">
         <v>279</v>
       </c>
-      <c r="D107" s="72" t="s">
+      <c r="D109" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="E107" s="96" t="s">
+      <c r="E109" s="88" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="108" spans="1:6">
-      <c r="A108" s="73" t="s">
+    <row r="110" spans="1:6">
+      <c r="A110" s="68" t="s">
         <v>213</v>
       </c>
-      <c r="B108" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C108" s="31" t="s">
+      <c r="B110" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C110" s="29" t="s">
         <v>161</v>
       </c>
-      <c r="D108" s="2" t="s">
+      <c r="D110" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E108" s="45" t="s">
+      <c r="E110" s="41" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="109" spans="1:6">
-      <c r="A109" s="73" t="s">
+    <row r="111" spans="1:6">
+      <c r="A111" s="68" t="s">
         <v>213</v>
       </c>
-      <c r="B109" s="198" t="s">
-[...2 lines deleted...]
-      <c r="C109" s="181" t="s">
+      <c r="B111" s="181" t="s">
+        <v>8</v>
+      </c>
+      <c r="C111" s="164" t="s">
         <v>280</v>
       </c>
-      <c r="D109" s="192" t="s">
+      <c r="D111" s="175" t="s">
         <v>22</v>
       </c>
-      <c r="E109" s="45" t="s">
+      <c r="E111" s="41" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="110" spans="1:6">
-      <c r="A110" s="179" t="s">
+    <row r="112" spans="1:6">
+      <c r="A112" s="162" t="s">
         <v>213</v>
       </c>
-      <c r="B110" s="197" t="s">
-[...2 lines deleted...]
-      <c r="C110" s="103" t="s">
+      <c r="B112" s="180" t="s">
+        <v>8</v>
+      </c>
+      <c r="C112" s="91" t="s">
         <v>164</v>
       </c>
-      <c r="D110" s="103" t="s">
+      <c r="D112" s="91" t="s">
         <v>13</v>
       </c>
-      <c r="E110" s="180" t="s">
+      <c r="E112" s="163" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="111" spans="1:6" ht="15" thickBot="1">
-      <c r="A111" s="108" t="s">
+    <row r="113" spans="1:6" ht="15" thickBot="1">
+      <c r="A113" s="96" t="s">
         <v>213</v>
       </c>
-      <c r="B111" s="109" t="s">
-[...2 lines deleted...]
-      <c r="C111" s="109" t="s">
+      <c r="B113" s="97" t="s">
+        <v>8</v>
+      </c>
+      <c r="C113" s="97" t="s">
         <v>278</v>
       </c>
-      <c r="D111" s="110" t="s">
+      <c r="D113" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="E111" s="111" t="s">
+      <c r="E113" s="99" t="s">
         <v>166</v>
       </c>
-      <c r="F111" s="21"/>
-[...6 lines deleted...]
-      <c r="A113" s="297" t="s">
+      <c r="F113" s="19"/>
+    </row>
+    <row r="114" spans="1:6" ht="15" thickBot="1">
+      <c r="A114" s="70"/>
+      <c r="E114" s="71"/>
+    </row>
+    <row r="115" spans="1:6" ht="15" thickBot="1">
+      <c r="A115" s="269" t="s">
         <v>23</v>
       </c>
-      <c r="B113" s="298"/>
-[...22 lines deleted...]
-      <c r="A115" s="104" t="s">
+      <c r="B115" s="270"/>
+      <c r="C115" s="270"/>
+      <c r="D115" s="270"/>
+      <c r="E115" s="271"/>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B116" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C116" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D116" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E116" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" ht="15" thickBot="1">
+      <c r="A117" s="92" t="s">
         <v>24</v>
       </c>
-      <c r="B115" s="105"/>
-[...12 lines deleted...]
-      <c r="A117" s="39" t="s">
+      <c r="B117" s="93"/>
+      <c r="C117" s="93"/>
+      <c r="D117" s="93"/>
+      <c r="E117" s="94"/>
+    </row>
+    <row r="118" spans="1:6" ht="15" thickBot="1">
+      <c r="A118" s="39"/>
+      <c r="B118" s="165"/>
+      <c r="C118" s="39"/>
+      <c r="D118" s="139"/>
+      <c r="E118" s="165"/>
+    </row>
+    <row r="119" spans="1:6" ht="15" thickBot="1">
+      <c r="A119" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B117" s="40"/>
-[...22 lines deleted...]
-      <c r="A119" s="73" t="s">
+      <c r="B119" s="38"/>
+      <c r="C119" s="39"/>
+      <c r="D119" s="39"/>
+      <c r="E119" s="40"/>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B120" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C120" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D120" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E120" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" ht="22.8">
+      <c r="A121" s="68" t="s">
         <v>50</v>
       </c>
-      <c r="B119" s="2" t="s">
+      <c r="B121" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C119" s="2" t="s">
+      <c r="C121" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="D119" s="2" t="s">
+      <c r="D121" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E119" s="45" t="s">
+      <c r="E121" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="120" spans="1:5" ht="22.8">
-      <c r="A120" s="220" t="s">
+    <row r="122" spans="1:6" ht="22.8">
+      <c r="A122" s="200" t="s">
         <v>50</v>
       </c>
-      <c r="B120" s="229" t="s">
+      <c r="B122" s="206" t="s">
         <v>51</v>
       </c>
-      <c r="C120" s="229" t="s">
+      <c r="C122" s="206" t="s">
         <v>276</v>
       </c>
-      <c r="D120" s="229" t="s">
+      <c r="D122" s="206" t="s">
         <v>19</v>
       </c>
-      <c r="E120" s="236" t="s">
+      <c r="E122" s="210" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="121" spans="1:5" ht="22.8">
-      <c r="A121" s="184" t="s">
+    <row r="123" spans="1:6" ht="22.8">
+      <c r="A123" s="167" t="s">
         <v>50</v>
       </c>
-      <c r="B121" s="238" t="s">
+      <c r="B123" s="212" t="s">
         <v>51</v>
       </c>
-      <c r="C121" s="188" t="s">
+      <c r="C123" s="171" t="s">
         <v>274</v>
       </c>
-      <c r="D121" s="98" t="s">
+      <c r="D123" s="90" t="s">
         <v>9</v>
       </c>
-      <c r="E121" s="96" t="s">
+      <c r="E123" s="88" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="122" spans="1:5" ht="22.8">
-[...34 lines deleted...]
-      <c r="A124" s="73" t="s">
+    <row r="124" spans="1:6" ht="22.8">
+      <c r="A124" s="68" t="s">
         <v>50</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C124" s="2" t="s">
-        <v>270</v>
+      <c r="C124" s="67" t="s">
+        <v>277</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      <c r="A125" s="73" t="s">
+        <v>18</v>
+      </c>
+      <c r="E124" s="41" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" ht="22.8">
+      <c r="A125" s="68" t="s">
         <v>50</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C125" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E125" s="41" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="22.8">
+      <c r="A126" s="68" t="s">
+        <v>50</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="41" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" ht="22.8">
+      <c r="A127" s="68" t="s">
+        <v>50</v>
+      </c>
+      <c r="B127" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C127" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="D125" s="2" t="s">
+      <c r="D127" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="E125" s="45" t="s">
+      <c r="E127" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="126" spans="1:5" ht="23.4" thickBot="1">
-      <c r="A126" s="78" t="s">
+    <row r="128" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A128" s="72" t="s">
         <v>50</v>
       </c>
-      <c r="B126" s="47" t="s">
+      <c r="B128" s="43" t="s">
         <v>51</v>
       </c>
-      <c r="C126" s="47" t="s">
+      <c r="C128" s="43" t="s">
         <v>272</v>
       </c>
-      <c r="D126" s="47" t="s">
+      <c r="D128" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="E126" s="79" t="s">
+      <c r="E128" s="73" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="127" spans="1:5" ht="15" thickBot="1">
-[...4 lines deleted...]
-      <c r="A128" s="288" t="s">
+    <row r="129" spans="1:5" ht="15" thickBot="1">
+      <c r="A129" s="70"/>
+      <c r="E129" s="71"/>
+    </row>
+    <row r="130" spans="1:5" ht="15" thickBot="1">
+      <c r="A130" s="260" t="s">
         <v>23</v>
       </c>
-      <c r="B128" s="289"/>
-[...22 lines deleted...]
-      <c r="A130" s="78" t="s">
+      <c r="B130" s="261"/>
+      <c r="C130" s="261"/>
+      <c r="D130" s="261"/>
+      <c r="E130" s="262"/>
+    </row>
+    <row r="131" spans="1:5">
+      <c r="A131" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B131" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C131" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D131" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E131" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" ht="15" thickBot="1">
+      <c r="A132" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="B130" s="47"/>
-[...8 lines deleted...]
-      <c r="A132" s="39" t="s">
+      <c r="B132" s="43"/>
+      <c r="C132" s="43"/>
+      <c r="D132" s="43"/>
+      <c r="E132" s="73"/>
+    </row>
+    <row r="133" spans="1:5" ht="15" thickBot="1">
+      <c r="E133" s="86"/>
+    </row>
+    <row r="134" spans="1:5" ht="15" thickBot="1">
+      <c r="A134" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B132" s="41"/>
-[...22 lines deleted...]
-      <c r="A134" s="184" t="s">
+      <c r="B134" s="39"/>
+      <c r="C134" s="39"/>
+      <c r="D134" s="39"/>
+      <c r="E134" s="40"/>
+    </row>
+    <row r="135" spans="1:5">
+      <c r="A135" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B135" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C135" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D135" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E135" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" ht="22.8">
+      <c r="A136" s="167" t="s">
         <v>53</v>
       </c>
-      <c r="B134" s="98" t="s">
-[...2 lines deleted...]
-      <c r="C134" s="113" t="s">
+      <c r="B136" s="90" t="s">
+        <v>8</v>
+      </c>
+      <c r="C136" s="100" t="s">
         <v>269</v>
       </c>
-      <c r="D134" s="72" t="s">
+      <c r="D136" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="E134" s="96" t="s">
+      <c r="E136" s="88" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="135" spans="1:6" ht="22.8">
-      <c r="A135" s="73" t="s">
+    <row r="137" spans="1:5" ht="22.8">
+      <c r="A137" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B135" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C135" s="2" t="s">
+      <c r="B137" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C137" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="D135" s="2" t="s">
+      <c r="D137" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E135" s="45" t="s">
+      <c r="E137" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="136" spans="1:6" ht="22.8">
-      <c r="A136" s="73" t="s">
+    <row r="138" spans="1:5" ht="22.8">
+      <c r="A138" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B136" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C136" s="2" t="s">
+      <c r="B138" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C138" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="D136" s="2" t="s">
+      <c r="D138" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E136" s="45" t="s">
+      <c r="E138" s="41" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="137" spans="1:6" ht="22.8">
-      <c r="A137" s="220" t="s">
+    <row r="139" spans="1:5" ht="22.8">
+      <c r="A139" s="200" t="s">
         <v>53</v>
       </c>
-      <c r="B137" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C137" s="221" t="s">
+      <c r="B139" s="205" t="s">
+        <v>8</v>
+      </c>
+      <c r="C139" s="201" t="s">
         <v>266</v>
       </c>
-      <c r="D137" s="229" t="s">
+      <c r="D139" s="206" t="s">
         <v>19</v>
       </c>
-      <c r="E137" s="236" t="s">
+      <c r="E139" s="210" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="138" spans="1:6" ht="22.8">
-      <c r="A138" s="184" t="s">
+    <row r="140" spans="1:5" ht="22.8">
+      <c r="A140" s="167" t="s">
         <v>53</v>
       </c>
-      <c r="B138" s="98" t="s">
-[...2 lines deleted...]
-      <c r="C138" s="72" t="s">
+      <c r="B140" s="90" t="s">
+        <v>8</v>
+      </c>
+      <c r="C140" s="67" t="s">
         <v>265</v>
       </c>
-      <c r="D138" s="72" t="s">
+      <c r="D140" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="E138" s="96" t="s">
+      <c r="E140" s="88" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="139" spans="1:6" ht="22.8">
-      <c r="A139" s="73" t="s">
+    <row r="141" spans="1:5" ht="22.8">
+      <c r="A141" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B139" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C139" s="2" t="s">
+      <c r="B141" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C141" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="D139" s="2" t="s">
+      <c r="D141" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E139" s="45" t="s">
+      <c r="E141" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="140" spans="1:6" ht="22.8">
-      <c r="A140" s="73" t="s">
+    <row r="142" spans="1:5" ht="22.8">
+      <c r="A142" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B140" s="37" t="s">
-[...2 lines deleted...]
-      <c r="C140" s="2" t="s">
+      <c r="B142" s="35" t="s">
+        <v>8</v>
+      </c>
+      <c r="C142" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="D140" s="2" t="s">
+      <c r="D142" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E140" s="45" t="s">
+      <c r="E142" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="141" spans="1:6" ht="22.8">
-      <c r="A141" s="114" t="s">
+    <row r="143" spans="1:5" ht="22.8">
+      <c r="A143" s="101" t="s">
         <v>53</v>
       </c>
-      <c r="B141" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C141" s="172" t="s">
+      <c r="B143" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C143" s="155" t="s">
         <v>262</v>
       </c>
-      <c r="D141" s="18" t="s">
+      <c r="D143" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="E141" s="45" t="s">
+      <c r="E143" s="41" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="142" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A142" s="78" t="s">
+    <row r="144" spans="1:5" ht="23.4" thickBot="1">
+      <c r="A144" s="72" t="s">
         <v>53</v>
       </c>
-      <c r="B142" s="170" t="s">
-[...2 lines deleted...]
-      <c r="C142" s="173" t="s">
+      <c r="B144" s="153" t="s">
+        <v>8</v>
+      </c>
+      <c r="C144" s="156" t="s">
         <v>261</v>
       </c>
-      <c r="D142" s="171" t="s">
+      <c r="D144" s="154" t="s">
         <v>26</v>
       </c>
-      <c r="E142" s="79" t="s">
+      <c r="E144" s="73" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="143" spans="1:6" ht="15" thickBot="1">
-[...5 lines deleted...]
-      <c r="A144" s="297" t="s">
+    <row r="145" spans="1:6" ht="15" thickBot="1">
+      <c r="A145" s="70"/>
+      <c r="E145" s="71"/>
+      <c r="F145" s="28"/>
+    </row>
+    <row r="146" spans="1:6" ht="15" thickBot="1">
+      <c r="A146" s="269" t="s">
         <v>23</v>
       </c>
-      <c r="B144" s="298"/>
-[...22 lines deleted...]
-      <c r="A146" s="114" t="s">
+      <c r="B146" s="270"/>
+      <c r="C146" s="270"/>
+      <c r="D146" s="270"/>
+      <c r="E146" s="271"/>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B147" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C147" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D147" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E147" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" ht="22.8">
+      <c r="A148" s="101" t="s">
         <v>53</v>
       </c>
-      <c r="B146" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C146" s="118" t="s">
+      <c r="B148" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C148" s="104" t="s">
         <v>325</v>
       </c>
-      <c r="D146" s="83" t="s">
+      <c r="D148" s="76" t="s">
         <v>54</v>
       </c>
-      <c r="E146" s="89" t="s">
+      <c r="E148" s="81" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="147" spans="1:6" ht="22.8">
-      <c r="A147" s="73" t="s">
+    <row r="149" spans="1:6" ht="22.8">
+      <c r="A149" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B147" s="119" t="s">
-[...2 lines deleted...]
-      <c r="C147" s="83" t="s">
+      <c r="B149" s="105" t="s">
+        <v>8</v>
+      </c>
+      <c r="C149" s="76" t="s">
         <v>326</v>
       </c>
-      <c r="D147" s="83" t="s">
+      <c r="D149" s="76" t="s">
         <v>55</v>
       </c>
-      <c r="E147" s="89" t="s">
+      <c r="E149" s="81" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="148" spans="1:6" ht="22.8">
-      <c r="A148" s="73" t="s">
+    <row r="150" spans="1:6" ht="22.8">
+      <c r="A150" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B148" s="115" t="s">
-[...2 lines deleted...]
-      <c r="C148" s="83" t="s">
+      <c r="B150" s="102" t="s">
+        <v>8</v>
+      </c>
+      <c r="C150" s="76" t="s">
         <v>62</v>
       </c>
-      <c r="D148" s="83" t="s">
+      <c r="D150" s="76" t="s">
         <v>36</v>
       </c>
-      <c r="E148" s="89" t="s">
+      <c r="E150" s="81" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="149" spans="1:6" ht="22.8">
-      <c r="A149" s="73" t="s">
+    <row r="151" spans="1:6" ht="22.8">
+      <c r="A151" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B149" s="115" t="s">
-[...2 lines deleted...]
-      <c r="C149" s="117" t="s">
+      <c r="B151" s="102" t="s">
+        <v>8</v>
+      </c>
+      <c r="C151" s="103" t="s">
         <v>63</v>
       </c>
-      <c r="D149" s="83" t="s">
+      <c r="D151" s="76" t="s">
         <v>35</v>
       </c>
-      <c r="E149" s="89" t="s">
+      <c r="E151" s="81" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="150" spans="1:6" s="32" customFormat="1" ht="22.8">
-      <c r="A150" s="73" t="s">
+    <row r="152" spans="1:6" s="30" customFormat="1" ht="22.8">
+      <c r="A152" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B150" s="115" t="s">
-[...5 lines deleted...]
-      <c r="D150" s="83" t="s">
+      <c r="B152" s="102" t="s">
+        <v>8</v>
+      </c>
+      <c r="C152" s="103" t="s">
+        <v>509</v>
+      </c>
+      <c r="D152" s="76" t="s">
         <v>249</v>
       </c>
-      <c r="E150" s="45" t="s">
+      <c r="E152" s="41" t="s">
         <v>19</v>
       </c>
-      <c r="F150" s="30"/>
-[...2 lines deleted...]
-      <c r="A151" s="73" t="s">
+      <c r="F152" s="28"/>
+    </row>
+    <row r="153" spans="1:6" ht="22.8">
+      <c r="A153" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B151" s="115" t="s">
-[...2 lines deleted...]
-      <c r="C151" s="83" t="s">
+      <c r="B153" s="102" t="s">
+        <v>8</v>
+      </c>
+      <c r="C153" s="76" t="s">
         <v>328</v>
       </c>
-      <c r="D151" s="83" t="s">
+      <c r="D153" s="76" t="s">
         <v>21</v>
       </c>
-      <c r="E151" s="89" t="s">
+      <c r="E153" s="81" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="152" spans="1:6" ht="22.8">
-      <c r="A152" s="73" t="s">
+    <row r="154" spans="1:6" ht="22.8">
+      <c r="A154" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="B152" s="115" t="s">
-[...2 lines deleted...]
-      <c r="C152" s="83" t="s">
+      <c r="B154" s="102" t="s">
+        <v>8</v>
+      </c>
+      <c r="C154" s="76" t="s">
         <v>64</v>
       </c>
-      <c r="D152" s="83" t="s">
+      <c r="D154" s="76" t="s">
         <v>56</v>
       </c>
-      <c r="E152" s="89" t="s">
+      <c r="E154" s="81" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="153" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A153" s="78" t="s">
+    <row r="155" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A155" s="72" t="s">
         <v>53</v>
       </c>
-      <c r="B153" s="121" t="s">
-[...2 lines deleted...]
-      <c r="C153" s="109" t="s">
+      <c r="B155" s="106" t="s">
+        <v>8</v>
+      </c>
+      <c r="C155" s="97" t="s">
         <v>327</v>
       </c>
-      <c r="D153" s="109" t="s">
+      <c r="D155" s="97" t="s">
         <v>29</v>
       </c>
-      <c r="E153" s="122" t="s">
+      <c r="E155" s="107" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="154" spans="1:6" ht="15" thickBot="1">
-[...3 lines deleted...]
-      <c r="A155" s="209" t="s">
+    <row r="156" spans="1:6" ht="15" thickBot="1">
+      <c r="E156" s="39"/>
+    </row>
+    <row r="157" spans="1:6" ht="15" thickBot="1">
+      <c r="A157" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="B155" s="210"/>
-[...22 lines deleted...]
-      <c r="A157" s="220" t="s">
+      <c r="B157" s="191"/>
+      <c r="C157" s="187"/>
+      <c r="D157" s="187"/>
+      <c r="E157" s="188"/>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B158" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C158" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D158" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E158" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" ht="22.8">
+      <c r="A159" s="200" t="s">
         <v>57</v>
       </c>
-      <c r="B157" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C157" s="229" t="s">
+      <c r="B159" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C159" s="206" t="s">
         <v>339</v>
       </c>
-      <c r="D157" s="229" t="s">
+      <c r="D159" s="206" t="s">
         <v>19</v>
       </c>
-      <c r="E157" s="236" t="s">
+      <c r="E159" s="210" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="158" spans="1:6" ht="22.8">
-      <c r="A158" s="184" t="s">
+    <row r="160" spans="1:6" ht="22.8">
+      <c r="A160" s="167" t="s">
         <v>57</v>
       </c>
-      <c r="B158" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C158" s="72" t="s">
+      <c r="B160" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C160" s="67" t="s">
         <v>340</v>
       </c>
-      <c r="D158" s="72" t="s">
+      <c r="D160" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="E158" s="96" t="s">
+      <c r="E160" s="88" t="s">
         <v>15</v>
       </c>
-      <c r="F158" s="21"/>
-[...2 lines deleted...]
-      <c r="A159" s="73" t="s">
+      <c r="F160" s="19"/>
+    </row>
+    <row r="161" spans="1:6" ht="22.8">
+      <c r="A161" s="68" t="s">
         <v>57</v>
       </c>
-      <c r="B159" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C159" s="2" t="s">
+      <c r="B161" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C161" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D159" s="2" t="s">
+      <c r="D161" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E159" s="45" t="s">
+      <c r="E161" s="41" t="s">
         <v>13</v>
       </c>
-      <c r="F159" s="19"/>
-[...2 lines deleted...]
-      <c r="A160" s="73" t="s">
+      <c r="F161" s="17"/>
+    </row>
+    <row r="162" spans="1:6" ht="22.8">
+      <c r="A162" s="68" t="s">
         <v>57</v>
       </c>
-      <c r="B160" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C160" s="2" t="s">
+      <c r="B162" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C162" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D160" s="2" t="s">
+      <c r="D162" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E160" s="45" t="s">
+      <c r="E162" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="161" spans="1:6" ht="22.8">
-      <c r="A161" s="73" t="s">
+    <row r="163" spans="1:6" ht="22.8">
+      <c r="A163" s="68" t="s">
         <v>57</v>
       </c>
-      <c r="B161" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C161" s="2" t="s">
+      <c r="B163" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C163" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="D161" s="2" t="s">
+      <c r="D163" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E161" s="45" t="s">
+      <c r="E163" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="162" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A162" s="78" t="s">
+    <row r="164" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A164" s="72" t="s">
         <v>57</v>
       </c>
-      <c r="B162" s="262" t="s">
-[...2 lines deleted...]
-      <c r="C162" s="47" t="s">
+      <c r="B164" s="234" t="s">
+        <v>8</v>
+      </c>
+      <c r="C164" s="43" t="s">
         <v>342</v>
       </c>
-      <c r="D162" s="47" t="s">
+      <c r="D164" s="43" t="s">
         <v>40</v>
       </c>
-      <c r="E162" s="79" t="s">
+      <c r="E164" s="73" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="163" spans="1:6" ht="15" thickBot="1">
-[...8 lines deleted...]
-      <c r="A164" s="288" t="s">
+    <row r="165" spans="1:6" ht="15" thickBot="1">
+      <c r="A165" s="108"/>
+      <c r="B165" s="26"/>
+      <c r="C165" s="26"/>
+      <c r="D165" s="26"/>
+      <c r="E165" s="109"/>
+      <c r="F165" s="19"/>
+    </row>
+    <row r="166" spans="1:6" ht="15" thickBot="1">
+      <c r="A166" s="260" t="s">
         <v>23</v>
       </c>
-      <c r="B164" s="289"/>
-[...23 lines deleted...]
-      <c r="A166" s="78" t="s">
+      <c r="B166" s="261"/>
+      <c r="C166" s="261"/>
+      <c r="D166" s="261"/>
+      <c r="E166" s="262"/>
+      <c r="F166" s="19"/>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B167" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C167" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D167" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E167" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" ht="15" thickBot="1">
+      <c r="A168" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="B166" s="47"/>
-[...8 lines deleted...]
-      <c r="A168" s="39" t="s">
+      <c r="B168" s="43"/>
+      <c r="C168" s="43"/>
+      <c r="D168" s="43"/>
+      <c r="E168" s="73"/>
+    </row>
+    <row r="169" spans="1:6" ht="15" thickBot="1">
+      <c r="E169" s="86"/>
+    </row>
+    <row r="170" spans="1:6" ht="15" thickBot="1">
+      <c r="A170" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B168" s="40"/>
-[...22 lines deleted...]
-      <c r="A170" s="73" t="s">
+      <c r="B170" s="38"/>
+      <c r="C170" s="39"/>
+      <c r="D170" s="39"/>
+      <c r="E170" s="40"/>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B171" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C171" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D171" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E171" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172" s="68" t="s">
         <v>212</v>
       </c>
-      <c r="B170" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C170" s="2" t="s">
+      <c r="B172" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C172" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D170" s="2" t="s">
+      <c r="D172" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E170" s="45" t="s">
+      <c r="E172" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="171" spans="1:6">
-      <c r="A171" s="73" t="s">
+    <row r="173" spans="1:6">
+      <c r="A173" s="68" t="s">
         <v>212</v>
       </c>
-      <c r="B171" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C171" s="2" t="s">
+      <c r="B173" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C173" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="D171" s="2" t="s">
+      <c r="D173" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E171" s="45" t="s">
+      <c r="E173" s="41" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="172" spans="1:6">
-      <c r="A172" s="73" t="s">
+    <row r="174" spans="1:6">
+      <c r="A174" s="68" t="s">
         <v>212</v>
       </c>
-      <c r="B172" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C172" s="2" t="s">
+      <c r="B174" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C174" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="D172" s="2" t="s">
+      <c r="D174" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E172" s="45" t="s">
+      <c r="E174" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="173" spans="1:6">
-      <c r="A173" s="73" t="s">
+    <row r="175" spans="1:6">
+      <c r="A175" s="68" t="s">
         <v>212</v>
       </c>
-      <c r="B173" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C173" s="2" t="s">
+      <c r="B175" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C175" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="D173" s="2" t="s">
+      <c r="D175" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E173" s="45" t="s">
+      <c r="E175" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="174" spans="1:6" ht="15" thickBot="1">
-      <c r="A174" s="78" t="s">
+    <row r="176" spans="1:6" ht="15" thickBot="1">
+      <c r="A176" s="72" t="s">
         <v>212</v>
       </c>
-      <c r="B174" s="125" t="s">
-[...2 lines deleted...]
-      <c r="C174" s="47" t="s">
+      <c r="B176" s="110" t="s">
+        <v>8</v>
+      </c>
+      <c r="C176" s="43" t="s">
         <v>61</v>
       </c>
-      <c r="D174" s="125" t="s">
+      <c r="D176" s="110" t="s">
         <v>19</v>
       </c>
-      <c r="E174" s="126" t="s">
+      <c r="E176" s="111" t="s">
         <v>19</v>
       </c>
-      <c r="F174" s="21"/>
-[...6 lines deleted...]
-      <c r="A176" s="279" t="s">
+      <c r="F176" s="19"/>
+    </row>
+    <row r="177" spans="1:6" ht="15" thickBot="1">
+      <c r="A177" s="70"/>
+      <c r="E177" s="71"/>
+    </row>
+    <row r="178" spans="1:6" ht="15" thickBot="1">
+      <c r="A178" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B176" s="280"/>
-[...22 lines deleted...]
-      <c r="A178" s="78" t="s">
+      <c r="B178" s="252"/>
+      <c r="C178" s="252"/>
+      <c r="D178" s="252"/>
+      <c r="E178" s="253"/>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B179" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C179" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D179" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E179" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" ht="15" thickBot="1">
+      <c r="A180" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="B178" s="47"/>
-[...8 lines deleted...]
-      <c r="A180" s="39" t="s">
+      <c r="B180" s="43"/>
+      <c r="C180" s="43"/>
+      <c r="D180" s="43"/>
+      <c r="E180" s="73"/>
+    </row>
+    <row r="181" spans="1:6" ht="15" thickBot="1">
+      <c r="E181" s="86"/>
+    </row>
+    <row r="182" spans="1:6" ht="15" thickBot="1">
+      <c r="A182" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B180" s="41"/>
-[...28 lines deleted...]
-      <c r="C182" s="2" t="s">
+      <c r="B182" s="39"/>
+      <c r="C182" s="39"/>
+      <c r="D182" s="39"/>
+      <c r="E182" s="40"/>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B183" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C183" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D183" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E183" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" s="68" t="s">
+        <v>514</v>
+      </c>
+      <c r="B184" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C184" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="D182" s="2" t="s">
+      <c r="D184" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E182" s="45" t="s">
+      <c r="E184" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="183" spans="1:6">
-[...6 lines deleted...]
-      <c r="C183" s="229" t="s">
+    <row r="185" spans="1:6">
+      <c r="A185" s="68" t="s">
+        <v>514</v>
+      </c>
+      <c r="B185" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C185" s="206" t="s">
         <v>65</v>
       </c>
-      <c r="D183" s="229" t="s">
+      <c r="D185" s="206" t="s">
         <v>13</v>
       </c>
-      <c r="E183" s="236" t="s">
+      <c r="E185" s="210" t="s">
         <v>13</v>
       </c>
-      <c r="F183" s="33"/>
-[...8 lines deleted...]
-      <c r="C184" s="72" t="s">
+      <c r="F185" s="31"/>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" s="68" t="s">
+        <v>514</v>
+      </c>
+      <c r="B186" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C186" s="67" t="s">
         <v>330</v>
       </c>
-      <c r="D184" s="72" t="s">
+      <c r="D186" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="E184" s="96" t="s">
+      <c r="E186" s="88" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="185" spans="1:6">
-[...6 lines deleted...]
-      <c r="C185" s="2" t="s">
+    <row r="187" spans="1:6">
+      <c r="A187" s="68" t="s">
+        <v>514</v>
+      </c>
+      <c r="B187" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C187" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="D185" s="2" t="s">
+      <c r="D187" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E185" s="45" t="s">
+      <c r="E187" s="41" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="186" spans="1:6">
-[...6 lines deleted...]
-      <c r="C186" s="132" t="s">
+    <row r="188" spans="1:6">
+      <c r="A188" s="68" t="s">
+        <v>514</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C188" s="277" t="s">
         <v>66</v>
       </c>
-      <c r="D186" s="2" t="s">
+      <c r="D188" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E186" s="45" t="s">
+      <c r="E188" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="F186" s="21"/>
-[...8 lines deleted...]
-      <c r="C187" s="133" t="s">
+      <c r="F188" s="19"/>
+    </row>
+    <row r="189" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A189" s="72" t="s">
+        <v>514</v>
+      </c>
+      <c r="B189" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C189" s="117" t="s">
         <v>67</v>
       </c>
-      <c r="D187" s="47" t="s">
+      <c r="D189" s="43" t="s">
         <v>54</v>
       </c>
-      <c r="E187" s="79" t="s">
+      <c r="E189" s="73" t="s">
         <v>40</v>
       </c>
-      <c r="F187" s="21"/>
-[...7 lines deleted...]
-      <c r="A189" s="288" t="s">
+      <c r="F189" s="19"/>
+    </row>
+    <row r="190" spans="1:6" ht="15" thickBot="1">
+      <c r="A190" s="70"/>
+      <c r="E190" s="71"/>
+      <c r="F190" s="19"/>
+    </row>
+    <row r="191" spans="1:6" ht="15" thickBot="1">
+      <c r="A191" s="260" t="s">
         <v>23</v>
       </c>
-      <c r="B189" s="289"/>
-[...23 lines deleted...]
-      <c r="A191" s="78" t="s">
+      <c r="B191" s="261"/>
+      <c r="C191" s="261"/>
+      <c r="D191" s="261"/>
+      <c r="E191" s="262"/>
+      <c r="F191" s="19"/>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B192" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C192" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D192" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E192" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" ht="15" thickBot="1">
+      <c r="A193" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="B191" s="47"/>
-[...8 lines deleted...]
-      <c r="A193" s="39" t="s">
+      <c r="B193" s="43"/>
+      <c r="C193" s="43"/>
+      <c r="D193" s="43"/>
+      <c r="E193" s="73"/>
+    </row>
+    <row r="194" spans="1:5" ht="15" thickBot="1">
+      <c r="E194" s="86"/>
+    </row>
+    <row r="195" spans="1:5" ht="15" thickBot="1">
+      <c r="A195" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B193" s="40"/>
-[...22 lines deleted...]
-      <c r="A195" s="73" t="s">
+      <c r="B195" s="38"/>
+      <c r="C195" s="39"/>
+      <c r="D195" s="39"/>
+      <c r="E195" s="40"/>
+    </row>
+    <row r="196" spans="1:5">
+      <c r="A196" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B196" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C196" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D196" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E196" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" ht="36" customHeight="1">
+      <c r="A197" s="68" t="s">
         <v>68</v>
       </c>
-      <c r="B195" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C195" s="2" t="s">
+      <c r="B197" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C197" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="D195" s="2" t="s">
+      <c r="D197" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="E195" s="45" t="s">
+      <c r="E197" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="196" spans="1:5" ht="71.400000000000006">
-      <c r="A196" s="73" t="s">
+    <row r="198" spans="1:5" ht="71.400000000000006">
+      <c r="A198" s="68" t="s">
         <v>68</v>
       </c>
-      <c r="B196" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C196" s="2" t="s">
+      <c r="B198" s="203" t="s">
+        <v>8</v>
+      </c>
+      <c r="C198" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="D196" s="2" t="s">
+      <c r="D198" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="E196" s="45" t="s">
+      <c r="E198" s="41" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="197" spans="1:5" ht="36" customHeight="1">
-      <c r="A197" s="184" t="s">
+    <row r="199" spans="1:5" ht="36" customHeight="1">
+      <c r="A199" s="167" t="s">
         <v>68</v>
       </c>
-      <c r="B197" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C197" s="72" t="s">
+      <c r="B199" s="203" t="s">
+        <v>8</v>
+      </c>
+      <c r="C199" s="67" t="s">
         <v>334</v>
       </c>
-      <c r="D197" s="72" t="s">
+      <c r="D199" s="67" t="s">
         <v>71</v>
       </c>
-      <c r="E197" s="96" t="s">
+      <c r="E199" s="88" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="198" spans="1:5" ht="36" customHeight="1">
-      <c r="A198" s="134" t="s">
+    <row r="200" spans="1:5" ht="36" customHeight="1">
+      <c r="A200" s="118" t="s">
         <v>68</v>
       </c>
-      <c r="B198" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C198" s="2" t="s">
+      <c r="B200" s="203" t="s">
+        <v>8</v>
+      </c>
+      <c r="C200" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="D198" s="6" t="s">
+      <c r="D200" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="E198" s="93" t="s">
+      <c r="E200" s="85" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="199" spans="1:5" ht="34.200000000000003" customHeight="1">
-      <c r="A199" s="73" t="s">
+    <row r="201" spans="1:5" ht="34.200000000000003" customHeight="1">
+      <c r="A201" s="68" t="s">
         <v>68</v>
       </c>
-      <c r="B199" s="197" t="s">
-[...2 lines deleted...]
-      <c r="C199" s="2" t="s">
+      <c r="B201" s="180" t="s">
+        <v>8</v>
+      </c>
+      <c r="C201" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="D199" s="2" t="s">
+      <c r="D201" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="E199" s="45" t="s">
+      <c r="E201" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="200" spans="1:5" ht="34.799999999999997" customHeight="1">
-      <c r="A200" s="73" t="s">
+    <row r="202" spans="1:5" ht="34.799999999999997" customHeight="1">
+      <c r="A202" s="68" t="s">
         <v>68</v>
       </c>
-      <c r="B200" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C200" s="2" t="s">
+      <c r="B202" s="203" t="s">
+        <v>8</v>
+      </c>
+      <c r="C202" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="D200" s="2" t="s">
+      <c r="D202" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E200" s="183" t="s">
+      <c r="E202" s="166" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="201" spans="1:5" ht="34.799999999999997" customHeight="1">
-      <c r="A201" s="220" t="s">
+    <row r="203" spans="1:5" ht="34.799999999999997" customHeight="1">
+      <c r="A203" s="84" t="s">
         <v>68</v>
       </c>
-      <c r="B201" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C201" s="229" t="s">
+      <c r="B203" s="278" t="s">
+        <v>8</v>
+      </c>
+      <c r="C203" s="29" t="s">
         <v>75</v>
       </c>
-      <c r="D201" s="229" t="s">
+      <c r="D203" s="29" t="s">
         <v>76</v>
       </c>
-      <c r="E201" s="236" t="s">
+      <c r="E203" s="69" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="202" spans="1:5" ht="34.200000000000003" customHeight="1">
-      <c r="A202" s="184" t="s">
+    <row r="204" spans="1:5" ht="34.200000000000003" customHeight="1">
+      <c r="A204" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B202" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C202" s="103" t="s">
+      <c r="B204" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C204" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="D202" s="103" t="s">
+      <c r="D204" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="E202" s="180" t="s">
+      <c r="E204" s="54" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="203" spans="1:5" ht="36.6" customHeight="1" thickBot="1">
-      <c r="A203" s="78" t="s">
+    <row r="205" spans="1:5" ht="36.6" customHeight="1" thickBot="1">
+      <c r="A205" s="92" t="s">
         <v>68</v>
       </c>
-      <c r="B203" s="105" t="s">
-[...2 lines deleted...]
-      <c r="C203" s="47" t="s">
+      <c r="B205" s="93" t="s">
+        <v>8</v>
+      </c>
+      <c r="C205" s="93" t="s">
         <v>337</v>
       </c>
-      <c r="D203" s="47" t="s">
+      <c r="D205" s="93" t="s">
         <v>15</v>
       </c>
-      <c r="E203" s="79" t="s">
+      <c r="E205" s="94" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="204" spans="1:5" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A205" s="282" t="s">
+    <row r="206" spans="1:5" ht="15" thickBot="1">
+      <c r="A206" s="112"/>
+      <c r="B206" s="39"/>
+      <c r="C206" s="39"/>
+      <c r="D206" s="39"/>
+      <c r="E206" s="40"/>
+    </row>
+    <row r="207" spans="1:5" ht="15" thickBot="1">
+      <c r="A207" s="254" t="s">
         <v>23</v>
       </c>
-      <c r="B205" s="283"/>
-[...22 lines deleted...]
-      <c r="A207" s="78" t="s">
+      <c r="B207" s="255"/>
+      <c r="C207" s="255"/>
+      <c r="D207" s="255"/>
+      <c r="E207" s="256"/>
+    </row>
+    <row r="208" spans="1:5">
+      <c r="A208" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B208" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C208" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D208" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E208" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" ht="15" thickBot="1">
+      <c r="A209" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="B207" s="47"/>
-[...6 lines deleted...]
-      <c r="A209" s="39" t="s">
+      <c r="B209" s="43"/>
+      <c r="C209" s="43"/>
+      <c r="D209" s="43"/>
+      <c r="E209" s="73"/>
+    </row>
+    <row r="210" spans="1:6" ht="15" thickBot="1"/>
+    <row r="211" spans="1:6" ht="15" thickBot="1">
+      <c r="A211" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B209" s="40"/>
-[...53 lines deleted...]
-        <v>15</v>
+      <c r="B211" s="38"/>
+      <c r="C211" s="39"/>
+      <c r="D211" s="39"/>
+      <c r="E211" s="40"/>
+      <c r="F211" s="19"/>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="A212" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B212" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C212" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D212" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E212" s="51" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="213" spans="1:6" ht="22.8">
-      <c r="A213" s="135" t="s">
+      <c r="A213" s="119" t="s">
         <v>77</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>79</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E213" s="120" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:6" ht="22.8">
-      <c r="A214" s="135" t="s">
+      <c r="A214" s="119" t="s">
         <v>77</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C214" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="120" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" ht="22.8">
+      <c r="A215" s="119" t="s">
+        <v>77</v>
+      </c>
+      <c r="B215" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E215" s="41" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" ht="22.8">
+      <c r="A216" s="119" t="s">
+        <v>77</v>
+      </c>
+      <c r="B216" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C216" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="D214" s="5" t="s">
+      <c r="D216" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="E214" s="136" t="s">
+      <c r="E216" s="120" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="215" spans="1:6" ht="22.8">
-      <c r="A215" s="199" t="s">
+    <row r="217" spans="1:6" ht="22.8">
+      <c r="A217" s="182" t="s">
         <v>77</v>
       </c>
-      <c r="B215" s="72" t="s">
+      <c r="B217" s="67" t="s">
         <v>78</v>
       </c>
-      <c r="C215" s="200" t="s">
+      <c r="C217" s="183" t="s">
         <v>83</v>
       </c>
-      <c r="D215" s="200" t="s">
+      <c r="D217" s="183" t="s">
         <v>27</v>
       </c>
-      <c r="E215" s="201" t="s">
+      <c r="E217" s="184" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="216" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A216" s="137" t="s">
+    <row r="218" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A218" s="121" t="s">
         <v>77</v>
       </c>
-      <c r="B216" s="47" t="s">
+      <c r="B218" s="43" t="s">
         <v>78</v>
       </c>
-      <c r="C216" s="48" t="s">
+      <c r="C218" s="44" t="s">
         <v>84</v>
       </c>
-      <c r="D216" s="48" t="s">
+      <c r="D218" s="44" t="s">
         <v>22</v>
       </c>
-      <c r="E216" s="49" t="s">
+      <c r="E218" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="217" spans="1:6" ht="15" thickBot="1">
-[...6 lines deleted...]
-      <c r="A218" s="297" t="s">
+    <row r="219" spans="1:6" ht="15" thickBot="1">
+      <c r="A219" s="122"/>
+      <c r="C219" s="4"/>
+      <c r="D219" s="4"/>
+      <c r="E219" s="123"/>
+    </row>
+    <row r="220" spans="1:6" ht="15" thickBot="1">
+      <c r="A220" s="269" t="s">
         <v>23</v>
       </c>
-      <c r="B218" s="298"/>
-[...20 lines deleted...]
-      <c r="A220" s="135" t="s">
+      <c r="B220" s="270"/>
+      <c r="C220" s="270"/>
+      <c r="D220" s="270"/>
+      <c r="E220" s="271"/>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B221" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C221" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D221" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E221" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" ht="22.8">
+      <c r="A222" s="119" t="s">
         <v>77</v>
       </c>
-      <c r="B220" s="2" t="s">
+      <c r="B222" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="C220" s="5" t="s">
+      <c r="C222" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="D220" s="5" t="s">
+      <c r="D222" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E220" s="136" t="s">
+      <c r="E222" s="120" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="221" spans="1:6" ht="22.8">
-      <c r="A221" s="135" t="s">
+    <row r="223" spans="1:6" ht="22.8">
+      <c r="A223" s="119" t="s">
         <v>77</v>
       </c>
-      <c r="B221" s="2" t="s">
+      <c r="B223" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="C221" s="5" t="s">
+      <c r="C223" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="D221" s="5" t="s">
+      <c r="D223" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E221" s="136" t="s">
+      <c r="E223" s="120" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="222" spans="1:6" ht="22.8">
-      <c r="A222" s="140" t="s">
+    <row r="224" spans="1:6" ht="22.8">
+      <c r="A224" s="124" t="s">
         <v>77</v>
       </c>
-      <c r="B222" s="31" t="s">
+      <c r="B224" s="29" t="s">
         <v>78</v>
       </c>
-      <c r="C222" s="23" t="s">
-[...2 lines deleted...]
-      <c r="D222" s="31" t="s">
+      <c r="C224" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="D224" s="29" t="s">
         <v>87</v>
       </c>
-      <c r="E222" s="131" t="s">
+      <c r="E224" s="116" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="223" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A223" s="141" t="s">
+    <row r="225" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A225" s="125" t="s">
         <v>77</v>
       </c>
-      <c r="B223" s="109" t="s">
+      <c r="B225" s="97" t="s">
         <v>78</v>
       </c>
-      <c r="C223" s="142" t="s">
+      <c r="C225" s="126" t="s">
         <v>338</v>
       </c>
-      <c r="D223" s="142" t="s">
+      <c r="D225" s="126" t="s">
         <v>88</v>
       </c>
-      <c r="E223" s="122" t="s">
+      <c r="E225" s="107" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="224" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A225" s="39" t="s">
+    <row r="226" spans="1:6" ht="15" thickBot="1">
+      <c r="A226" s="211"/>
+      <c r="B226" s="39"/>
+      <c r="C226" s="132"/>
+      <c r="D226" s="132"/>
+      <c r="E226" s="39"/>
+    </row>
+    <row r="227" spans="1:6" ht="15" thickBot="1">
+      <c r="A227" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="B225" s="40"/>
-[...22 lines deleted...]
-      <c r="A227" s="277" t="s">
+      <c r="B227" s="191"/>
+      <c r="C227" s="187"/>
+      <c r="D227" s="187"/>
+      <c r="E227" s="188"/>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B228" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C228" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D228" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E228" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" ht="24">
+      <c r="A229" s="249" t="s">
         <v>343</v>
       </c>
-      <c r="B227" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C227" s="229" t="s">
+      <c r="B229" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C229" s="206" t="s">
         <v>89</v>
       </c>
-      <c r="D227" s="229" t="s">
+      <c r="D229" s="206" t="s">
         <v>90</v>
       </c>
-      <c r="E227" s="236" t="s">
+      <c r="E229" s="210" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="228" spans="1:6" ht="24">
-      <c r="A228" s="276" t="s">
+    <row r="230" spans="1:6" ht="24">
+      <c r="A230" s="248" t="s">
         <v>343</v>
       </c>
-      <c r="B228" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C228" s="72" t="s">
+      <c r="B230" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C230" s="67" t="s">
         <v>91</v>
       </c>
-      <c r="D228" s="72" t="s">
+      <c r="D230" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="E228" s="96" t="s">
+      <c r="E230" s="88" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="229" spans="1:6" ht="24">
-      <c r="A229" s="185" t="s">
+    <row r="231" spans="1:6" ht="24">
+      <c r="A231" s="168" t="s">
         <v>343</v>
       </c>
-      <c r="B229" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C229" s="2" t="s">
+      <c r="B231" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C231" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="D229" s="2" t="s">
+      <c r="D231" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E229" s="45" t="s">
+      <c r="E231" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="230" spans="1:6" ht="24">
-      <c r="A230" s="258" t="s">
+    <row r="232" spans="1:6" ht="24">
+      <c r="A232" s="230" t="s">
         <v>343</v>
       </c>
-      <c r="B230" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C230" s="2" t="s">
+      <c r="B232" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C232" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D230" s="2" t="s">
+      <c r="D232" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E230" s="45" t="s">
+      <c r="E232" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="231" spans="1:6" ht="24">
-      <c r="A231" s="258" t="s">
+    <row r="233" spans="1:6" ht="24">
+      <c r="A233" s="230" t="s">
         <v>343</v>
       </c>
-      <c r="B231" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C231" s="2" t="s">
+      <c r="B233" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C233" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D231" s="2" t="s">
+      <c r="D233" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E231" s="45" t="s">
+      <c r="E233" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="232" spans="1:6" ht="24">
-      <c r="A232" s="258" t="s">
+    <row r="234" spans="1:6" ht="24">
+      <c r="A234" s="230" t="s">
         <v>343</v>
       </c>
-      <c r="B232" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C232" s="2" t="s">
+      <c r="B234" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C234" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D232" s="2" t="s">
+      <c r="D234" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E232" s="45" t="s">
+      <c r="E234" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="233" spans="1:6" ht="24">
-      <c r="A233" s="258" t="s">
+    <row r="235" spans="1:6" ht="24">
+      <c r="A235" s="230" t="s">
         <v>343</v>
       </c>
-      <c r="B233" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C233" s="2" t="s">
+      <c r="B235" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C235" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="D233" s="2" t="s">
+      <c r="D235" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E233" s="45" t="s">
+      <c r="E235" s="41" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="234" spans="1:6" ht="24">
-      <c r="A234" s="258" t="s">
+    <row r="236" spans="1:6" ht="24">
+      <c r="A236" s="230" t="s">
         <v>343</v>
       </c>
-      <c r="B234" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C234" s="2" t="s">
+      <c r="B236" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C236" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="D234" s="2" t="s">
+      <c r="D236" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E234" s="45" t="s">
+      <c r="E236" s="41" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="235" spans="1:6" ht="24">
-      <c r="A235" s="258" t="s">
+    <row r="237" spans="1:6" ht="24">
+      <c r="A237" s="230" t="s">
         <v>343</v>
       </c>
-      <c r="B235" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C235" s="2" t="s">
+      <c r="B237" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C237" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D235" s="2" t="s">
+      <c r="D237" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E235" s="45" t="s">
+      <c r="E237" s="41" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="236" spans="1:6" ht="24">
-      <c r="A236" s="258" t="s">
+    <row r="238" spans="1:6" ht="24">
+      <c r="A238" s="230" t="s">
         <v>343</v>
       </c>
-      <c r="B236" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C236" s="2" t="s">
+      <c r="B238" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C238" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="D236" s="2" t="s">
+      <c r="D238" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E236" s="45" t="s">
+      <c r="E238" s="41" t="s">
         <v>19</v>
       </c>
-      <c r="F236" s="30"/>
-[...2 lines deleted...]
-      <c r="A237" s="258" t="s">
+      <c r="F238" s="28"/>
+    </row>
+    <row r="239" spans="1:6" ht="24">
+      <c r="A239" s="230" t="s">
         <v>343</v>
       </c>
-      <c r="B237" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C237" s="2" t="s">
+      <c r="B239" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C239" s="2" t="s">
         <v>313</v>
       </c>
-      <c r="D237" s="2" t="s">
+      <c r="D239" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="E237" s="45" t="s">
+      <c r="E239" s="41" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="238" spans="1:6" ht="24">
-      <c r="A238" s="258" t="s">
+    <row r="240" spans="1:6" ht="24">
+      <c r="A240" s="230" t="s">
         <v>343</v>
       </c>
-      <c r="B238" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C238" s="2" t="s">
+      <c r="B240" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C240" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="D238" s="2" t="s">
+      <c r="D240" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="E238" s="45" t="s">
+      <c r="E240" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="239" spans="1:6" ht="24.6" thickBot="1">
-      <c r="A239" s="259" t="s">
+    <row r="241" spans="1:6" ht="24.6" thickBot="1">
+      <c r="A241" s="231" t="s">
         <v>343</v>
       </c>
-      <c r="B239" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C239" s="47" t="s">
+      <c r="B241" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C241" s="43" t="s">
         <v>102</v>
       </c>
-      <c r="D239" s="47" t="s">
+      <c r="D241" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="E239" s="79" t="s">
+      <c r="E241" s="73" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="240" spans="1:6" ht="15" thickBot="1">
-[...4 lines deleted...]
-      <c r="A241" s="297" t="s">
+    <row r="242" spans="1:6" ht="15" thickBot="1">
+      <c r="A242" s="70"/>
+      <c r="E242" s="71"/>
+    </row>
+    <row r="243" spans="1:6" ht="15" thickBot="1">
+      <c r="A243" s="269" t="s">
         <v>23</v>
       </c>
-      <c r="B241" s="298"/>
-[...22 lines deleted...]
-      <c r="A243" s="78" t="s">
+      <c r="B243" s="270"/>
+      <c r="C243" s="270"/>
+      <c r="D243" s="270"/>
+      <c r="E243" s="271"/>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B244" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C244" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D244" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E244" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" ht="15" thickBot="1">
+      <c r="A245" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="B243" s="47"/>
-[...8 lines deleted...]
-      <c r="A245" s="297" t="s">
+      <c r="B245" s="43"/>
+      <c r="C245" s="43"/>
+      <c r="D245" s="43"/>
+      <c r="E245" s="73"/>
+    </row>
+    <row r="246" spans="1:6" ht="15" thickBot="1">
+      <c r="E246" s="86"/>
+    </row>
+    <row r="247" spans="1:6" s="9" customFormat="1" ht="15" thickBot="1">
+      <c r="A247" s="269" t="s">
         <v>1</v>
       </c>
-      <c r="B245" s="298"/>
-[...53 lines deleted...]
-        <v>22</v>
+      <c r="B247" s="270"/>
+      <c r="C247" s="270"/>
+      <c r="D247" s="270"/>
+      <c r="E247" s="271"/>
+      <c r="F247" s="25"/>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248" s="279" t="s">
+        <v>521</v>
+      </c>
+      <c r="B248" s="114" t="s">
+        <v>522</v>
+      </c>
+      <c r="C248" s="114" t="s">
+        <v>523</v>
+      </c>
+      <c r="D248" s="114" t="s">
+        <v>524</v>
+      </c>
+      <c r="E248" s="280" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="249" spans="1:6" ht="22.8">
-      <c r="A249" s="73" t="s">
+      <c r="A249" s="68" t="s">
         <v>103</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D249" s="2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>9</v>
+      </c>
+      <c r="E249" s="41" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:6" ht="22.8">
-      <c r="A250" s="73" t="s">
+      <c r="A250" s="68" t="s">
         <v>103</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C250" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E250" s="41" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6" ht="22.8">
+      <c r="A251" s="68" t="s">
+        <v>103</v>
+      </c>
+      <c r="B251" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E251" s="41" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6" ht="22.8">
+      <c r="A252" s="68" t="s">
+        <v>103</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C252" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D250" s="2" t="s">
+      <c r="D252" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E250" s="45" t="s">
+      <c r="E252" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="251" spans="1:6" ht="22.8">
-      <c r="A251" s="248" t="s">
+    <row r="253" spans="1:6" ht="22.8">
+      <c r="A253" s="220" t="s">
         <v>103</v>
       </c>
-      <c r="B251" s="197" t="s">
+      <c r="B253" s="180" t="s">
         <v>51</v>
       </c>
-      <c r="C251" s="197" t="s">
+      <c r="C253" s="180" t="s">
         <v>345</v>
       </c>
-      <c r="D251" s="197" t="s">
+      <c r="D253" s="180" t="s">
         <v>18</v>
       </c>
-      <c r="E251" s="263" t="s">
+      <c r="E253" s="235" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="252" spans="1:6" ht="22.8">
-      <c r="A252" s="184" t="s">
+    <row r="254" spans="1:6" ht="22.8">
+      <c r="A254" s="167" t="s">
         <v>103</v>
       </c>
-      <c r="B252" s="72" t="s">
+      <c r="B254" s="67" t="s">
         <v>51</v>
       </c>
-      <c r="C252" s="72" t="s">
+      <c r="C254" s="67" t="s">
         <v>346</v>
       </c>
-      <c r="D252" s="238" t="s">
+      <c r="D254" s="212" t="s">
         <v>15</v>
       </c>
-      <c r="E252" s="214" t="s">
+      <c r="E254" s="195" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="253" spans="1:6" ht="22.8">
-      <c r="A253" s="73" t="s">
+    <row r="255" spans="1:6" ht="22.8">
+      <c r="A255" s="68" t="s">
         <v>103</v>
       </c>
-      <c r="B253" s="2" t="s">
+      <c r="B255" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C253" s="2" t="s">
+      <c r="C255" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="D253" s="2" t="s">
+      <c r="D255" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E253" s="96" t="s">
+      <c r="E255" s="88" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="254" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A254" s="78" t="s">
+    <row r="256" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A256" s="72" t="s">
         <v>103</v>
       </c>
-      <c r="B254" s="47" t="s">
+      <c r="B256" s="43" t="s">
         <v>51</v>
       </c>
-      <c r="C254" s="47" t="s">
+      <c r="C256" s="43" t="s">
         <v>109</v>
       </c>
-      <c r="D254" s="47" t="s">
+      <c r="D256" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="E254" s="79" t="s">
+      <c r="E256" s="73" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="255" spans="1:6" ht="15" thickBot="1">
-[...4 lines deleted...]
-      <c r="A256" s="297" t="s">
+    <row r="257" spans="1:6" ht="15" thickBot="1">
+      <c r="A257" s="70"/>
+      <c r="E257" s="71"/>
+    </row>
+    <row r="258" spans="1:6" ht="15" thickBot="1">
+      <c r="A258" s="269" t="s">
         <v>23</v>
       </c>
-      <c r="B256" s="298"/>
-[...22 lines deleted...]
-      <c r="A258" s="78" t="s">
+      <c r="B258" s="270"/>
+      <c r="C258" s="270"/>
+      <c r="D258" s="270"/>
+      <c r="E258" s="271"/>
+    </row>
+    <row r="259" spans="1:6">
+      <c r="A259" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B259" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C259" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D259" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E259" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A260" s="72" t="s">
         <v>103</v>
       </c>
-      <c r="B258" s="47" t="s">
+      <c r="B260" s="43" t="s">
         <v>51</v>
       </c>
-      <c r="C258" s="47" t="s">
+      <c r="C260" s="43" t="s">
         <v>347</v>
       </c>
-      <c r="D258" s="47" t="s">
+      <c r="D260" s="43" t="s">
         <v>27</v>
       </c>
-      <c r="E258" s="79" t="s">
+      <c r="E260" s="73" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="259" spans="1:6" ht="15" thickBot="1">
-[...3 lines deleted...]
-      <c r="A260" s="39" t="s">
+    <row r="261" spans="1:6" ht="15" thickBot="1">
+      <c r="E261" s="86"/>
+    </row>
+    <row r="262" spans="1:6" ht="15" thickBot="1">
+      <c r="A262" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B260" s="40"/>
-[...22 lines deleted...]
-      <c r="A262" s="73" t="s">
+      <c r="B262" s="38"/>
+      <c r="C262" s="39"/>
+      <c r="D262" s="39"/>
+      <c r="E262" s="40"/>
+    </row>
+    <row r="263" spans="1:6">
+      <c r="A263" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B263" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C263" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D263" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E263" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6">
+      <c r="A264" s="68" t="s">
         <v>110</v>
       </c>
-      <c r="B262" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C262" s="5" t="s">
+      <c r="B264" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C264" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="D262" s="5" t="s">
+      <c r="D264" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="E262" s="136" t="s">
+      <c r="E264" s="120" t="s">
         <v>40</v>
       </c>
-      <c r="F262" s="33"/>
-[...2 lines deleted...]
-      <c r="A263" s="73" t="s">
+      <c r="F264" s="31"/>
+    </row>
+    <row r="265" spans="1:6">
+      <c r="A265" s="68" t="s">
         <v>110</v>
       </c>
-      <c r="B263" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C263" s="5" t="s">
+      <c r="B265" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C265" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="D263" s="5" t="s">
+      <c r="D265" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E263" s="136" t="s">
+      <c r="E265" s="120" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="264" spans="1:6">
-      <c r="A264" s="73" t="s">
+    <row r="266" spans="1:6">
+      <c r="A266" s="68" t="s">
         <v>110</v>
       </c>
-      <c r="B264" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C264" s="5" t="s">
+      <c r="B266" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C266" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="D264" s="5" t="s">
+      <c r="D266" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="E264" s="136" t="s">
+      <c r="E266" s="120" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="265" spans="1:6">
-      <c r="A265" s="73" t="s">
+    <row r="267" spans="1:6">
+      <c r="A267" s="68" t="s">
         <v>110</v>
       </c>
-      <c r="B265" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C265" s="5" t="s">
+      <c r="B267" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C267" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="D265" s="5" t="s">
+      <c r="D267" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E265" s="136" t="s">
+      <c r="E267" s="120" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="266" spans="1:6" ht="15" thickBot="1">
-      <c r="A266" s="78" t="s">
+    <row r="268" spans="1:6" ht="15" thickBot="1">
+      <c r="A268" s="72" t="s">
         <v>110</v>
       </c>
-      <c r="B266" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C266" s="47" t="s">
+      <c r="B268" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C268" s="43" t="s">
         <v>210</v>
       </c>
-      <c r="D266" s="47" t="s">
+      <c r="D268" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="E266" s="79" t="s">
+      <c r="E268" s="73" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="267" spans="1:6" ht="15" thickBot="1">
-[...6 lines deleted...]
-      <c r="A268" s="288" t="s">
+    <row r="269" spans="1:6" ht="15" thickBot="1">
+      <c r="A269" s="122"/>
+      <c r="C269" s="4"/>
+      <c r="D269" s="4"/>
+      <c r="E269" s="71"/>
+    </row>
+    <row r="270" spans="1:6" ht="15" thickBot="1">
+      <c r="A270" s="260" t="s">
         <v>23</v>
       </c>
-      <c r="B268" s="289"/>
-[...22 lines deleted...]
-      <c r="A270" s="137" t="s">
+      <c r="B270" s="261"/>
+      <c r="C270" s="261"/>
+      <c r="D270" s="261"/>
+      <c r="E270" s="262"/>
+    </row>
+    <row r="271" spans="1:6">
+      <c r="A271" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B271" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C271" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D271" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E271" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" ht="15" thickBot="1">
+      <c r="A272" s="121" t="s">
         <v>24</v>
       </c>
-      <c r="B270" s="47"/>
-[...9 lines deleted...]
-      <c r="A272" s="39" t="s">
+      <c r="B272" s="43"/>
+      <c r="C272" s="44"/>
+      <c r="D272" s="44"/>
+      <c r="E272" s="45"/>
+    </row>
+    <row r="273" spans="1:6" ht="15" thickBot="1">
+      <c r="A273" s="187"/>
+      <c r="B273" s="187"/>
+      <c r="C273" s="187"/>
+      <c r="D273" s="187"/>
+      <c r="E273" s="187"/>
+      <c r="F273" s="19"/>
+    </row>
+    <row r="274" spans="1:6" ht="15" thickBot="1">
+      <c r="A274" s="281" t="s">
         <v>1</v>
       </c>
-      <c r="B272" s="40"/>
-[...22 lines deleted...]
-      <c r="A274" s="73" t="s">
+      <c r="B274" s="282"/>
+      <c r="C274" s="128"/>
+      <c r="D274" s="128"/>
+      <c r="E274" s="129"/>
+    </row>
+    <row r="275" spans="1:6">
+      <c r="A275" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B275" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C275" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D275" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E275" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6">
+      <c r="A276" s="68" t="s">
         <v>113</v>
       </c>
-      <c r="B274" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C274" s="2" t="s">
+      <c r="B276" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C276" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="D274" s="2" t="s">
+      <c r="D276" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E274" s="45" t="s">
+      <c r="E276" s="41" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="275" spans="1:6">
-      <c r="A275" s="73" t="s">
+    <row r="277" spans="1:6">
+      <c r="A277" s="68" t="s">
         <v>113</v>
       </c>
-      <c r="B275" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C275" s="2" t="s">
+      <c r="B277" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C277" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="D275" s="2" t="s">
+      <c r="D277" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E275" s="45" t="s">
+      <c r="E277" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="276" spans="1:6">
-      <c r="A276" s="73" t="s">
+    <row r="278" spans="1:6">
+      <c r="A278" s="68" t="s">
         <v>113</v>
       </c>
-      <c r="B276" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C276" s="2" t="s">
+      <c r="B278" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C278" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="D276" s="2" t="s">
+      <c r="D278" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E276" s="45" t="s">
+      <c r="E278" s="41" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="277" spans="1:6">
-      <c r="A277" s="220" t="s">
+    <row r="279" spans="1:6">
+      <c r="A279" s="200" t="s">
         <v>113</v>
       </c>
-      <c r="B277" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C277" s="229" t="s">
+      <c r="B279" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C279" s="206" t="s">
         <v>352</v>
       </c>
-      <c r="D277" s="229" t="s">
+      <c r="D279" s="206" t="s">
         <v>22</v>
       </c>
-      <c r="E277" s="236" t="s">
+      <c r="E279" s="210" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="278" spans="1:6">
-      <c r="A278" s="184" t="s">
+    <row r="280" spans="1:6">
+      <c r="A280" s="167" t="s">
         <v>113</v>
       </c>
-      <c r="B278" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C278" s="72" t="s">
+      <c r="B280" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C280" s="67" t="s">
         <v>353</v>
       </c>
-      <c r="D278" s="72" t="s">
+      <c r="D280" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="E278" s="96" t="s">
+      <c r="E280" s="88" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="279" spans="1:6">
-      <c r="A279" s="73" t="s">
+    <row r="281" spans="1:6">
+      <c r="A281" s="68" t="s">
         <v>113</v>
       </c>
-      <c r="B279" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C279" s="2" t="s">
+      <c r="B281" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C281" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="D279" s="2" t="s">
+      <c r="D281" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E279" s="45" t="s">
+      <c r="E281" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="280" spans="1:6" ht="47.4">
-      <c r="A280" s="73" t="s">
+    <row r="282" spans="1:6" ht="47.4">
+      <c r="A282" s="68" t="s">
         <v>113</v>
       </c>
-      <c r="B280" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D280" s="2" t="s">
+      <c r="B282" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C282" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="D282" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E280" s="45" t="s">
+      <c r="E282" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="281" spans="1:6">
-      <c r="A281" s="73" t="s">
+    <row r="283" spans="1:6">
+      <c r="A283" s="68" t="s">
         <v>113</v>
       </c>
-      <c r="B281" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C281" s="2" t="s">
+      <c r="B283" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C283" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="D281" s="2" t="s">
+      <c r="D283" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E281" s="45" t="s">
+      <c r="E283" s="41" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="282" spans="1:6">
-      <c r="A282" s="73" t="s">
+    <row r="284" spans="1:6">
+      <c r="A284" s="68" t="s">
         <v>113</v>
       </c>
-      <c r="B282" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C282" s="2" t="s">
+      <c r="B284" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C284" s="2" t="s">
         <v>356</v>
       </c>
-      <c r="D282" s="2" t="s">
+      <c r="D284" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E282" s="45" t="s">
+      <c r="E284" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="283" spans="1:6">
-      <c r="A283" s="73" t="s">
+    <row r="285" spans="1:6">
+      <c r="A285" s="68" t="s">
         <v>113</v>
       </c>
-      <c r="B283" s="31" t="s">
-[...2 lines deleted...]
-      <c r="C283" s="2" t="s">
+      <c r="B285" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="C285" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="D283" s="2" t="s">
+      <c r="D285" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E283" s="45" t="s">
+      <c r="E285" s="41" t="s">
         <v>13</v>
       </c>
-      <c r="F283" s="21"/>
-[...2 lines deleted...]
-      <c r="A284" s="114" t="s">
+      <c r="F285" s="19"/>
+    </row>
+    <row r="286" spans="1:6">
+      <c r="A286" s="101" t="s">
         <v>113</v>
       </c>
-      <c r="B284" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C284" s="18" t="s">
+      <c r="B286" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C286" s="16" t="s">
         <v>357</v>
       </c>
-      <c r="D284" s="2" t="s">
+      <c r="D286" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E284" s="45" t="s">
+      <c r="E286" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="285" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A285" s="78" t="s">
+    <row r="287" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A287" s="72" t="s">
         <v>113</v>
       </c>
-      <c r="B285" s="105" t="s">
-[...2 lines deleted...]
-      <c r="C285" s="47" t="s">
+      <c r="B287" s="93" t="s">
+        <v>8</v>
+      </c>
+      <c r="C287" s="43" t="s">
         <v>117</v>
       </c>
-      <c r="D285" s="47" t="s">
+      <c r="D287" s="43" t="s">
         <v>18</v>
       </c>
-      <c r="E285" s="79" t="s">
+      <c r="E287" s="73" t="s">
         <v>18</v>
       </c>
-      <c r="F285" s="21"/>
-[...9 lines deleted...]
-      <c r="A287" s="279" t="s">
+      <c r="F287" s="19"/>
+    </row>
+    <row r="288" spans="1:6" ht="15" thickBot="1">
+      <c r="A288" s="127"/>
+      <c r="B288" s="128"/>
+      <c r="C288" s="128"/>
+      <c r="D288" s="128"/>
+      <c r="E288" s="129"/>
+    </row>
+    <row r="289" spans="1:6" ht="15" thickBot="1">
+      <c r="A289" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B287" s="280"/>
-[...22 lines deleted...]
-      <c r="A289" s="137" t="s">
+      <c r="B289" s="252"/>
+      <c r="C289" s="252"/>
+      <c r="D289" s="252"/>
+      <c r="E289" s="253"/>
+    </row>
+    <row r="290" spans="1:6">
+      <c r="A290" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B290" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C290" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D290" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E290" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6" ht="15" thickBot="1">
+      <c r="A291" s="121" t="s">
         <v>24</v>
       </c>
-      <c r="B289" s="47"/>
-[...9 lines deleted...]
-      <c r="A291" s="39" t="s">
+      <c r="B291" s="43"/>
+      <c r="C291" s="43"/>
+      <c r="D291" s="43"/>
+      <c r="E291" s="73"/>
+    </row>
+    <row r="292" spans="1:6" ht="15" thickBot="1">
+      <c r="A292" s="7"/>
+      <c r="E292" s="86"/>
+    </row>
+    <row r="293" spans="1:6" ht="15" thickBot="1">
+      <c r="A293" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B291" s="40"/>
-[...22 lines deleted...]
-      <c r="A293" s="73" t="s">
+      <c r="B293" s="38"/>
+      <c r="C293" s="39"/>
+      <c r="D293" s="39"/>
+      <c r="E293" s="40"/>
+    </row>
+    <row r="294" spans="1:6">
+      <c r="A294" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B294" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C294" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D294" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E294" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" ht="22.8">
+      <c r="A295" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B293" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C293" s="2" t="s">
+      <c r="B295" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C295" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D293" s="2" t="s">
+      <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E293" s="45" t="s">
+      <c r="E295" s="41" t="s">
         <v>9</v>
       </c>
-      <c r="F293" s="21"/>
-[...2 lines deleted...]
-      <c r="A294" s="73" t="s">
+      <c r="F295" s="19"/>
+    </row>
+    <row r="296" spans="1:6" ht="22.8">
+      <c r="A296" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B294" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C294" s="2" t="s">
+      <c r="B296" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C296" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="D294" s="2" t="s">
+      <c r="D296" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="E294" s="45" t="s">
+      <c r="E296" s="41" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="295" spans="1:6" ht="22.8">
-      <c r="A295" s="184" t="s">
+    <row r="297" spans="1:6" ht="22.8">
+      <c r="A297" s="167" t="s">
         <v>118</v>
       </c>
-      <c r="B295" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C295" s="72" t="s">
+      <c r="B297" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C297" s="67" t="s">
         <v>359</v>
       </c>
-      <c r="D295" s="72" t="s">
+      <c r="D297" s="67" t="s">
         <v>71</v>
       </c>
-      <c r="E295" s="96" t="s">
+      <c r="E297" s="88" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="296" spans="1:6" ht="22.8">
-      <c r="A296" s="73" t="s">
+    <row r="298" spans="1:6" ht="22.8">
+      <c r="A298" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B296" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C296" s="2" t="s">
+      <c r="B298" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C298" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="D296" s="2" t="s">
+      <c r="D298" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E296" s="45" t="s">
+      <c r="E298" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="297" spans="1:6" ht="22.8">
-      <c r="A297" s="73" t="s">
+    <row r="299" spans="1:6" ht="22.8">
+      <c r="A299" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B297" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C297" s="2" t="s">
+      <c r="B299" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C299" s="2" t="s">
         <v>361</v>
       </c>
-      <c r="D297" s="2" t="s">
+      <c r="D299" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E297" s="45" t="s">
+      <c r="E299" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="298" spans="1:6" ht="22.8">
-      <c r="A298" s="73" t="s">
+    <row r="300" spans="1:6" ht="22.8">
+      <c r="A300" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B298" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C298" s="2" t="s">
+      <c r="B300" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C300" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="D298" s="2" t="s">
+      <c r="D300" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E298" s="45" t="s">
+      <c r="E300" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="299" spans="1:6" ht="22.8">
-      <c r="A299" s="73" t="s">
+    <row r="301" spans="1:6" ht="22.8">
+      <c r="A301" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B299" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D299" s="2" t="s">
+      <c r="B301" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="D301" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E299" s="45" t="s">
+      <c r="E301" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="300" spans="1:6" ht="22.8">
-      <c r="A300" s="73" t="s">
+    <row r="302" spans="1:6" ht="22.8">
+      <c r="A302" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B300" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C300" s="2" t="s">
+      <c r="B302" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C302" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="D300" s="2" t="s">
+      <c r="D302" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E300" s="45" t="s">
+      <c r="E302" s="41" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="301" spans="1:6" ht="22.8">
-      <c r="A301" s="73" t="s">
+    <row r="303" spans="1:6" ht="22.8">
+      <c r="A303" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B301" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C301" s="2" t="s">
+      <c r="B303" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C303" s="2" t="s">
         <v>364</v>
       </c>
-      <c r="D301" s="2" t="s">
+      <c r="D303" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E301" s="45" t="s">
+      <c r="E303" s="41" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="302" spans="1:6" ht="22.8">
-      <c r="A302" s="220" t="s">
+    <row r="304" spans="1:6" ht="22.8">
+      <c r="A304" s="200" t="s">
         <v>118</v>
       </c>
-      <c r="B302" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C302" s="229" t="s">
+      <c r="B304" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C304" s="206" t="s">
         <v>365</v>
       </c>
-      <c r="D302" s="229" t="s">
+      <c r="D304" s="206" t="s">
         <v>40</v>
       </c>
-      <c r="E302" s="236" t="s">
+      <c r="E304" s="210" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="303" spans="1:6" ht="22.8">
-      <c r="A303" s="184" t="s">
+    <row r="305" spans="1:6" ht="22.8">
+      <c r="A305" s="167" t="s">
         <v>118</v>
       </c>
-      <c r="B303" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C303" s="72" t="s">
+      <c r="B305" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C305" s="67" t="s">
         <v>366</v>
       </c>
-      <c r="D303" s="72" t="s">
+      <c r="D305" s="67" t="s">
         <v>19</v>
       </c>
-      <c r="E303" s="96" t="s">
+      <c r="E305" s="88" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="304" spans="1:6" ht="22.8">
-      <c r="A304" s="73" t="s">
+    <row r="306" spans="1:6" ht="22.8">
+      <c r="A306" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B304" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C304" s="2" t="s">
+      <c r="B306" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C306" s="2" t="s">
         <v>367</v>
       </c>
-      <c r="D304" s="2" t="s">
+      <c r="D306" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="E304" s="45" t="s">
+      <c r="E306" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="305" spans="1:6" ht="22.8">
-      <c r="A305" s="73" t="s">
+    <row r="307" spans="1:6" ht="22.8">
+      <c r="A307" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B305" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C305" s="2" t="s">
+      <c r="B307" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C307" s="2" t="s">
         <v>368</v>
       </c>
-      <c r="D305" s="2" t="s">
+      <c r="D307" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="E305" s="45" t="s">
+      <c r="E307" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="306" spans="1:6" ht="22.8">
-      <c r="A306" s="73" t="s">
+    <row r="308" spans="1:6" ht="22.8">
+      <c r="A308" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B306" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C306" s="2" t="s">
+      <c r="B308" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C308" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="D306" s="2" t="s">
+      <c r="D308" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="E306" s="45" t="s">
+      <c r="E308" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="307" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A307" s="78" t="s">
+    <row r="309" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A309" s="72" t="s">
         <v>118</v>
       </c>
-      <c r="B307" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C307" s="47" t="s">
+      <c r="B309" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C309" s="43" t="s">
         <v>370</v>
       </c>
-      <c r="D307" s="47" t="s">
+      <c r="D309" s="43" t="s">
         <v>122</v>
       </c>
-      <c r="E307" s="79" t="s">
+      <c r="E309" s="73" t="s">
         <v>26</v>
       </c>
-      <c r="F307" s="21"/>
-[...10 lines deleted...]
-      <c r="A309" s="279" t="s">
+      <c r="F309" s="19"/>
+    </row>
+    <row r="310" spans="1:6" ht="15" thickBot="1">
+      <c r="A310" s="112"/>
+      <c r="B310" s="39"/>
+      <c r="C310" s="39"/>
+      <c r="D310" s="39"/>
+      <c r="E310" s="40"/>
+      <c r="F310" s="19"/>
+    </row>
+    <row r="311" spans="1:6" ht="15" thickBot="1">
+      <c r="A311" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B309" s="280"/>
-[...24 lines deleted...]
-      <c r="A311" s="78" t="s">
+      <c r="B311" s="252"/>
+      <c r="C311" s="252"/>
+      <c r="D311" s="252"/>
+      <c r="E311" s="253"/>
+      <c r="F311" s="19"/>
+    </row>
+    <row r="312" spans="1:6">
+      <c r="A312" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B312" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C312" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D312" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E312" s="51" t="s">
+        <v>525</v>
+      </c>
+      <c r="F312" s="19"/>
+    </row>
+    <row r="313" spans="1:6" ht="15" thickBot="1">
+      <c r="A313" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="B311" s="47"/>
-[...10 lines deleted...]
-      <c r="A313" s="39" t="s">
+      <c r="B313" s="43"/>
+      <c r="C313" s="43"/>
+      <c r="D313" s="43"/>
+      <c r="E313" s="73"/>
+      <c r="F313" s="19"/>
+    </row>
+    <row r="314" spans="1:6" ht="15" thickBot="1">
+      <c r="E314" s="86"/>
+      <c r="F314" s="19"/>
+    </row>
+    <row r="315" spans="1:6" ht="15" thickBot="1">
+      <c r="A315" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B313" s="40"/>
-[...24 lines deleted...]
-      <c r="A315" s="73" t="s">
+      <c r="B315" s="38"/>
+      <c r="C315" s="39"/>
+      <c r="D315" s="39"/>
+      <c r="E315" s="40"/>
+      <c r="F315" s="19"/>
+    </row>
+    <row r="316" spans="1:6">
+      <c r="A316" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B316" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C316" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D316" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E316" s="51" t="s">
+        <v>525</v>
+      </c>
+      <c r="F316" s="19"/>
+    </row>
+    <row r="317" spans="1:6" ht="22.8">
+      <c r="A317" s="68" t="s">
         <v>123</v>
       </c>
-      <c r="B315" s="2" t="s">
+      <c r="B317" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C315" s="2" t="s">
+      <c r="C317" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D315" s="2" t="s">
+      <c r="D317" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E315" s="45" t="s">
+      <c r="E317" s="41" t="s">
         <v>19</v>
       </c>
-      <c r="F315" s="21"/>
-[...34 lines deleted...]
-      </c>
+      <c r="F317" s="19"/>
     </row>
     <row r="318" spans="1:6" ht="22.8">
-      <c r="A318" s="73" t="s">
+      <c r="A318" s="68" t="s">
         <v>123</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C318" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D318" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E318" s="41" t="s">
+        <v>13</v>
+      </c>
+      <c r="F318" s="19"/>
+    </row>
+    <row r="319" spans="1:6" ht="22.8">
+      <c r="A319" s="89" t="s">
+        <v>123</v>
+      </c>
+      <c r="B319" s="171" t="s">
+        <v>30</v>
+      </c>
+      <c r="C319" s="90" t="s">
+        <v>384</v>
+      </c>
+      <c r="D319" s="67" t="s">
+        <v>32</v>
+      </c>
+      <c r="E319" s="88" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6" ht="22.8">
+      <c r="A320" s="68" t="s">
+        <v>123</v>
+      </c>
+      <c r="B320" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C320" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="D318" s="2" t="s">
+      <c r="D320" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="E318" s="45" t="s">
+      <c r="E320" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="319" spans="1:6" ht="22.8">
-      <c r="A319" s="220" t="s">
+    <row r="321" spans="1:6" ht="22.8">
+      <c r="A321" s="200" t="s">
         <v>123</v>
       </c>
-      <c r="B319" s="229" t="s">
+      <c r="B321" s="206" t="s">
         <v>30</v>
       </c>
-      <c r="C319" s="229" t="s">
+      <c r="C321" s="206" t="s">
         <v>372</v>
       </c>
-      <c r="D319" s="229" t="s">
+      <c r="D321" s="206" t="s">
         <v>127</v>
       </c>
-      <c r="E319" s="236" t="s">
+      <c r="E321" s="210" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="320" spans="1:6" ht="22.8">
-      <c r="A320" s="184" t="s">
+    <row r="322" spans="1:6" ht="22.8">
+      <c r="A322" s="167" t="s">
         <v>123</v>
       </c>
-      <c r="B320" s="72" t="s">
+      <c r="B322" s="67" t="s">
         <v>30</v>
       </c>
-      <c r="C320" s="72" t="s">
+      <c r="C322" s="67" t="s">
         <v>373</v>
       </c>
-      <c r="D320" s="72" t="s">
+      <c r="D322" s="67" t="s">
         <v>34</v>
       </c>
-      <c r="E320" s="96" t="s">
+      <c r="E322" s="88" t="s">
         <v>26</v>
       </c>
-      <c r="F320" s="21"/>
-[...35 lines deleted...]
-      <c r="F322" s="21"/>
+      <c r="F322" s="19"/>
     </row>
     <row r="323" spans="1:6" ht="22.8">
-      <c r="A323" s="73" t="s">
+      <c r="A323" s="68" t="s">
         <v>123</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D323" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E323" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="F323" s="19"/>
     </row>
     <row r="324" spans="1:6" ht="22.8">
-      <c r="A324" s="73" t="s">
+      <c r="A324" s="68" t="s">
         <v>123</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C324" s="2" t="s">
+      <c r="C324" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="D324" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E324" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="F324" s="19"/>
+    </row>
+    <row r="325" spans="1:6" ht="22.8">
+      <c r="A325" s="68" t="s">
+        <v>123</v>
+      </c>
+      <c r="B325" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C325" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="D325" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E325" s="41" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6" ht="22.8">
+      <c r="A326" s="68" t="s">
+        <v>123</v>
+      </c>
+      <c r="B326" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C326" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="D324" s="2" t="s">
+      <c r="D326" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E324" s="45" t="s">
+      <c r="E326" s="41" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="325" spans="1:6" ht="22.8">
-      <c r="A325" s="220" t="s">
+    <row r="327" spans="1:6" ht="22.8">
+      <c r="A327" s="200" t="s">
         <v>123</v>
       </c>
-      <c r="B325" s="229" t="s">
+      <c r="B327" s="206" t="s">
         <v>30</v>
       </c>
-      <c r="C325" s="229" t="s">
+      <c r="C327" s="206" t="s">
         <v>383</v>
       </c>
-      <c r="D325" s="229" t="s">
+      <c r="D327" s="206" t="s">
         <v>76</v>
       </c>
-      <c r="E325" s="236" t="s">
+      <c r="E327" s="210" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="326" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A326" s="78" t="s">
+    <row r="328" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A328" s="72" t="s">
         <v>123</v>
       </c>
-      <c r="B326" s="47" t="s">
+      <c r="B328" s="43" t="s">
         <v>30</v>
       </c>
-      <c r="C326" s="47" t="s">
+      <c r="C328" s="43" t="s">
         <v>224</v>
       </c>
-      <c r="D326" s="47" t="s">
+      <c r="D328" s="43" t="s">
         <v>223</v>
       </c>
-      <c r="E326" s="79" t="s">
+      <c r="E328" s="73" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="327" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A328" s="291" t="s">
+    <row r="329" spans="1:6" ht="15" thickBot="1">
+      <c r="A329" s="130"/>
+      <c r="B329" s="86"/>
+      <c r="C329" s="86"/>
+      <c r="D329" s="86"/>
+      <c r="E329" s="87"/>
+    </row>
+    <row r="330" spans="1:6" ht="15" thickBot="1">
+      <c r="A330" s="263" t="s">
         <v>23</v>
       </c>
-      <c r="B328" s="292"/>
-[...53 lines deleted...]
-        <v>26</v>
+      <c r="B330" s="264"/>
+      <c r="C330" s="264"/>
+      <c r="D330" s="264"/>
+      <c r="E330" s="265"/>
+      <c r="F330" s="28"/>
+    </row>
+    <row r="331" spans="1:6">
+      <c r="A331" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B331" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C331" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D331" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E331" s="51" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="332" spans="1:6" ht="22.8">
-      <c r="A332" s="73" t="s">
+      <c r="A332" s="68" t="s">
         <v>123</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D332" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="E332" s="45" t="s">
+        <v>127</v>
+      </c>
+      <c r="E332" s="41" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="333" spans="1:6" ht="22.8">
-      <c r="A333" s="73" t="s">
-        <v>123</v>
+      <c r="A333" s="68" t="s">
+        <v>128</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C333" s="2" t="s">
+      <c r="C333" s="29" t="s">
+        <v>379</v>
+      </c>
+      <c r="D333" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="E333" s="69" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6" ht="22.8">
+      <c r="A334" s="68" t="s">
+        <v>123</v>
+      </c>
+      <c r="B334" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C334" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="D334" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E334" s="41" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6" ht="22.8">
+      <c r="A335" s="68" t="s">
+        <v>123</v>
+      </c>
+      <c r="B335" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C335" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="D333" s="2" t="s">
+      <c r="D335" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E333" s="45" t="s">
+      <c r="E335" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="334" spans="1:6" ht="22.8">
-      <c r="A334" s="184" t="s">
+    <row r="336" spans="1:6" ht="22.8">
+      <c r="A336" s="167" t="s">
         <v>123</v>
       </c>
-      <c r="B334" s="72" t="s">
+      <c r="B336" s="67" t="s">
         <v>30</v>
       </c>
-      <c r="C334" s="72" t="s">
+      <c r="C336" s="67" t="s">
         <v>382</v>
       </c>
-      <c r="D334" s="72" t="s">
+      <c r="D336" s="67" t="s">
         <v>26</v>
       </c>
-      <c r="E334" s="96" t="s">
+      <c r="E336" s="88" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="335" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A335" s="78" t="s">
+    <row r="337" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A337" s="72" t="s">
         <v>123</v>
       </c>
-      <c r="B335" s="105" t="s">
+      <c r="B337" s="93" t="s">
         <v>30</v>
       </c>
-      <c r="C335" s="47" t="s">
+      <c r="C337" s="43" t="s">
         <v>240</v>
       </c>
-      <c r="D335" s="47" t="s">
+      <c r="D337" s="43" t="s">
         <v>147</v>
       </c>
-      <c r="E335" s="79" t="s">
+      <c r="E337" s="73" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="336" spans="1:6" ht="15" thickBot="1">
-[...4 lines deleted...]
-      <c r="A337" s="39" t="s">
+    <row r="338" spans="1:6" ht="15" thickBot="1">
+      <c r="E338" s="86"/>
+      <c r="F338" s="19"/>
+    </row>
+    <row r="339" spans="1:6" ht="15" thickBot="1">
+      <c r="A339" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B337" s="40"/>
-[...22 lines deleted...]
-      <c r="A339" s="73" t="s">
+      <c r="B339" s="38"/>
+      <c r="C339" s="39"/>
+      <c r="D339" s="39"/>
+      <c r="E339" s="40"/>
+    </row>
+    <row r="340" spans="1:6">
+      <c r="A340" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B340" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C340" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D340" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E340" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6" ht="22.8">
+      <c r="A341" s="68" t="s">
         <v>130</v>
       </c>
-      <c r="B339" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C339" s="5" t="s">
+      <c r="B341" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C341" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="D339" s="5" t="s">
+      <c r="D341" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="E339" s="136" t="s">
+      <c r="E341" s="120" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="340" spans="1:6" ht="22.8">
-      <c r="A340" s="73" t="s">
+    <row r="342" spans="1:6" ht="22.8">
+      <c r="A342" s="68" t="s">
         <v>130</v>
       </c>
-      <c r="B340" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C340" s="5" t="s">
+      <c r="B342" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C342" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="D340" s="5" t="s">
+      <c r="D342" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E340" s="136" t="s">
+      <c r="E342" s="120" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="341" spans="1:6" ht="22.8">
-      <c r="A341" s="73" t="s">
+    <row r="343" spans="1:6" ht="22.8">
+      <c r="A343" s="68" t="s">
         <v>130</v>
       </c>
-      <c r="B341" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C341" s="5" t="s">
+      <c r="B343" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C343" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="D341" s="5" t="s">
+      <c r="D343" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E341" s="136" t="s">
+      <c r="E343" s="120" t="s">
         <v>13</v>
       </c>
-      <c r="F341" s="34"/>
-[...2 lines deleted...]
-      <c r="A342" s="73" t="s">
+      <c r="F343" s="32"/>
+    </row>
+    <row r="344" spans="1:6" ht="22.8">
+      <c r="A344" s="68" t="s">
         <v>130</v>
       </c>
-      <c r="B342" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C342" s="5" t="s">
+      <c r="B344" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C344" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="D342" s="5" t="s">
+      <c r="D344" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E342" s="136" t="s">
+      <c r="E344" s="120" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="343" spans="1:6" ht="22.8">
-      <c r="A343" s="73" t="s">
+    <row r="345" spans="1:6" ht="22.8">
+      <c r="A345" s="68" t="s">
         <v>130</v>
       </c>
-      <c r="B343" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C343" s="2" t="s">
+      <c r="B345" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C345" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D343" s="2" t="s">
+      <c r="D345" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E343" s="45" t="s">
+      <c r="E345" s="41" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="344" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A344" s="78" t="s">
+    <row r="346" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A346" s="72" t="s">
         <v>130</v>
       </c>
-      <c r="B344" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C344" s="48" t="s">
+      <c r="B346" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C346" s="44" t="s">
         <v>135</v>
       </c>
-      <c r="D344" s="47" t="s">
+      <c r="D346" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="E344" s="49" t="s">
+      <c r="E346" s="45" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="345" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A346" s="282" t="s">
+    <row r="347" spans="1:6" ht="15" thickBot="1">
+      <c r="A347" s="131"/>
+      <c r="B347" s="132"/>
+      <c r="C347" s="132"/>
+      <c r="D347" s="132"/>
+      <c r="E347" s="133"/>
+    </row>
+    <row r="348" spans="1:6" ht="15" thickBot="1">
+      <c r="A348" s="254" t="s">
         <v>23</v>
       </c>
-      <c r="B346" s="283"/>
-[...22 lines deleted...]
-      <c r="A348" s="73" t="s">
+      <c r="B348" s="255"/>
+      <c r="C348" s="255"/>
+      <c r="D348" s="255"/>
+      <c r="E348" s="256"/>
+    </row>
+    <row r="349" spans="1:6">
+      <c r="A349" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B349" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C349" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D349" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E349" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6" s="33" customFormat="1" ht="22.8">
+      <c r="A350" s="68" t="s">
         <v>130</v>
       </c>
-      <c r="B348" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C348" s="5" t="s">
+      <c r="B350" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C350" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="D348" s="2" t="s">
+      <c r="D350" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="E348" s="136" t="s">
+      <c r="E350" s="120" t="s">
         <v>115</v>
       </c>
-      <c r="F348" s="27"/>
-[...2 lines deleted...]
-      <c r="A349" s="92" t="s">
+      <c r="F350" s="25"/>
+    </row>
+    <row r="351" spans="1:6" ht="22.8">
+      <c r="A351" s="84" t="s">
         <v>130</v>
       </c>
-      <c r="B349" s="31" t="s">
-[...2 lines deleted...]
-      <c r="C349" s="31" t="s">
+      <c r="B351" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="C351" s="29" t="s">
         <v>386</v>
       </c>
-      <c r="D349" s="23" t="s">
+      <c r="D351" s="21" t="s">
         <v>137</v>
       </c>
-      <c r="E349" s="131" t="s">
+      <c r="E351" s="116" t="s">
         <v>13</v>
       </c>
-      <c r="F349" s="21"/>
-[...2 lines deleted...]
-      <c r="A350" s="78" t="s">
+      <c r="F351" s="19"/>
+    </row>
+    <row r="352" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A352" s="72" t="s">
         <v>130</v>
       </c>
-      <c r="B350" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C350" s="48" t="s">
+      <c r="B352" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C352" s="44" t="s">
         <v>387</v>
       </c>
-      <c r="D350" s="48" t="s">
+      <c r="D352" s="44" t="s">
         <v>241</v>
       </c>
-      <c r="E350" s="49" t="s">
+      <c r="E352" s="45" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="351" spans="1:6" ht="15" thickBot="1">
-[...3 lines deleted...]
-      <c r="A352" s="39" t="s">
+    <row r="353" spans="1:6" ht="15" thickBot="1">
+      <c r="E353" s="86"/>
+    </row>
+    <row r="354" spans="1:6" ht="15" thickBot="1">
+      <c r="A354" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B352" s="40"/>
-[...22 lines deleted...]
-      <c r="A354" s="220" t="s">
+      <c r="B354" s="38"/>
+      <c r="C354" s="39"/>
+      <c r="D354" s="39"/>
+      <c r="E354" s="40"/>
+    </row>
+    <row r="355" spans="1:6">
+      <c r="A355" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B355" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C355" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D355" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E355" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6" ht="34.200000000000003">
+      <c r="A356" s="200" t="s">
         <v>388</v>
       </c>
-      <c r="B354" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C354" s="229" t="s">
+      <c r="B356" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C356" s="206" t="s">
         <v>389</v>
       </c>
-      <c r="D354" s="229" t="s">
+      <c r="D356" s="206" t="s">
         <v>9</v>
       </c>
-      <c r="E354" s="236" t="s">
+      <c r="E356" s="210" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="355" spans="1:6" ht="34.200000000000003">
-      <c r="A355" s="220" t="s">
+    <row r="357" spans="1:6" ht="34.200000000000003">
+      <c r="A357" s="200" t="s">
         <v>388</v>
       </c>
-      <c r="B355" s="239" t="s">
-[...2 lines deleted...]
-      <c r="C355" s="239" t="s">
+      <c r="B357" s="213" t="s">
+        <v>8</v>
+      </c>
+      <c r="C357" s="213" t="s">
         <v>138</v>
       </c>
-      <c r="D355" s="239" t="s">
+      <c r="D357" s="213" t="s">
         <v>27</v>
       </c>
-      <c r="E355" s="240" t="s">
+      <c r="E357" s="214" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="356" spans="1:6" ht="71.400000000000006">
-      <c r="A356" s="220" t="s">
+    <row r="358" spans="1:6" ht="71.400000000000006">
+      <c r="A358" s="200" t="s">
         <v>388</v>
       </c>
-      <c r="B356" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C356" s="2" t="s">
+      <c r="B358" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C358" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="D356" s="2" t="s">
+      <c r="D358" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E356" s="45" t="s">
+      <c r="E358" s="41" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="357" spans="1:6" ht="71.400000000000006">
-      <c r="A357" s="220" t="s">
+    <row r="359" spans="1:6" ht="71.400000000000006">
+      <c r="A359" s="200" t="s">
         <v>388</v>
       </c>
-      <c r="B357" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C357" s="2" t="s">
+      <c r="B359" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C359" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="D357" s="2" t="s">
+      <c r="D359" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E357" s="45" t="s">
+      <c r="E359" s="41" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="358" spans="1:6" ht="34.200000000000003">
-      <c r="A358" s="220" t="s">
+    <row r="360" spans="1:6" ht="34.200000000000003">
+      <c r="A360" s="200" t="s">
         <v>388</v>
       </c>
-      <c r="B358" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C358" s="2" t="s">
+      <c r="B360" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C360" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D358" s="2" t="s">
+      <c r="D360" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E358" s="45" t="s">
+      <c r="E360" s="41" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="359" spans="1:6" ht="34.200000000000003">
-      <c r="A359" s="220" t="s">
+    <row r="361" spans="1:6" ht="34.200000000000003">
+      <c r="A361" s="200" t="s">
         <v>388</v>
       </c>
-      <c r="B359" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C359" s="2" t="s">
+      <c r="B361" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C361" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="D359" s="2" t="s">
+      <c r="D361" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E359" s="45" t="s">
+      <c r="E361" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="360" spans="1:6" ht="71.400000000000006">
-      <c r="A360" s="220" t="s">
+    <row r="362" spans="1:6" ht="71.400000000000006">
+      <c r="A362" s="200" t="s">
         <v>388</v>
       </c>
-      <c r="B360" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C360" s="2" t="s">
+      <c r="B362" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C362" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="D360" s="2" t="s">
+      <c r="D362" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E360" s="45" t="s">
+      <c r="E362" s="41" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="361" spans="1:6" ht="34.799999999999997" thickBot="1">
-      <c r="A361" s="220" t="s">
+    <row r="363" spans="1:6" ht="34.799999999999997" thickBot="1">
+      <c r="A363" s="200" t="s">
         <v>388</v>
       </c>
-      <c r="B361" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C361" s="47" t="s">
+      <c r="B363" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C363" s="43" t="s">
         <v>392</v>
       </c>
-      <c r="D361" s="47" t="s">
+      <c r="D363" s="43" t="s">
         <v>26</v>
       </c>
-      <c r="E361" s="79" t="s">
+      <c r="E363" s="73" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="362" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A363" s="279" t="s">
+    <row r="364" spans="1:6" ht="15" thickBot="1">
+      <c r="A364" s="112"/>
+      <c r="B364" s="39"/>
+      <c r="C364" s="39"/>
+      <c r="D364" s="39"/>
+      <c r="E364" s="40"/>
+    </row>
+    <row r="365" spans="1:6" ht="15" thickBot="1">
+      <c r="A365" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B363" s="280"/>
-[...22 lines deleted...]
-      <c r="A365" s="264" t="s">
+      <c r="B365" s="252"/>
+      <c r="C365" s="252"/>
+      <c r="D365" s="252"/>
+      <c r="E365" s="253"/>
+    </row>
+    <row r="366" spans="1:6">
+      <c r="A366" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B366" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C366" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D366" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E366" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6" ht="72" thickBot="1">
+      <c r="A367" s="236" t="s">
         <v>388</v>
       </c>
-      <c r="B365" s="105" t="s">
-[...2 lines deleted...]
-      <c r="C365" s="105" t="s">
+      <c r="B367" s="93" t="s">
+        <v>8</v>
+      </c>
+      <c r="C367" s="93" t="s">
         <v>393</v>
       </c>
-      <c r="D365" s="105" t="s">
+      <c r="D367" s="93" t="s">
         <v>35</v>
       </c>
-      <c r="E365" s="106" t="s">
+      <c r="E367" s="94" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="366" spans="1:6" ht="15" thickBot="1">
-[...4 lines deleted...]
-      <c r="A367" s="39" t="s">
+    <row r="368" spans="1:6" ht="15" thickBot="1">
+      <c r="E368" s="86"/>
+      <c r="F368" s="19"/>
+    </row>
+    <row r="369" spans="1:6" ht="15" thickBot="1">
+      <c r="A369" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B367" s="40"/>
-[...23 lines deleted...]
-      <c r="A369" s="73" t="s">
+      <c r="B369" s="38"/>
+      <c r="C369" s="39"/>
+      <c r="D369" s="39"/>
+      <c r="E369" s="40"/>
+      <c r="F369" s="19"/>
+    </row>
+    <row r="370" spans="1:6">
+      <c r="A370" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B370" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C370" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D370" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E370" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6">
+      <c r="A371" s="68" t="s">
         <v>141</v>
       </c>
-      <c r="B369" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C369" s="2" t="s">
+      <c r="B371" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C371" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D369" s="2" t="s">
+      <c r="D371" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E369" s="45" t="s">
+      <c r="E371" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="370" spans="1:6">
-      <c r="A370" s="73" t="s">
+    <row r="372" spans="1:6">
+      <c r="A372" s="68" t="s">
         <v>141</v>
       </c>
-      <c r="B370" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C370" s="2" t="s">
+      <c r="B372" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C372" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="D370" s="2" t="s">
+      <c r="D372" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E370" s="45" t="s">
+      <c r="E372" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="371" spans="1:6">
-      <c r="A371" s="73" t="s">
+    <row r="373" spans="1:6">
+      <c r="A373" s="68" t="s">
         <v>141</v>
       </c>
-      <c r="B371" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C371" s="2" t="s">
+      <c r="B373" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C373" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D371" s="2" t="s">
+      <c r="D373" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E371" s="45" t="s">
+      <c r="E373" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="372" spans="1:6">
-      <c r="A372" s="73" t="s">
+    <row r="374" spans="1:6">
+      <c r="A374" s="68" t="s">
         <v>141</v>
       </c>
-      <c r="B372" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C372" s="2" t="s">
+      <c r="B374" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C374" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D372" s="2" t="s">
+      <c r="D374" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E372" s="45" t="s">
+      <c r="E374" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="F372" s="21"/>
-[...2 lines deleted...]
-      <c r="A373" s="73" t="s">
+      <c r="F374" s="19"/>
+    </row>
+    <row r="375" spans="1:6">
+      <c r="A375" s="68" t="s">
         <v>141</v>
       </c>
-      <c r="B373" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C373" s="2" t="s">
+      <c r="B375" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C375" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="D373" s="2" t="s">
+      <c r="D375" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E373" s="45" t="s">
+      <c r="E375" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="374" spans="1:6">
-      <c r="A374" s="73" t="s">
+    <row r="376" spans="1:6">
+      <c r="A376" s="68" t="s">
         <v>141</v>
       </c>
-      <c r="B374" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C374" s="2" t="s">
+      <c r="B376" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C376" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="D374" s="2" t="s">
+      <c r="D376" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E374" s="45" t="s">
+      <c r="E376" s="41" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="375" spans="1:6">
-      <c r="A375" s="73" t="s">
+    <row r="377" spans="1:6">
+      <c r="A377" s="68" t="s">
         <v>141</v>
       </c>
-      <c r="B375" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C375" s="2" t="s">
+      <c r="B377" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C377" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="D375" s="2" t="s">
+      <c r="D377" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E375" s="45" t="s">
+      <c r="E377" s="41" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="376" spans="1:6" ht="15" thickBot="1">
-      <c r="A376" s="78" t="s">
+    <row r="378" spans="1:6" ht="15" thickBot="1">
+      <c r="A378" s="72" t="s">
         <v>141</v>
       </c>
-      <c r="B376" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C376" s="47" t="s">
+      <c r="B378" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C378" s="43" t="s">
         <v>398</v>
       </c>
-      <c r="D376" s="47" t="s">
+      <c r="D378" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="E376" s="79" t="s">
+      <c r="E378" s="73" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="377" spans="1:6" ht="15" thickBot="1">
-[...4 lines deleted...]
-      <c r="A378" s="288" t="s">
+    <row r="379" spans="1:6" ht="15" thickBot="1">
+      <c r="A379" s="70"/>
+      <c r="E379" s="71"/>
+    </row>
+    <row r="380" spans="1:6" ht="15" thickBot="1">
+      <c r="A380" s="260" t="s">
         <v>23</v>
       </c>
-      <c r="B378" s="289"/>
-[...22 lines deleted...]
-      <c r="A380" s="78" t="s">
+      <c r="B380" s="261"/>
+      <c r="C380" s="261"/>
+      <c r="D380" s="261"/>
+      <c r="E380" s="262"/>
+    </row>
+    <row r="381" spans="1:6">
+      <c r="A381" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B381" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C381" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D381" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E381" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6" ht="15" thickBot="1">
+      <c r="A382" s="72" t="s">
         <v>141</v>
       </c>
-      <c r="B380" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C380" s="47" t="s">
+      <c r="B382" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C382" s="43" t="s">
         <v>145</v>
       </c>
-      <c r="D380" s="47" t="s">
+      <c r="D382" s="43" t="s">
         <v>119</v>
       </c>
-      <c r="E380" s="79" t="s">
+      <c r="E382" s="73" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="381" spans="1:6" ht="15" thickBot="1">
-[...4 lines deleted...]
-      <c r="A382" s="39" t="s">
+    <row r="383" spans="1:6" ht="15" thickBot="1">
+      <c r="C383" s="128"/>
+      <c r="F383" s="19"/>
+    </row>
+    <row r="384" spans="1:6" ht="15" thickBot="1">
+      <c r="A384" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B382" s="40"/>
-[...30 lines deleted...]
-      <c r="C384" s="2" t="s">
+      <c r="B384" s="38"/>
+      <c r="C384" s="39"/>
+      <c r="D384" s="39"/>
+      <c r="E384" s="40"/>
+      <c r="F384" s="19"/>
+    </row>
+    <row r="385" spans="1:6">
+      <c r="A385" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B385" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C385" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D385" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E385" s="51" t="s">
+        <v>525</v>
+      </c>
+      <c r="F385" s="19"/>
+    </row>
+    <row r="386" spans="1:6">
+      <c r="A386" s="84" t="s">
+        <v>503</v>
+      </c>
+      <c r="B386" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C386" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="D384" s="2" t="s">
+      <c r="D386" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E384" s="45" t="s">
+      <c r="E386" s="41" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="385" spans="1:6">
-[...6 lines deleted...]
-      <c r="C385" s="2" t="s">
+    <row r="387" spans="1:6">
+      <c r="A387" s="68" t="s">
+        <v>503</v>
+      </c>
+      <c r="B387" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C387" s="2" t="s">
         <v>400</v>
       </c>
-      <c r="D385" s="2" t="s">
+      <c r="D387" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E385" s="45" t="s">
+      <c r="E387" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="386" spans="1:6">
-[...6 lines deleted...]
-      <c r="C386" s="72" t="s">
+    <row r="388" spans="1:6">
+      <c r="A388" s="167" t="s">
+        <v>503</v>
+      </c>
+      <c r="B388" s="75" t="s">
+        <v>8</v>
+      </c>
+      <c r="C388" s="67" t="s">
         <v>146</v>
       </c>
-      <c r="D386" s="81" t="s">
+      <c r="D388" s="75" t="s">
         <v>147</v>
       </c>
-      <c r="E386" s="91" t="s">
+      <c r="E388" s="83" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="387" spans="1:6">
-[...6 lines deleted...]
-      <c r="C387" s="2" t="s">
+    <row r="389" spans="1:6">
+      <c r="A389" s="68" t="s">
+        <v>503</v>
+      </c>
+      <c r="B389" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C389" s="2" t="s">
         <v>401</v>
       </c>
-      <c r="D387" s="2" t="s">
+      <c r="D389" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E387" s="45" t="s">
+      <c r="E389" s="41" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="388" spans="1:6">
-[...6 lines deleted...]
-      <c r="C388" s="229" t="s">
+    <row r="390" spans="1:6">
+      <c r="A390" s="68" t="s">
+        <v>503</v>
+      </c>
+      <c r="B390" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C390" s="206" t="s">
         <v>402</v>
       </c>
-      <c r="D388" s="229" t="s">
+      <c r="D390" s="206" t="s">
         <v>90</v>
       </c>
-      <c r="E388" s="236" t="s">
+      <c r="E390" s="210" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="389" spans="1:6">
-[...6 lines deleted...]
-      <c r="C389" s="72" t="s">
+    <row r="391" spans="1:6">
+      <c r="A391" s="162" t="s">
+        <v>503</v>
+      </c>
+      <c r="B391" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C391" s="67" t="s">
         <v>403</v>
       </c>
-      <c r="D389" s="72" t="s">
+      <c r="D391" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="E389" s="96" t="s">
+      <c r="E391" s="88" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="390" spans="1:6">
-[...6 lines deleted...]
-      <c r="C390" s="2" t="s">
+    <row r="392" spans="1:6">
+      <c r="A392" s="68" t="s">
+        <v>503</v>
+      </c>
+      <c r="B392" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C392" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="D390" s="2" t="s">
+      <c r="D392" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E390" s="45" t="s">
+      <c r="E392" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="391" spans="1:6">
-[...6 lines deleted...]
-      <c r="C391" s="72" t="s">
+    <row r="393" spans="1:6">
+      <c r="A393" s="162" t="s">
+        <v>503</v>
+      </c>
+      <c r="B393" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C393" s="67" t="s">
         <v>405</v>
       </c>
-      <c r="D391" s="72" t="s">
+      <c r="D393" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="E391" s="96" t="s">
+      <c r="E393" s="88" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="392" spans="1:6">
-[...6 lines deleted...]
-      <c r="C392" s="2" t="s">
+    <row r="394" spans="1:6">
+      <c r="A394" s="84" t="s">
+        <v>503</v>
+      </c>
+      <c r="B394" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C394" s="2" t="s">
         <v>406</v>
       </c>
-      <c r="D392" s="2" t="s">
+      <c r="D394" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="E392" s="45" t="s">
+      <c r="E394" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="393" spans="1:6">
-[...6 lines deleted...]
-      <c r="C393" s="2" t="s">
+    <row r="395" spans="1:6">
+      <c r="A395" s="84" t="s">
+        <v>503</v>
+      </c>
+      <c r="B395" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C395" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="D393" s="2" t="s">
+      <c r="D395" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="E393" s="45" t="s">
+      <c r="E395" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="394" spans="1:6">
-[...6 lines deleted...]
-      <c r="C394" s="2" t="s">
+    <row r="396" spans="1:6">
+      <c r="A396" s="84" t="s">
+        <v>503</v>
+      </c>
+      <c r="B396" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C396" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="D394" s="2" t="s">
+      <c r="D396" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E394" s="45" t="s">
+      <c r="E396" s="41" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="395" spans="1:6">
-[...6 lines deleted...]
-      <c r="C395" s="2" t="s">
+    <row r="397" spans="1:6">
+      <c r="A397" s="84" t="s">
+        <v>503</v>
+      </c>
+      <c r="B397" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C397" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="D395" s="2" t="s">
+      <c r="D397" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="E395" s="45" t="s">
+      <c r="E397" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="396" spans="1:6">
-[...6 lines deleted...]
-      <c r="C396" s="2" t="s">
+    <row r="398" spans="1:6">
+      <c r="A398" s="68" t="s">
+        <v>503</v>
+      </c>
+      <c r="B398" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C398" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="D396" s="2" t="s">
+      <c r="D398" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E396" s="45" t="s">
+      <c r="E398" s="41" t="s">
         <v>18</v>
       </c>
-      <c r="F396" s="21"/>
-[...8 lines deleted...]
-      <c r="C397" s="2" t="s">
+      <c r="F398" s="19"/>
+    </row>
+    <row r="399" spans="1:6">
+      <c r="A399" s="162" t="s">
+        <v>503</v>
+      </c>
+      <c r="B399" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C399" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="D397" s="2" t="s">
+      <c r="D399" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E397" s="45" t="s">
+      <c r="E399" s="41" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="398" spans="1:6" ht="15" thickBot="1">
-[...6 lines deleted...]
-      <c r="C398" s="47" t="s">
+    <row r="400" spans="1:6" ht="15" thickBot="1">
+      <c r="A400" s="72" t="s">
+        <v>503</v>
+      </c>
+      <c r="B400" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C400" s="43" t="s">
         <v>411</v>
       </c>
-      <c r="D398" s="47" t="s">
+      <c r="D400" s="43" t="s">
         <v>152</v>
       </c>
-      <c r="E398" s="79" t="s">
+      <c r="E400" s="73" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="399" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A400" s="282" t="s">
+    <row r="401" spans="1:6" ht="15" thickBot="1">
+      <c r="A401" s="112"/>
+      <c r="B401" s="39"/>
+      <c r="C401" s="39"/>
+      <c r="D401" s="39"/>
+      <c r="E401" s="40"/>
+    </row>
+    <row r="402" spans="1:6" ht="15" thickBot="1">
+      <c r="A402" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B400" s="283"/>
-[...29 lines deleted...]
-      <c r="C402" s="47" t="s">
+      <c r="B402" s="252"/>
+      <c r="C402" s="252"/>
+      <c r="D402" s="252"/>
+      <c r="E402" s="253"/>
+      <c r="F402" s="31"/>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="A403" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B403" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C403" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D403" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E403" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6" ht="15" thickBot="1">
+      <c r="A404" s="72" t="s">
+        <v>503</v>
+      </c>
+      <c r="B404" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C404" s="43" t="s">
         <v>412</v>
       </c>
-      <c r="D402" s="47" t="s">
+      <c r="D404" s="43" t="s">
         <v>219</v>
       </c>
-      <c r="E402" s="79" t="s">
+      <c r="E404" s="73" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="403" spans="1:6" ht="15" thickBot="1">
-[...3 lines deleted...]
-      <c r="A404" s="39" t="s">
+    <row r="405" spans="1:6" ht="15" thickBot="1">
+      <c r="E405" s="86"/>
+    </row>
+    <row r="406" spans="1:6" ht="15" thickBot="1">
+      <c r="A406" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B404" s="40"/>
-[...22 lines deleted...]
-      <c r="A406" s="73" t="s">
+      <c r="B406" s="38"/>
+      <c r="C406" s="39"/>
+      <c r="D406" s="39"/>
+      <c r="E406" s="40"/>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B407" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C407" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D407" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E407" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6">
+      <c r="A408" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B406" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C406" s="2" t="s">
+      <c r="B408" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C408" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="D406" s="2" t="s">
+      <c r="D408" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E406" s="45" t="s">
+      <c r="E408" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="407" spans="1:6">
-      <c r="A407" s="73" t="s">
+    <row r="409" spans="1:6">
+      <c r="A409" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B407" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C407" s="2" t="s">
+      <c r="B409" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C409" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="D407" s="2" t="s">
+      <c r="D409" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E407" s="45" t="s">
+      <c r="E409" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="408" spans="1:6">
-      <c r="A408" s="73" t="s">
+    <row r="410" spans="1:6">
+      <c r="A410" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B408" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C408" s="2" t="s">
+      <c r="B410" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C410" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="D408" s="2" t="s">
+      <c r="D410" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E408" s="45" t="s">
+      <c r="E410" s="41" t="s">
         <v>15</v>
       </c>
-      <c r="F408" s="30"/>
-[...2 lines deleted...]
-      <c r="A409" s="73" t="s">
+      <c r="F410" s="28"/>
+    </row>
+    <row r="411" spans="1:6" ht="22.8" customHeight="1">
+      <c r="A411" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B409" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C409" s="2" t="s">
+      <c r="B411" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C411" s="2" t="s">
         <v>416</v>
       </c>
-      <c r="D409" s="2" t="s">
+      <c r="D411" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E409" s="45" t="s">
+      <c r="E411" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="410" spans="1:6">
-      <c r="A410" s="73" t="s">
+    <row r="412" spans="1:6">
+      <c r="A412" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B410" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C410" s="2" t="s">
+      <c r="B412" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C412" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D410" s="2" t="s">
+      <c r="D412" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E410" s="45" t="s">
+      <c r="E412" s="41" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="411" spans="1:6">
-      <c r="A411" s="73" t="s">
+    <row r="413" spans="1:6">
+      <c r="A413" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B411" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C411" s="2" t="s">
+      <c r="B413" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C413" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="D411" s="2" t="s">
+      <c r="D413" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E411" s="45" t="s">
+      <c r="E413" s="41" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="412" spans="1:6">
-      <c r="A412" s="73" t="s">
+    <row r="414" spans="1:6">
+      <c r="A414" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B412" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C412" s="2" t="s">
+      <c r="B414" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C414" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="D412" s="2" t="s">
+      <c r="D414" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E412" s="45" t="s">
+      <c r="E414" s="41" t="s">
         <v>18</v>
       </c>
-      <c r="F412" s="30"/>
-[...2 lines deleted...]
-      <c r="A413" s="73" t="s">
+      <c r="F414" s="28"/>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B413" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C413" s="2" t="s">
+      <c r="B415" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C415" s="2" t="s">
         <v>418</v>
       </c>
-      <c r="D413" s="2" t="s">
+      <c r="D415" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="E413" s="45" t="s">
+      <c r="E415" s="41" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="414" spans="1:6" ht="15" thickBot="1">
-      <c r="A414" s="150" t="s">
+    <row r="416" spans="1:6" ht="15" thickBot="1">
+      <c r="A416" s="134" t="s">
         <v>153</v>
       </c>
-      <c r="B414" s="125" t="s">
-[...2 lines deleted...]
-      <c r="C414" s="47" t="s">
+      <c r="B416" s="110" t="s">
+        <v>8</v>
+      </c>
+      <c r="C416" s="43" t="s">
         <v>419</v>
       </c>
-      <c r="D414" s="125" t="s">
+      <c r="D416" s="110" t="s">
         <v>156</v>
       </c>
-      <c r="E414" s="126" t="s">
+      <c r="E416" s="111" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="415" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A416" s="279" t="s">
+    <row r="417" spans="1:6" ht="15" thickBot="1">
+      <c r="A417" s="112"/>
+      <c r="B417" s="39"/>
+      <c r="C417" s="39"/>
+      <c r="D417" s="39"/>
+      <c r="E417" s="40"/>
+    </row>
+    <row r="418" spans="1:6" s="9" customFormat="1" ht="15" thickBot="1">
+      <c r="A418" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B416" s="280"/>
-[...23 lines deleted...]
-      <c r="A418" s="220" t="s">
+      <c r="B418" s="252"/>
+      <c r="C418" s="252"/>
+      <c r="D418" s="252"/>
+      <c r="E418" s="253"/>
+      <c r="F418" s="25"/>
+    </row>
+    <row r="419" spans="1:6">
+      <c r="A419" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B419" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C419" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D419" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E419" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="A420" s="200" t="s">
         <v>153</v>
       </c>
-      <c r="B418" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C418" s="229" t="s">
+      <c r="B420" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C420" s="206" t="s">
         <v>420</v>
       </c>
-      <c r="D418" s="229" t="s">
+      <c r="D420" s="206" t="s">
         <v>32</v>
       </c>
-      <c r="E418" s="236" t="s">
+      <c r="E420" s="210" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="419" spans="1:5">
-      <c r="A419" s="184" t="s">
+    <row r="421" spans="1:6">
+      <c r="A421" s="167" t="s">
         <v>153</v>
       </c>
-      <c r="B419" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C419" s="103" t="s">
+      <c r="B421" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C421" s="91" t="s">
         <v>421</v>
       </c>
-      <c r="D419" s="103" t="s">
+      <c r="D421" s="91" t="s">
         <v>157</v>
       </c>
-      <c r="E419" s="96" t="s">
+      <c r="E421" s="88" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="420" spans="1:5">
-      <c r="A420" s="73" t="s">
+    <row r="422" spans="1:6">
+      <c r="A422" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B420" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C420" s="31" t="s">
+      <c r="B422" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C422" s="29" t="s">
         <v>422</v>
       </c>
-      <c r="D420" s="31" t="s">
+      <c r="D422" s="29" t="s">
         <v>54</v>
       </c>
-      <c r="E420" s="74" t="s">
+      <c r="E422" s="69" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="421" spans="1:5">
-      <c r="A421" s="73" t="s">
+    <row r="423" spans="1:6">
+      <c r="A423" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B421" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C421" s="31" t="s">
+      <c r="B423" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C423" s="29" t="s">
         <v>423</v>
       </c>
-      <c r="D421" s="31" t="s">
+      <c r="D423" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="E421" s="74" t="s">
+      <c r="E423" s="69" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="422" spans="1:5">
-      <c r="A422" s="73" t="s">
+    <row r="424" spans="1:6">
+      <c r="A424" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B422" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C422" s="31" t="s">
+      <c r="B424" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C424" s="29" t="s">
         <v>424</v>
       </c>
-      <c r="D422" s="31" t="s">
+      <c r="D424" s="29" t="s">
         <v>27</v>
       </c>
-      <c r="E422" s="74" t="s">
+      <c r="E424" s="69" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="423" spans="1:5">
-      <c r="A423" s="73" t="s">
+    <row r="425" spans="1:6">
+      <c r="A425" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B423" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C423" s="31" t="s">
+      <c r="B425" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C425" s="29" t="s">
         <v>425</v>
       </c>
-      <c r="D423" s="31" t="s">
+      <c r="D425" s="29" t="s">
         <v>69</v>
       </c>
-      <c r="E423" s="74" t="s">
+      <c r="E425" s="69" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="424" spans="1:5">
-      <c r="A424" s="73" t="s">
+    <row r="426" spans="1:6">
+      <c r="A426" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B424" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C424" s="31" t="s">
+      <c r="B426" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C426" s="29" t="s">
         <v>426</v>
       </c>
-      <c r="D424" s="31" t="s">
+      <c r="D426" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="E424" s="74" t="s">
+      <c r="E426" s="69" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="425" spans="1:5">
-      <c r="A425" s="73" t="s">
+    <row r="427" spans="1:6">
+      <c r="A427" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B425" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D425" s="31" t="s">
+      <c r="B427" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C427" s="29" t="s">
+        <v>511</v>
+      </c>
+      <c r="D427" s="29" t="s">
         <v>147</v>
       </c>
-      <c r="E425" s="74" t="s">
+      <c r="E427" s="69" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="426" spans="1:5">
-      <c r="A426" s="73" t="s">
+    <row r="428" spans="1:6">
+      <c r="A428" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="B426" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C426" s="31" t="s">
+      <c r="B428" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C428" s="29" t="s">
         <v>427</v>
       </c>
-      <c r="D426" s="31" t="s">
+      <c r="D428" s="29" t="s">
         <v>151</v>
       </c>
-      <c r="E426" s="74" t="s">
+      <c r="E428" s="69" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="427" spans="1:5" ht="15" thickBot="1">
-      <c r="A427" s="78" t="s">
+    <row r="429" spans="1:6" ht="15" thickBot="1">
+      <c r="A429" s="72" t="s">
         <v>153</v>
       </c>
-      <c r="B427" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C427" s="47" t="s">
+      <c r="B429" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C429" s="43" t="s">
         <v>428</v>
       </c>
-      <c r="D427" s="47" t="s">
+      <c r="D429" s="43" t="s">
         <v>159</v>
       </c>
-      <c r="E427" s="79" t="s">
+      <c r="E429" s="73" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="428" spans="1:5" ht="15" thickBot="1">
-[...3 lines deleted...]
-      <c r="A429" s="39" t="s">
+    <row r="430" spans="1:6" ht="15" thickBot="1">
+      <c r="A430" s="39"/>
+    </row>
+    <row r="431" spans="1:6" ht="15" thickBot="1">
+      <c r="A431" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B429" s="40"/>
-[...22 lines deleted...]
-      <c r="A431" s="185" t="s">
+      <c r="B431" s="38"/>
+      <c r="C431" s="39"/>
+      <c r="D431" s="39"/>
+      <c r="E431" s="40"/>
+    </row>
+    <row r="432" spans="1:6">
+      <c r="A432" s="279" t="s">
+        <v>521</v>
+      </c>
+      <c r="B432" s="114" t="s">
+        <v>522</v>
+      </c>
+      <c r="C432" s="114" t="s">
+        <v>523</v>
+      </c>
+      <c r="D432" s="114" t="s">
+        <v>524</v>
+      </c>
+      <c r="E432" s="280" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="433" spans="1:6" ht="24">
+      <c r="A433" s="168" t="s">
         <v>429</v>
       </c>
-      <c r="B431" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C431" s="2" t="s">
+      <c r="B433" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C433" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="D431" s="2" t="s">
+      <c r="D433" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E431" s="45" t="s">
+      <c r="E433" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="432" spans="1:5" ht="24">
-      <c r="A432" s="185" t="s">
+    <row r="434" spans="1:6" ht="24">
+      <c r="A434" s="168" t="s">
         <v>429</v>
       </c>
-      <c r="B432" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C432" s="2" t="s">
+      <c r="B434" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C434" s="2" t="s">
         <v>430</v>
       </c>
-      <c r="D432" s="2" t="s">
+      <c r="D434" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E432" s="45" t="s">
+      <c r="E434" s="41" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="433" spans="1:6" ht="24">
-      <c r="A433" s="185" t="s">
+    <row r="435" spans="1:6" ht="24">
+      <c r="A435" s="168" t="s">
         <v>429</v>
       </c>
-      <c r="B433" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C433" s="2" t="s">
+      <c r="B435" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C435" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="D433" s="2" t="s">
+      <c r="D435" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E433" s="45" t="s">
+      <c r="E435" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="434" spans="1:6" ht="24">
-      <c r="A434" s="185" t="s">
+    <row r="436" spans="1:6" ht="24">
+      <c r="A436" s="168" t="s">
         <v>429</v>
       </c>
-      <c r="B434" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C434" s="5" t="s">
+      <c r="B436" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C436" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="D434" s="5" t="s">
+      <c r="D436" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E434" s="136" t="s">
+      <c r="E436" s="120" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="435" spans="1:6" ht="24">
-      <c r="A435" s="185" t="s">
+    <row r="437" spans="1:6" ht="24">
+      <c r="A437" s="168" t="s">
         <v>429</v>
       </c>
-      <c r="B435" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C435" s="2" t="s">
+      <c r="B437" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C437" s="2" t="s">
         <v>431</v>
       </c>
-      <c r="D435" s="5" t="s">
+      <c r="D437" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E435" s="136" t="s">
+      <c r="E437" s="120" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="436" spans="1:6" ht="24">
-      <c r="A436" s="185" t="s">
+    <row r="438" spans="1:6" ht="24">
+      <c r="A438" s="168" t="s">
         <v>429</v>
       </c>
-      <c r="B436" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C436" s="2" t="s">
+      <c r="B438" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C438" s="2" t="s">
         <v>432</v>
       </c>
-      <c r="D436" s="5" t="s">
+      <c r="D438" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="E436" s="136" t="s">
+      <c r="E438" s="120" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="437" spans="1:6" ht="26.4" customHeight="1" thickBot="1">
-      <c r="A437" s="267" t="s">
+    <row r="439" spans="1:6" ht="26.4" customHeight="1" thickBot="1">
+      <c r="A439" s="239" t="s">
         <v>429</v>
       </c>
-      <c r="B437" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C437" s="47" t="s">
+      <c r="B439" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C439" s="43" t="s">
         <v>433</v>
       </c>
-      <c r="D437" s="48" t="s">
+      <c r="D439" s="44" t="s">
         <v>22</v>
       </c>
-      <c r="E437" s="49" t="s">
+      <c r="E439" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="438" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A439" s="294" t="s">
+    <row r="440" spans="1:6" ht="15" thickBot="1">
+      <c r="A440" s="157"/>
+      <c r="B440" s="128"/>
+      <c r="C440" s="238"/>
+      <c r="D440" s="238"/>
+      <c r="E440" s="129"/>
+    </row>
+    <row r="441" spans="1:6">
+      <c r="A441" s="266" t="s">
         <v>23</v>
       </c>
-      <c r="B439" s="295"/>
-[...22 lines deleted...]
-      <c r="A441" s="137" t="s">
+      <c r="B441" s="267"/>
+      <c r="C441" s="267"/>
+      <c r="D441" s="267"/>
+      <c r="E441" s="268"/>
+    </row>
+    <row r="442" spans="1:6">
+      <c r="A442" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B442" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C442" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D442" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E442" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="443" spans="1:6" ht="15" thickBot="1">
+      <c r="A443" s="121" t="s">
         <v>24</v>
       </c>
-      <c r="B441" s="47"/>
-[...14 lines deleted...]
-      <c r="A443" s="39" t="s">
+      <c r="B443" s="43"/>
+      <c r="C443" s="44"/>
+      <c r="D443" s="44"/>
+      <c r="E443" s="45"/>
+      <c r="F443" s="17"/>
+    </row>
+    <row r="444" spans="1:6" ht="15" thickBot="1">
+      <c r="A444" s="39"/>
+      <c r="B444" s="39"/>
+      <c r="C444" s="39"/>
+      <c r="D444" s="39"/>
+      <c r="E444" s="39"/>
+      <c r="F444" s="19"/>
+    </row>
+    <row r="445" spans="1:6" ht="15" thickBot="1">
+      <c r="A445" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B443" s="40"/>
-[...22 lines deleted...]
-      <c r="A445" s="184" t="s">
+      <c r="B445" s="38"/>
+      <c r="C445" s="39"/>
+      <c r="D445" s="39"/>
+      <c r="E445" s="40"/>
+    </row>
+    <row r="446" spans="1:6">
+      <c r="A446" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B446" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C446" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D446" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E446" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6" ht="22.8">
+      <c r="A447" s="167" t="s">
         <v>170</v>
       </c>
-      <c r="B445" s="72" t="s">
+      <c r="B447" s="67" t="s">
         <v>51</v>
       </c>
-      <c r="C445" s="72" t="s">
+      <c r="C447" s="67" t="s">
         <v>171</v>
       </c>
-      <c r="D445" s="72" t="s">
+      <c r="D447" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="E445" s="96" t="s">
+      <c r="E447" s="88" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="446" spans="1:6" ht="22.8">
-[...32 lines deleted...]
-    </row>
     <row r="448" spans="1:6" ht="22.8">
-      <c r="A448" s="73" t="s">
+      <c r="A448" s="68" t="s">
         <v>170</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C448" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D448" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E448" s="41" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6" ht="22.8">
+      <c r="A449" s="68" t="s">
+        <v>170</v>
+      </c>
+      <c r="B449" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C449" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="D449" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E449" s="41" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6" ht="22.8">
+      <c r="A450" s="68" t="s">
+        <v>170</v>
+      </c>
+      <c r="B450" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C450" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="D448" s="2" t="s">
+      <c r="D450" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E448" s="45" t="s">
+      <c r="E450" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="449" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A449" s="78" t="s">
+    <row r="451" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A451" s="72" t="s">
         <v>170</v>
       </c>
-      <c r="B449" s="47" t="s">
+      <c r="B451" s="43" t="s">
         <v>51</v>
       </c>
-      <c r="C449" s="47" t="s">
+      <c r="C451" s="43" t="s">
         <v>174</v>
       </c>
-      <c r="D449" s="47" t="s">
+      <c r="D451" s="43" t="s">
         <v>40</v>
       </c>
-      <c r="E449" s="79" t="s">
+      <c r="E451" s="73" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="450" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A451" s="279" t="s">
+    <row r="452" spans="1:6" ht="15" thickBot="1">
+      <c r="A452" s="112"/>
+      <c r="B452" s="39"/>
+      <c r="C452" s="39"/>
+      <c r="D452" s="39"/>
+      <c r="E452" s="40"/>
+    </row>
+    <row r="453" spans="1:6" ht="15" thickBot="1">
+      <c r="A453" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B451" s="280"/>
-[...22 lines deleted...]
-      <c r="A453" s="78" t="s">
+      <c r="B453" s="252"/>
+      <c r="C453" s="252"/>
+      <c r="D453" s="252"/>
+      <c r="E453" s="253"/>
+    </row>
+    <row r="454" spans="1:6">
+      <c r="A454" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B454" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C454" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D454" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E454" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="455" spans="1:6" ht="15" thickBot="1">
+      <c r="A455" s="283" t="s">
         <v>24</v>
       </c>
-      <c r="B453" s="47"/>
-[...8 lines deleted...]
-      <c r="A455" s="39" t="s">
+      <c r="B455" s="11"/>
+      <c r="C455" s="11"/>
+      <c r="D455" s="11"/>
+      <c r="E455" s="284"/>
+    </row>
+    <row r="456" spans="1:6" ht="15" thickBot="1">
+      <c r="E456" s="275"/>
+    </row>
+    <row r="457" spans="1:6" ht="15" thickBot="1">
+      <c r="A457" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B455" s="40"/>
-[...52 lines deleted...]
-        <v>13</v>
+      <c r="B457" s="38"/>
+      <c r="C457" s="38"/>
+      <c r="D457" s="38"/>
+      <c r="E457" s="135"/>
+    </row>
+    <row r="458" spans="1:6">
+      <c r="A458" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B458" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C458" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D458" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E458" s="51" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="459" spans="1:6" ht="22.8">
-      <c r="A459" s="73" t="s">
+      <c r="A459" s="68" t="s">
         <v>434</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="C459" s="2" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="C459" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="D459" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E459" s="120" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="460" spans="1:6" ht="22.8">
-      <c r="A460" s="73" t="s">
+      <c r="A460" s="68" t="s">
         <v>434</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="C460" s="2" t="s">
+      <c r="C460" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="D460" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="E460" s="120" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6" ht="22.8">
+      <c r="A461" s="68" t="s">
+        <v>434</v>
+      </c>
+      <c r="B461" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C461" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D461" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E461" s="41" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6" ht="22.8">
+      <c r="A462" s="68" t="s">
+        <v>434</v>
+      </c>
+      <c r="B462" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C462" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="D460" s="2" t="s">
+      <c r="D462" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E460" s="45" t="s">
+      <c r="E462" s="41" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="461" spans="1:6" ht="22.8">
-      <c r="A461" s="73" t="s">
+    <row r="463" spans="1:6" ht="22.8">
+      <c r="A463" s="68" t="s">
         <v>434</v>
       </c>
-      <c r="B461" s="72" t="s">
+      <c r="B463" s="67" t="s">
         <v>175</v>
       </c>
-      <c r="C461" s="72" t="s">
+      <c r="C463" s="67" t="s">
         <v>238</v>
       </c>
-      <c r="D461" s="72" t="s">
+      <c r="D463" s="67" t="s">
         <v>22</v>
       </c>
-      <c r="E461" s="96" t="s">
+      <c r="E463" s="88" t="s">
         <v>22</v>
       </c>
-      <c r="F461" s="21"/>
-[...2 lines deleted...]
-      <c r="A462" s="73" t="s">
+      <c r="F463" s="19"/>
+    </row>
+    <row r="464" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A464" s="68" t="s">
         <v>434</v>
       </c>
-      <c r="B462" s="47" t="s">
+      <c r="B464" s="43" t="s">
         <v>175</v>
       </c>
-      <c r="C462" s="47" t="s">
+      <c r="C464" s="43" t="s">
         <v>239</v>
       </c>
-      <c r="D462" s="47" t="s">
+      <c r="D464" s="43" t="s">
         <v>9</v>
       </c>
-      <c r="E462" s="79" t="s">
+      <c r="E464" s="73" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="463" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A464" s="279" t="s">
+    <row r="465" spans="1:6" ht="15" thickBot="1">
+      <c r="A465" s="136"/>
+      <c r="B465" s="38"/>
+      <c r="C465" s="38"/>
+      <c r="D465" s="38"/>
+      <c r="E465" s="135"/>
+    </row>
+    <row r="466" spans="1:6" ht="15" thickBot="1">
+      <c r="A466" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B464" s="280"/>
-[...6 lines deleted...]
-      <c r="A465" s="77" t="s">
+      <c r="B466" s="252"/>
+      <c r="C466" s="252"/>
+      <c r="D466" s="252"/>
+      <c r="E466" s="253"/>
+      <c r="F466" s="19"/>
+    </row>
+    <row r="467" spans="1:6">
+      <c r="A467" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B467" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C467" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D467" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E467" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="468" spans="1:6" ht="15" thickBot="1">
+      <c r="A468" s="121" t="s">
+        <v>24</v>
+      </c>
+      <c r="B468" s="43"/>
+      <c r="C468" s="44"/>
+      <c r="D468" s="44"/>
+      <c r="E468" s="45"/>
+    </row>
+    <row r="469" spans="1:6" ht="15" thickBot="1">
+      <c r="A469" s="211"/>
+      <c r="B469" s="39"/>
+      <c r="C469" s="132"/>
+      <c r="D469" s="132"/>
+      <c r="E469" s="132"/>
+    </row>
+    <row r="470" spans="1:6" ht="15" thickBot="1">
+      <c r="A470" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="B470" s="38"/>
+      <c r="C470" s="39"/>
+      <c r="D470" s="39"/>
+      <c r="E470" s="40"/>
+    </row>
+    <row r="471" spans="1:6">
+      <c r="A471" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B471" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C471" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D471" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E471" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6">
+      <c r="A472" s="68" t="s">
+        <v>177</v>
+      </c>
+      <c r="B472" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C472" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="D472" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E472" s="41" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6">
+      <c r="A473" s="68" t="s">
+        <v>177</v>
+      </c>
+      <c r="B473" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C473" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="D473" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E473" s="41" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="474" spans="1:6">
+      <c r="A474" s="68" t="s">
+        <v>177</v>
+      </c>
+      <c r="B474" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C474" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="D474" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="E474" s="41" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="475" spans="1:6">
+      <c r="A475" s="68" t="s">
+        <v>177</v>
+      </c>
+      <c r="B475" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C475" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="D475" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E475" s="41" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="476" spans="1:6">
+      <c r="A476" s="68" t="s">
+        <v>177</v>
+      </c>
+      <c r="B476" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C476" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="D476" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E476" s="41" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6">
+      <c r="A477" s="68" t="s">
+        <v>177</v>
+      </c>
+      <c r="B477" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C477" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D477" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="41" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6">
+      <c r="A478" s="68" t="s">
+        <v>177</v>
+      </c>
+      <c r="B478" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C478" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="D478" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E478" s="41" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6" ht="15" thickBot="1">
+      <c r="A479" s="72" t="s">
+        <v>177</v>
+      </c>
+      <c r="B479" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C479" s="43" t="s">
+        <v>442</v>
+      </c>
+      <c r="D479" s="43" t="s">
+        <v>9</v>
+      </c>
+      <c r="E479" s="73" t="s">
+        <v>9</v>
+      </c>
+      <c r="F479" s="28"/>
+    </row>
+    <row r="480" spans="1:6" ht="15" thickBot="1">
+      <c r="A480" s="37"/>
+      <c r="B480" s="38"/>
+      <c r="C480" s="38"/>
+      <c r="D480" s="38"/>
+      <c r="E480" s="135"/>
+    </row>
+    <row r="481" spans="1:6" ht="15" thickBot="1">
+      <c r="A481" s="251" t="s">
+        <v>23</v>
+      </c>
+      <c r="B481" s="252"/>
+      <c r="C481" s="252"/>
+      <c r="D481" s="252"/>
+      <c r="E481" s="253"/>
+    </row>
+    <row r="482" spans="1:6">
+      <c r="A482" s="285" t="s">
+        <v>521</v>
+      </c>
+      <c r="B482" s="185" t="s">
+        <v>522</v>
+      </c>
+      <c r="C482" s="185" t="s">
+        <v>523</v>
+      </c>
+      <c r="D482" s="185" t="s">
+        <v>524</v>
+      </c>
+      <c r="E482" s="286" t="s">
+        <v>525</v>
+      </c>
+      <c r="F482" s="19"/>
+    </row>
+    <row r="483" spans="1:6" ht="15" thickBot="1">
+      <c r="A483" s="215" t="s">
+        <v>24</v>
+      </c>
+      <c r="B483" s="93"/>
+      <c r="C483" s="216"/>
+      <c r="D483" s="216"/>
+      <c r="E483" s="217"/>
+    </row>
+    <row r="484" spans="1:6" ht="15" thickBot="1">
+      <c r="A484" s="7"/>
+      <c r="C484" s="4"/>
+      <c r="D484" s="4"/>
+      <c r="E484" s="4"/>
+    </row>
+    <row r="485" spans="1:6" ht="15" thickBot="1">
+      <c r="A485" s="137" t="s">
+        <v>1</v>
+      </c>
+      <c r="B485" s="138"/>
+      <c r="C485" s="139"/>
+      <c r="D485" s="139"/>
+      <c r="E485" s="140"/>
+    </row>
+    <row r="486" spans="1:6">
+      <c r="A486" s="113" t="s">
         <v>2</v>
       </c>
-      <c r="B465" s="13" t="s">
+      <c r="B486" s="114" t="s">
         <v>3</v>
       </c>
-      <c r="C465" s="13" t="s">
+      <c r="C486" s="114" t="s">
         <v>4</v>
       </c>
-      <c r="D465" s="13" t="s">
+      <c r="D486" s="114" t="s">
         <v>5</v>
       </c>
-      <c r="E465" s="112" t="s">
+      <c r="E486" s="115" t="s">
         <v>6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A466" s="137" t="s">
+      <c r="F486" s="19"/>
+    </row>
+    <row r="487" spans="1:6" ht="36" customHeight="1">
+      <c r="A487" s="167" t="s">
+        <v>179</v>
+      </c>
+      <c r="B487" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C487" s="183" t="s">
+        <v>443</v>
+      </c>
+      <c r="D487" s="183" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="184" t="s">
+        <v>15</v>
+      </c>
+      <c r="F487" s="19"/>
+    </row>
+    <row r="488" spans="1:6" ht="36" customHeight="1">
+      <c r="A488" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B488" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C488" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="D488" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E488" s="120" t="s">
+        <v>9</v>
+      </c>
+      <c r="F488" s="19"/>
+    </row>
+    <row r="489" spans="1:6" ht="36" customHeight="1">
+      <c r="A489" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B489" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C489" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="D489" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E489" s="120" t="s">
+        <v>9</v>
+      </c>
+      <c r="F489" s="28"/>
+    </row>
+    <row r="490" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A490" s="200" t="s">
+        <v>179</v>
+      </c>
+      <c r="B490" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C490" s="218" t="s">
+        <v>446</v>
+      </c>
+      <c r="D490" s="218" t="s">
+        <v>33</v>
+      </c>
+      <c r="E490" s="219" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="491" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A491" s="220" t="s">
+        <v>179</v>
+      </c>
+      <c r="B491" s="180" t="s">
+        <v>8</v>
+      </c>
+      <c r="C491" s="221" t="s">
+        <v>447</v>
+      </c>
+      <c r="D491" s="221" t="s">
+        <v>21</v>
+      </c>
+      <c r="E491" s="222" t="s">
+        <v>13</v>
+      </c>
+      <c r="F491" s="19"/>
+    </row>
+    <row r="492" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A492" s="167" t="s">
+        <v>179</v>
+      </c>
+      <c r="B492" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C492" s="183" t="s">
+        <v>448</v>
+      </c>
+      <c r="D492" s="183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E492" s="184" t="s">
+        <v>13</v>
+      </c>
+      <c r="F492" s="19"/>
+    </row>
+    <row r="493" spans="1:6" ht="34.200000000000003" customHeight="1">
+      <c r="A493" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B493" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C493" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="D493" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E493" s="120" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="494" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A494" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B494" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C494" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D494" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E494" s="120" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="495" spans="1:6" ht="34.200000000000003" customHeight="1">
+      <c r="A495" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B495" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C495" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="D495" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="E495" s="120" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="496" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A496" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B496" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C496" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="D496" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E496" s="120" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="497" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A497" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B497" s="181" t="s">
+        <v>8</v>
+      </c>
+      <c r="C497" s="287" t="s">
+        <v>506</v>
+      </c>
+      <c r="D497" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E497" s="120" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="498" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A498" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B498" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C498" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="D498" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E498" s="120" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="499" spans="1:6" ht="34.799999999999997" customHeight="1">
+      <c r="A499" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B499" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C499" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D499" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="E499" s="120" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="500" spans="1:6" ht="34.200000000000003" customHeight="1">
+      <c r="A500" s="200" t="s">
+        <v>179</v>
+      </c>
+      <c r="B500" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C500" s="218" t="s">
+        <v>455</v>
+      </c>
+      <c r="D500" s="218" t="s">
+        <v>26</v>
+      </c>
+      <c r="E500" s="219" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="501" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A501" s="220" t="s">
+        <v>179</v>
+      </c>
+      <c r="B501" s="180" t="s">
+        <v>8</v>
+      </c>
+      <c r="C501" s="240" t="s">
+        <v>456</v>
+      </c>
+      <c r="D501" s="241" t="s">
+        <v>18</v>
+      </c>
+      <c r="E501" s="222" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="502" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A502" s="167" t="s">
+        <v>179</v>
+      </c>
+      <c r="B502" s="223" t="s">
+        <v>8</v>
+      </c>
+      <c r="C502" s="224" t="s">
+        <v>457</v>
+      </c>
+      <c r="D502" s="225" t="s">
+        <v>18</v>
+      </c>
+      <c r="E502" s="184" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A503" s="101" t="s">
+        <v>179</v>
+      </c>
+      <c r="B503" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C503" s="146" t="s">
+        <v>182</v>
+      </c>
+      <c r="D503" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E503" s="141" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A504" s="101" t="s">
+        <v>179</v>
+      </c>
+      <c r="B504" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C504" s="146" t="s">
+        <v>512</v>
+      </c>
+      <c r="D504" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E504" s="141" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="505" spans="1:6" ht="35.4" customHeight="1">
+      <c r="A505" s="68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B505" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C505" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="D505" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E505" s="141" t="s">
+        <v>22</v>
+      </c>
+      <c r="F505" s="19"/>
+    </row>
+    <row r="506" spans="1:6" ht="36.6" customHeight="1" thickBot="1">
+      <c r="A506" s="72" t="s">
+        <v>179</v>
+      </c>
+      <c r="B506" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C506" s="142" t="s">
+        <v>459</v>
+      </c>
+      <c r="D506" s="143" t="s">
+        <v>55</v>
+      </c>
+      <c r="E506" s="144" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="507" spans="1:6" ht="15" thickBot="1">
+      <c r="A507" s="112"/>
+      <c r="B507" s="39"/>
+      <c r="C507" s="145"/>
+      <c r="D507" s="132"/>
+      <c r="E507" s="133"/>
+    </row>
+    <row r="508" spans="1:6" ht="15" thickBot="1">
+      <c r="A508" s="251" t="s">
+        <v>23</v>
+      </c>
+      <c r="B508" s="252"/>
+      <c r="C508" s="252"/>
+      <c r="D508" s="252"/>
+      <c r="E508" s="253"/>
+    </row>
+    <row r="509" spans="1:6">
+      <c r="A509" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B509" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C509" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D509" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E509" s="51" t="s">
+        <v>525</v>
+      </c>
+      <c r="F509" s="31"/>
+    </row>
+    <row r="510" spans="1:6" ht="15" thickBot="1">
+      <c r="A510" s="134" t="s">
         <v>24</v>
       </c>
-      <c r="B466" s="47"/>
-[...12 lines deleted...]
-      <c r="A468" s="39" t="s">
+      <c r="B510" s="110"/>
+      <c r="C510" s="110"/>
+      <c r="D510" s="110"/>
+      <c r="E510" s="111"/>
+    </row>
+    <row r="511" spans="1:6">
+      <c r="A511" s="165"/>
+      <c r="B511" s="165"/>
+      <c r="C511" s="165"/>
+      <c r="D511" s="165"/>
+      <c r="E511" s="165"/>
+    </row>
+    <row r="512" spans="1:6" ht="15" thickBot="1"/>
+    <row r="513" spans="1:6" ht="15" thickBot="1">
+      <c r="A513" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B468" s="40"/>
-[...368 lines deleted...]
-      <c r="D492" s="5" t="s">
+      <c r="B513" s="38"/>
+      <c r="C513" s="39"/>
+      <c r="D513" s="39"/>
+      <c r="E513" s="40"/>
+    </row>
+    <row r="514" spans="1:6">
+      <c r="A514" s="279" t="s">
+        <v>521</v>
+      </c>
+      <c r="B514" s="114" t="s">
+        <v>522</v>
+      </c>
+      <c r="C514" s="114" t="s">
+        <v>523</v>
+      </c>
+      <c r="D514" s="114" t="s">
+        <v>524</v>
+      </c>
+      <c r="E514" s="280" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="515" spans="1:6" ht="45.6" customHeight="1">
+      <c r="A515" s="68" t="s">
+        <v>502</v>
+      </c>
+      <c r="B515" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C515" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D515" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E492" s="136" t="s">
+      <c r="E515" s="120" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="493" spans="1:6" ht="34.200000000000003" customHeight="1">
-[...334 lines deleted...]
-        <v>503</v>
+    <row r="516" spans="1:6" ht="47.4" customHeight="1">
+      <c r="A516" s="68" t="s">
+        <v>502</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="C516" s="2" t="s">
-[...13 lines deleted...]
-      <c r="B517" s="2" t="s">
+      <c r="C516" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="D516" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E516" s="120" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="517" spans="1:6" ht="46.2" customHeight="1">
+      <c r="A517" s="167" t="s">
+        <v>502</v>
+      </c>
+      <c r="B517" s="67" t="s">
         <v>183</v>
       </c>
-      <c r="C517" s="2" t="s">
-[...6 lines deleted...]
-        <v>9</v>
+      <c r="C517" s="67" t="s">
+        <v>186</v>
+      </c>
+      <c r="D517" s="67" t="s">
+        <v>18</v>
+      </c>
+      <c r="E517" s="88" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="518" spans="1:6" ht="46.2" customHeight="1">
-      <c r="A518" s="73" t="s">
-        <v>503</v>
+      <c r="A518" s="68" t="s">
+        <v>502</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="C518" s="5" t="s">
-[...11 lines deleted...]
-        <v>503</v>
+      <c r="C518" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D518" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="E518" s="41" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6" ht="46.8" customHeight="1">
+      <c r="A519" s="68" t="s">
+        <v>502</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="C519" s="5" t="s">
-[...6 lines deleted...]
-        <v>19</v>
+      <c r="C519" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="D519" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E519" s="41" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="520" spans="1:6" ht="46.2" customHeight="1">
-      <c r="A520" s="73" t="s">
-        <v>503</v>
+      <c r="A520" s="68" t="s">
+        <v>502</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="C520" s="24" t="s">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="C520" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="D520" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="E520" s="120" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="521" spans="1:6" ht="46.2" customHeight="1">
-      <c r="A521" s="73" t="s">
-        <v>503</v>
+      <c r="A521" s="68" t="s">
+        <v>502</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="C521" s="24" t="s">
-[...6 lines deleted...]
-        <v>40</v>
+      <c r="C521" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="D521" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="E521" s="41" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="522" spans="1:6" ht="46.2" customHeight="1">
-      <c r="A522" s="73" t="s">
-        <v>503</v>
+      <c r="A522" s="68" t="s">
+        <v>502</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="C522" s="24" t="s">
+      <c r="C522" s="22" t="s">
+        <v>462</v>
+      </c>
+      <c r="D522" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E522" s="41" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="523" spans="1:6" ht="46.2" customHeight="1">
+      <c r="A523" s="68" t="s">
+        <v>502</v>
+      </c>
+      <c r="B523" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C523" s="22" t="s">
+        <v>463</v>
+      </c>
+      <c r="D523" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E523" s="41" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="524" spans="1:6" ht="46.2" customHeight="1">
+      <c r="A524" s="68" t="s">
+        <v>502</v>
+      </c>
+      <c r="B524" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C524" s="22" t="s">
         <v>464</v>
       </c>
-      <c r="D522" s="2" t="s">
+      <c r="D524" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E522" s="45" t="s">
+      <c r="E524" s="41" t="s">
         <v>40</v>
       </c>
-      <c r="F522" s="21"/>
-[...5 lines deleted...]
-      <c r="B523" s="47" t="s">
+      <c r="F524" s="19"/>
+    </row>
+    <row r="525" spans="1:6" ht="46.8" customHeight="1" thickBot="1">
+      <c r="A525" s="72" t="s">
+        <v>502</v>
+      </c>
+      <c r="B525" s="43" t="s">
         <v>183</v>
       </c>
-      <c r="C523" s="163" t="s">
+      <c r="C525" s="147" t="s">
         <v>465</v>
       </c>
-      <c r="D523" s="47" t="s">
+      <c r="D525" s="43" t="s">
         <v>15</v>
       </c>
-      <c r="E523" s="79" t="s">
+      <c r="E525" s="73" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="524" spans="1:6" ht="15" thickBot="1">
-[...8 lines deleted...]
-      <c r="A525" s="282" t="s">
+    <row r="526" spans="1:6" ht="15" thickBot="1">
+      <c r="A526" s="186"/>
+      <c r="B526" s="187"/>
+      <c r="C526" s="187"/>
+      <c r="D526" s="187"/>
+      <c r="E526" s="188"/>
+      <c r="F526" s="19"/>
+    </row>
+    <row r="527" spans="1:6" ht="15" thickBot="1">
+      <c r="A527" s="254" t="s">
         <v>23</v>
       </c>
-      <c r="B525" s="283"/>
-[...25 lines deleted...]
-      <c r="B527" s="83" t="s">
+      <c r="B527" s="255"/>
+      <c r="C527" s="255"/>
+      <c r="D527" s="255"/>
+      <c r="E527" s="256"/>
+    </row>
+    <row r="528" spans="1:6">
+      <c r="A528" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B528" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C528" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D528" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E528" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5" ht="46.8" customHeight="1">
+      <c r="A529" s="95" t="s">
+        <v>502</v>
+      </c>
+      <c r="B529" s="76" t="s">
         <v>183</v>
       </c>
-      <c r="C527" s="83" t="s">
+      <c r="C529" s="76" t="s">
         <v>466</v>
       </c>
-      <c r="D527" s="83" t="s">
+      <c r="D529" s="76" t="s">
         <v>36</v>
       </c>
-      <c r="E527" s="89" t="s">
+      <c r="E529" s="81" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="528" spans="1:6" ht="46.8" customHeight="1">
-[...3 lines deleted...]
-      <c r="B528" s="83" t="s">
+    <row r="530" spans="1:5" ht="46.8" customHeight="1">
+      <c r="A530" s="95" t="s">
+        <v>502</v>
+      </c>
+      <c r="B530" s="76" t="s">
         <v>183</v>
       </c>
-      <c r="C528" s="83" t="s">
+      <c r="C530" s="76" t="s">
         <v>467</v>
       </c>
-      <c r="D528" s="83" t="s">
+      <c r="D530" s="76" t="s">
         <v>193</v>
       </c>
-      <c r="E528" s="89" t="s">
+      <c r="E530" s="81" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="529" spans="1:5" ht="47.4" customHeight="1">
-[...3 lines deleted...]
-      <c r="B529" s="83" t="s">
+    <row r="531" spans="1:5" ht="47.4" customHeight="1">
+      <c r="A531" s="95" t="s">
+        <v>502</v>
+      </c>
+      <c r="B531" s="76" t="s">
         <v>183</v>
       </c>
-      <c r="C529" s="83" t="s">
+      <c r="C531" s="76" t="s">
         <v>194</v>
       </c>
-      <c r="D529" s="83" t="s">
+      <c r="D531" s="76" t="s">
         <v>46</v>
       </c>
-      <c r="E529" s="89" t="s">
+      <c r="E531" s="81" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="530" spans="1:5" ht="46.2" customHeight="1">
-[...3 lines deleted...]
-      <c r="B530" s="83" t="s">
+    <row r="532" spans="1:5" ht="46.2" customHeight="1">
+      <c r="A532" s="95" t="s">
+        <v>502</v>
+      </c>
+      <c r="B532" s="76" t="s">
         <v>183</v>
       </c>
-      <c r="C530" s="83" t="s">
+      <c r="C532" s="76" t="s">
         <v>233</v>
       </c>
-      <c r="D530" s="83" t="s">
+      <c r="D532" s="76" t="s">
         <v>195</v>
       </c>
-      <c r="E530" s="89" t="s">
+      <c r="E532" s="81" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="531" spans="1:5" ht="45.6" customHeight="1">
-[...3 lines deleted...]
-      <c r="B531" s="84" t="s">
+    <row r="533" spans="1:5" ht="45.6" customHeight="1">
+      <c r="A533" s="148" t="s">
+        <v>502</v>
+      </c>
+      <c r="B533" s="77" t="s">
         <v>183</v>
       </c>
-      <c r="C531" s="83" t="s">
+      <c r="C533" s="76" t="s">
         <v>231</v>
       </c>
-      <c r="D531" s="84" t="s">
+      <c r="D533" s="77" t="s">
         <v>196</v>
       </c>
-      <c r="E531" s="90" t="s">
+      <c r="E533" s="82" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="532" spans="1:5" ht="46.2" customHeight="1" thickBot="1">
-[...3 lines deleted...]
-      <c r="B532" s="109" t="s">
+    <row r="534" spans="1:5" ht="46.2" customHeight="1" thickBot="1">
+      <c r="A534" s="96" t="s">
+        <v>502</v>
+      </c>
+      <c r="B534" s="97" t="s">
         <v>183</v>
       </c>
-      <c r="C532" s="109" t="s">
+      <c r="C534" s="97" t="s">
         <v>232</v>
       </c>
-      <c r="D532" s="109" t="s">
+      <c r="D534" s="97" t="s">
         <v>197</v>
       </c>
-      <c r="E532" s="122" t="s">
+      <c r="E534" s="107" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="533" spans="1:5" ht="15" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A534" s="39" t="s">
+    <row r="535" spans="1:5" ht="15" thickBot="1"/>
+    <row r="536" spans="1:5" ht="15" thickBot="1">
+      <c r="A536" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="B534" s="40"/>
-[...36 lines deleted...]
-      </c>
+      <c r="B536" s="191"/>
+      <c r="C536" s="187"/>
+      <c r="D536" s="187"/>
+      <c r="E536" s="188"/>
     </row>
     <row r="537" spans="1:5">
-      <c r="A537" s="73" t="s">
-[...12 lines deleted...]
-        <v>9</v>
+      <c r="A537" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B537" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C537" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D537" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E537" s="51" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="538" spans="1:5">
-      <c r="A538" s="73" t="s">
+      <c r="A538" s="68" t="s">
         <v>198</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="D538" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E538" s="45" t="s">
+      <c r="E538" s="41" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="539" spans="1:5" ht="71.400000000000006">
-      <c r="A539" s="184" t="s">
+    <row r="539" spans="1:5">
+      <c r="A539" s="68" t="s">
         <v>198</v>
       </c>
-      <c r="B539" s="72" t="s">
+      <c r="B539" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="C539" s="208" t="s">
+      <c r="C539" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="D539" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E539" s="41" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="540" spans="1:5">
+      <c r="A540" s="68" t="s">
+        <v>198</v>
+      </c>
+      <c r="B540" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C540" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="D540" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E540" s="41" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="541" spans="1:5" ht="71.400000000000006">
+      <c r="A541" s="167" t="s">
+        <v>198</v>
+      </c>
+      <c r="B541" s="67" t="s">
+        <v>183</v>
+      </c>
+      <c r="C541" s="189" t="s">
         <v>471</v>
       </c>
-      <c r="D539" s="72" t="s">
+      <c r="D541" s="67" t="s">
         <v>22</v>
       </c>
-      <c r="E539" s="96" t="s">
+      <c r="E541" s="88" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="540" spans="1:5">
-      <c r="A540" s="220" t="s">
+    <row r="542" spans="1:5">
+      <c r="A542" s="200" t="s">
         <v>198</v>
       </c>
-      <c r="B540" s="229" t="s">
+      <c r="B542" s="206" t="s">
         <v>183</v>
       </c>
-      <c r="C540" s="229" t="s">
+      <c r="C542" s="206" t="s">
         <v>215</v>
       </c>
-      <c r="D540" s="229" t="s">
+      <c r="D542" s="206" t="s">
         <v>19</v>
       </c>
-      <c r="E540" s="236" t="s">
+      <c r="E542" s="210" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="541" spans="1:5" ht="71.400000000000006">
-      <c r="A541" s="184" t="s">
+    <row r="543" spans="1:5" ht="71.400000000000006">
+      <c r="A543" s="167" t="s">
         <v>198</v>
       </c>
-      <c r="B541" s="72" t="s">
+      <c r="B543" s="67" t="s">
         <v>183</v>
       </c>
-      <c r="C541" s="72" t="s">
+      <c r="C543" s="67" t="s">
         <v>472</v>
       </c>
-      <c r="D541" s="72" t="s">
+      <c r="D543" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="E541" s="96" t="s">
+      <c r="E543" s="88" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="542" spans="1:5" ht="71.400000000000006">
-[...34 lines deleted...]
-      <c r="A544" s="73" t="s">
+    <row r="544" spans="1:5" ht="71.400000000000006">
+      <c r="A544" s="68" t="s">
         <v>198</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D544" s="2" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>13</v>
+      </c>
+      <c r="E544" s="41" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="545" spans="1:6">
-      <c r="A545" s="73" t="s">
+      <c r="A545" s="68" t="s">
         <v>198</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>214</v>
+        <v>246</v>
       </c>
       <c r="D545" s="2" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      <c r="A546" s="73" t="s">
+        <v>147</v>
+      </c>
+      <c r="E545" s="41" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="546" spans="1:6" ht="22.8">
+      <c r="A546" s="68" t="s">
         <v>198</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C546" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="D546" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E546" s="41" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6">
+      <c r="A547" s="68" t="s">
+        <v>198</v>
+      </c>
+      <c r="B547" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C547" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D547" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E547" s="41" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6">
+      <c r="A548" s="68" t="s">
+        <v>198</v>
+      </c>
+      <c r="B548" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C548" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="D546" s="2" t="s">
+      <c r="D548" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E546" s="45" t="s">
+      <c r="E548" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="547" spans="1:6" ht="15" thickBot="1">
-      <c r="A547" s="78" t="s">
+    <row r="549" spans="1:6" ht="15" thickBot="1">
+      <c r="A549" s="72" t="s">
         <v>198</v>
       </c>
-      <c r="B547" s="47" t="s">
+      <c r="B549" s="43" t="s">
         <v>183</v>
       </c>
-      <c r="C547" s="47" t="s">
+      <c r="C549" s="43" t="s">
         <v>222</v>
       </c>
-      <c r="D547" s="47" t="s">
+      <c r="D549" s="43" t="s">
         <v>15</v>
       </c>
-      <c r="E547" s="79" t="s">
+      <c r="E549" s="73" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="548" spans="1:6" ht="15" thickBot="1">
-[...7 lines deleted...]
-      <c r="A549" s="279" t="s">
+    <row r="550" spans="1:6" ht="15" thickBot="1">
+      <c r="A550" s="112"/>
+      <c r="B550" s="39"/>
+      <c r="C550" s="39"/>
+      <c r="D550" s="39"/>
+      <c r="E550" s="40"/>
+    </row>
+    <row r="551" spans="1:6" ht="15" thickBot="1">
+      <c r="A551" s="251" t="s">
         <v>23</v>
       </c>
-      <c r="B549" s="280"/>
-[...22 lines deleted...]
-      <c r="A551" s="78" t="s">
+      <c r="B551" s="252"/>
+      <c r="C551" s="252"/>
+      <c r="D551" s="252"/>
+      <c r="E551" s="253"/>
+    </row>
+    <row r="552" spans="1:6">
+      <c r="A552" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B552" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C552" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D552" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E552" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="553" spans="1:6" ht="15" thickBot="1">
+      <c r="A553" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="B551" s="47"/>
-[...8 lines deleted...]
-      <c r="A553" s="39" t="s">
+      <c r="B553" s="43"/>
+      <c r="C553" s="43"/>
+      <c r="D553" s="43"/>
+      <c r="E553" s="73"/>
+    </row>
+    <row r="554" spans="1:6" ht="15" thickBot="1">
+      <c r="A554" s="187"/>
+      <c r="B554" s="187"/>
+      <c r="C554" s="187"/>
+      <c r="D554" s="187"/>
+      <c r="E554" s="187"/>
+      <c r="F554" s="28"/>
+    </row>
+    <row r="555" spans="1:6" ht="15" thickBot="1">
+      <c r="A555" s="281" t="s">
         <v>1</v>
       </c>
-      <c r="B553" s="40"/>
-[...22 lines deleted...]
-      <c r="A555" s="73" t="s">
+      <c r="B555" s="282"/>
+      <c r="C555" s="128"/>
+      <c r="D555" s="128"/>
+      <c r="E555" s="129"/>
+    </row>
+    <row r="556" spans="1:6">
+      <c r="A556" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B556" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C556" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D556" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E556" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="557" spans="1:6">
+      <c r="A557" s="68" t="s">
         <v>199</v>
       </c>
-      <c r="B555" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C555" s="2" t="s">
+      <c r="B557" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C557" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="D555" s="2" t="s">
+      <c r="D557" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E555" s="45" t="s">
+      <c r="E557" s="41" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="556" spans="1:6">
-      <c r="A556" s="184" t="s">
+    <row r="558" spans="1:6">
+      <c r="A558" s="167" t="s">
         <v>199</v>
       </c>
-      <c r="B556" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C556" s="72" t="s">
+      <c r="B558" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C558" s="67" t="s">
         <v>476</v>
       </c>
-      <c r="D556" s="72" t="s">
+      <c r="D558" s="67" t="s">
         <v>14</v>
       </c>
-      <c r="E556" s="96" t="s">
+      <c r="E558" s="88" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="557" spans="1:6">
-      <c r="A557" s="73" t="s">
+    <row r="559" spans="1:6">
+      <c r="A559" s="68" t="s">
         <v>199</v>
       </c>
-      <c r="B557" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C557" s="2" t="s">
+      <c r="B559" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C559" s="2" t="s">
         <v>474</v>
       </c>
-      <c r="D557" s="2" t="s">
+      <c r="D559" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="E557" s="45" t="s">
+      <c r="E559" s="41" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="558" spans="1:6">
-      <c r="A558" s="73" t="s">
+    <row r="560" spans="1:6">
+      <c r="A560" s="68" t="s">
         <v>199</v>
       </c>
-      <c r="B558" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C558" s="2" t="s">
+      <c r="B560" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C560" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="D558" s="2" t="s">
+      <c r="D560" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E558" s="45" t="s">
+      <c r="E560" s="41" t="s">
         <v>9</v>
       </c>
-      <c r="F558" s="21"/>
-[...2 lines deleted...]
-      <c r="A559" s="73" t="s">
+      <c r="F560" s="19"/>
+    </row>
+    <row r="561" spans="1:6">
+      <c r="A561" s="68" t="s">
         <v>199</v>
       </c>
-      <c r="B559" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C559" s="2" t="s">
+      <c r="B561" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C561" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="D559" s="2" t="s">
+      <c r="D561" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E559" s="45" t="s">
+      <c r="E561" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="560" spans="1:6">
-      <c r="A560" s="73" t="s">
+    <row r="562" spans="1:6">
+      <c r="A562" s="68" t="s">
         <v>199</v>
       </c>
-      <c r="B560" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C560" s="2" t="s">
+      <c r="B562" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C562" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="D560" s="2" t="s">
+      <c r="D562" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="E560" s="45" t="s">
+      <c r="E562" s="41" t="s">
         <v>19</v>
       </c>
-      <c r="F560" s="33"/>
-[...2 lines deleted...]
-      <c r="A561" s="73" t="s">
+      <c r="F562" s="31"/>
+    </row>
+    <row r="563" spans="1:6">
+      <c r="A563" s="68" t="s">
         <v>199</v>
       </c>
-      <c r="B561" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C561" s="2" t="s">
+      <c r="B563" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C563" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="D561" s="2" t="s">
+      <c r="D563" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E561" s="45" t="s">
+      <c r="E563" s="41" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="562" spans="1:6">
-      <c r="A562" s="220" t="s">
+    <row r="564" spans="1:6">
+      <c r="A564" s="200" t="s">
         <v>199</v>
       </c>
-      <c r="B562" s="229" t="s">
-[...2 lines deleted...]
-      <c r="C562" s="229" t="s">
+      <c r="B564" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C564" s="206" t="s">
         <v>480</v>
       </c>
-      <c r="D562" s="229" t="s">
+      <c r="D564" s="206" t="s">
         <v>40</v>
       </c>
-      <c r="E562" s="236" t="s">
+      <c r="E564" s="210" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="563" spans="1:6" ht="15.6">
-      <c r="A563" s="184" t="s">
+    <row r="565" spans="1:6" ht="15.6">
+      <c r="A565" s="167" t="s">
         <v>199</v>
       </c>
-      <c r="B563" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C563" s="72" t="s">
+      <c r="B565" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C565" s="67" t="s">
         <v>481</v>
       </c>
-      <c r="D563" s="72" t="s">
+      <c r="D565" s="67" t="s">
         <v>36</v>
       </c>
-      <c r="E563" s="96" t="s">
+      <c r="E565" s="88" t="s">
         <v>13</v>
       </c>
-      <c r="F563" s="36"/>
-[...2 lines deleted...]
-      <c r="A564" s="73" t="s">
+      <c r="F565" s="34"/>
+    </row>
+    <row r="566" spans="1:6" ht="15.6">
+      <c r="A566" s="68" t="s">
         <v>199</v>
       </c>
-      <c r="B564" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C564" s="2" t="s">
+      <c r="B566" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C566" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="D564" s="2" t="s">
+      <c r="D566" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="E564" s="45" t="s">
+      <c r="E566" s="41" t="s">
         <v>9</v>
       </c>
-      <c r="F564" s="36"/>
-[...2 lines deleted...]
-      <c r="A565" s="78" t="s">
+      <c r="F566" s="34"/>
+    </row>
+    <row r="567" spans="1:6" ht="16.2" thickBot="1">
+      <c r="A567" s="72" t="s">
         <v>199</v>
       </c>
-      <c r="B565" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C565" s="47" t="s">
+      <c r="B567" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C567" s="43" t="s">
         <v>482</v>
       </c>
-      <c r="D565" s="47" t="s">
+      <c r="D567" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="E565" s="79" t="s">
+      <c r="E567" s="73" t="s">
         <v>19</v>
       </c>
-      <c r="F565" s="36"/>
-[...10 lines deleted...]
-      <c r="A567" s="285" t="s">
+      <c r="F567" s="34"/>
+    </row>
+    <row r="568" spans="1:6" ht="16.2" thickBot="1">
+      <c r="A568" s="130"/>
+      <c r="B568" s="86"/>
+      <c r="C568" s="86"/>
+      <c r="D568" s="86"/>
+      <c r="E568" s="87"/>
+      <c r="F568" s="34"/>
+    </row>
+    <row r="569" spans="1:6" ht="15" thickBot="1">
+      <c r="A569" s="257" t="s">
         <v>23</v>
       </c>
-      <c r="B567" s="286"/>
-[...22 lines deleted...]
-      <c r="A569" s="107" t="s">
+      <c r="B569" s="258"/>
+      <c r="C569" s="258"/>
+      <c r="D569" s="258"/>
+      <c r="E569" s="259"/>
+    </row>
+    <row r="570" spans="1:6">
+      <c r="A570" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B570" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C570" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D570" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E570" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="571" spans="1:6">
+      <c r="A571" s="95" t="s">
         <v>199</v>
       </c>
-      <c r="B569" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C569" s="83" t="s">
+      <c r="B571" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C571" s="76" t="s">
         <v>483</v>
       </c>
-      <c r="D569" s="83" t="s">
+      <c r="D571" s="76" t="s">
         <v>15</v>
       </c>
-      <c r="E569" s="89" t="s">
+      <c r="E571" s="81" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="570" spans="1:6">
-      <c r="A570" s="107" t="s">
+    <row r="572" spans="1:6">
+      <c r="A572" s="95" t="s">
         <v>199</v>
       </c>
-      <c r="B570" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C570" s="83" t="s">
+      <c r="B572" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C572" s="76" t="s">
         <v>484</v>
       </c>
-      <c r="D570" s="83" t="s">
+      <c r="D572" s="76" t="s">
         <v>54</v>
       </c>
-      <c r="E570" s="89" t="s">
+      <c r="E572" s="81" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="571" spans="1:6">
-      <c r="A571" s="107" t="s">
+    <row r="573" spans="1:6">
+      <c r="A573" s="95" t="s">
         <v>199</v>
       </c>
-      <c r="B571" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C571" s="83" t="s">
+      <c r="B573" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C573" s="76" t="s">
+        <v>520</v>
+      </c>
+      <c r="D573" s="76" t="s">
+        <v>27</v>
+      </c>
+      <c r="E573" s="41" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="574" spans="1:6">
+      <c r="A574" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="B574" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C574" s="76" t="s">
         <v>485</v>
       </c>
-      <c r="D571" s="83" t="s">
+      <c r="D574" s="76" t="s">
         <v>13</v>
       </c>
-      <c r="E571" s="175" t="s">
+      <c r="E574" s="158" t="s">
         <v>13</v>
       </c>
-      <c r="F571" s="30"/>
-[...2 lines deleted...]
-      <c r="A572" s="107" t="s">
+      <c r="F574" s="28"/>
+    </row>
+    <row r="575" spans="1:6">
+      <c r="A575" s="95" t="s">
         <v>199</v>
       </c>
-      <c r="B572" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C572" s="83" t="s">
+      <c r="B575" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C575" s="76" t="s">
         <v>486</v>
       </c>
-      <c r="D572" s="83" t="s">
+      <c r="D575" s="76" t="s">
         <v>13</v>
       </c>
-      <c r="E572" s="176" t="s">
+      <c r="E575" s="159" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="573" spans="1:6">
-      <c r="A573" s="107" t="s">
+    <row r="576" spans="1:6">
+      <c r="A576" s="95" t="s">
         <v>199</v>
       </c>
-      <c r="B573" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C573" s="83" t="s">
+      <c r="B576" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C576" s="76" t="s">
         <v>487</v>
       </c>
-      <c r="D573" s="83" t="s">
+      <c r="D576" s="76" t="s">
         <v>147</v>
       </c>
-      <c r="E573" s="175" t="s">
+      <c r="E576" s="158" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="574" spans="1:6">
-      <c r="A574" s="107" t="s">
+    <row r="577" spans="1:6">
+      <c r="A577" s="95" t="s">
         <v>199</v>
       </c>
-      <c r="B574" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C574" s="83" t="s">
+      <c r="B577" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C577" s="76" t="s">
+        <v>519</v>
+      </c>
+      <c r="D577" s="76" t="s">
+        <v>21</v>
+      </c>
+      <c r="E577" s="81" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="578" spans="1:6">
+      <c r="A578" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="B578" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C578" s="76" t="s">
         <v>488</v>
       </c>
-      <c r="D574" s="83" t="s">
-[...2 lines deleted...]
-      <c r="E574" s="89" t="s">
+      <c r="D578" s="76" t="s">
+        <v>180</v>
+      </c>
+      <c r="E578" s="81" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="579" spans="1:6">
+      <c r="A579" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="B579" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C579" s="76" t="s">
+        <v>489</v>
+      </c>
+      <c r="D579" s="76" t="s">
+        <v>18</v>
+      </c>
+      <c r="E579" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="F579" s="19"/>
+    </row>
+    <row r="580" spans="1:6">
+      <c r="A580" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="B580" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C580" s="76" t="s">
+        <v>490</v>
+      </c>
+      <c r="D580" s="76" t="s">
+        <v>34</v>
+      </c>
+      <c r="E580" s="81" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="581" spans="1:6">
+      <c r="A581" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="B581" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C581" s="76" t="s">
+        <v>491</v>
+      </c>
+      <c r="D581" s="76" t="s">
+        <v>203</v>
+      </c>
+      <c r="E581" s="81" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="582" spans="1:6">
+      <c r="A582" s="95" t="s">
+        <v>199</v>
+      </c>
+      <c r="B582" s="76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C582" s="76" t="s">
+        <v>492</v>
+      </c>
+      <c r="D582" s="76" t="s">
+        <v>9</v>
+      </c>
+      <c r="E582" s="81" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="583" spans="1:6" ht="15" thickBot="1">
+      <c r="A583" s="96" t="s">
+        <v>199</v>
+      </c>
+      <c r="B583" s="97" t="s">
+        <v>8</v>
+      </c>
+      <c r="C583" s="97" t="s">
+        <v>493</v>
+      </c>
+      <c r="D583" s="97" t="s">
+        <v>55</v>
+      </c>
+      <c r="E583" s="107" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="575" spans="1:6">
-[...12 lines deleted...]
-      <c r="E575" s="89" t="s">
+    <row r="584" spans="1:6" ht="15" thickBot="1">
+      <c r="A584" s="187"/>
+      <c r="B584" s="187"/>
+      <c r="C584" s="187"/>
+      <c r="D584" s="187"/>
+      <c r="E584" s="187"/>
+    </row>
+    <row r="585" spans="1:6" ht="15" thickBot="1">
+      <c r="A585" s="281" t="s">
+        <v>1</v>
+      </c>
+      <c r="B585" s="282"/>
+      <c r="C585" s="128"/>
+      <c r="D585" s="128"/>
+      <c r="E585" s="129"/>
+    </row>
+    <row r="586" spans="1:6">
+      <c r="A586" s="46" t="s">
+        <v>521</v>
+      </c>
+      <c r="B586" s="27" t="s">
+        <v>522</v>
+      </c>
+      <c r="C586" s="27" t="s">
+        <v>523</v>
+      </c>
+      <c r="D586" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="E586" s="51" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="587" spans="1:6" ht="57.6">
+      <c r="A587" s="226" t="s">
+        <v>495</v>
+      </c>
+      <c r="B587" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C587" s="206" t="s">
+        <v>494</v>
+      </c>
+      <c r="D587" s="206" t="s">
         <v>19</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D576" s="83" t="s">
+      <c r="E587" s="210" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="588" spans="1:6" ht="57.6">
+      <c r="A588" s="226" t="s">
+        <v>495</v>
+      </c>
+      <c r="B588" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C588" s="67" t="s">
+        <v>204</v>
+      </c>
+      <c r="D588" s="67" t="s">
+        <v>27</v>
+      </c>
+      <c r="E588" s="88" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="589" spans="1:6" ht="57.6">
+      <c r="A589" s="226" t="s">
+        <v>495</v>
+      </c>
+      <c r="B589" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C589" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="D589" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E576" s="89" t="s">
+      <c r="E589" s="41" t="s">
         <v>18</v>
       </c>
-      <c r="F576" s="21"/>
-[...14 lines deleted...]
-      <c r="E577" s="89" t="s">
+    </row>
+    <row r="590" spans="1:6" ht="57.6">
+      <c r="A590" s="226" t="s">
+        <v>495</v>
+      </c>
+      <c r="B590" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C590" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D590" s="2" t="s">
         <v>26</v>
       </c>
-    </row>
-[...85 lines deleted...]
-      <c r="C584" s="229" t="s">
+      <c r="E590" s="41" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="591" spans="1:6" ht="57.6">
+      <c r="A591" s="226" t="s">
         <v>495</v>
       </c>
-      <c r="D584" s="229" t="s">
+      <c r="B591" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C591" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="D591" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E591" s="41" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="592" spans="1:6" ht="58.2" thickBot="1">
+      <c r="A592" s="226" t="s">
+        <v>495</v>
+      </c>
+      <c r="B592" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C592" s="43" t="s">
+        <v>498</v>
+      </c>
+      <c r="D592" s="43" t="s">
+        <v>15</v>
+      </c>
+      <c r="E592" s="73" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="593" spans="1:5" ht="15" thickBot="1">
+      <c r="A593" s="149"/>
+      <c r="B593" s="39"/>
+      <c r="C593" s="39"/>
+      <c r="D593" s="39"/>
+      <c r="E593" s="40"/>
+    </row>
+    <row r="594" spans="1:5" ht="15" thickBot="1">
+      <c r="A594" s="251" t="s">
+        <v>23</v>
+      </c>
+      <c r="B594" s="252"/>
+      <c r="C594" s="252"/>
+      <c r="D594" s="252"/>
+      <c r="E594" s="253"/>
+    </row>
+    <row r="595" spans="1:5">
+      <c r="A595" s="285" t="s">
+        <v>521</v>
+      </c>
+      <c r="B595" s="185" t="s">
+        <v>522</v>
+      </c>
+      <c r="C595" s="185" t="s">
+        <v>523</v>
+      </c>
+      <c r="D595" s="185" t="s">
+        <v>524</v>
+      </c>
+      <c r="E595" s="286" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="596" spans="1:5" ht="57.6">
+      <c r="A596" s="226" t="s">
+        <v>495</v>
+      </c>
+      <c r="B596" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C596" s="206" t="s">
+        <v>499</v>
+      </c>
+      <c r="D596" s="227" t="s">
+        <v>206</v>
+      </c>
+      <c r="E596" s="228" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="597" spans="1:5" ht="57.6">
+      <c r="A597" s="250" t="s">
+        <v>495</v>
+      </c>
+      <c r="B597" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C597" s="91" t="s">
+        <v>513</v>
+      </c>
+      <c r="D597" s="243" t="s">
+        <v>54</v>
+      </c>
+      <c r="E597" s="244" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="598" spans="1:5" ht="57.6">
+      <c r="A598" s="226" t="s">
+        <v>495</v>
+      </c>
+      <c r="B598" s="206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C598" s="206" t="s">
+        <v>500</v>
+      </c>
+      <c r="D598" s="227" t="s">
+        <v>20</v>
+      </c>
+      <c r="E598" s="228" t="s">
         <v>19</v>
       </c>
-      <c r="E584" s="236" t="s">
-[...162 lines deleted...]
-      <c r="C595" s="229" t="s">
+    </row>
+    <row r="599" spans="1:5" ht="58.2" thickBot="1">
+      <c r="A599" s="237" t="s">
+        <v>495</v>
+      </c>
+      <c r="B599" s="234" t="s">
+        <v>8</v>
+      </c>
+      <c r="C599" s="234" t="s">
         <v>501</v>
       </c>
-      <c r="D595" s="255" t="s">
-[...16 lines deleted...]
-      <c r="D596" s="273" t="s">
+      <c r="D599" s="245" t="s">
         <v>207</v>
       </c>
-      <c r="E596" s="274" t="s">
+      <c r="E599" s="246" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="35">
-    <mergeCell ref="A144:E144"/>
+    <mergeCell ref="A146:E146"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A22:E22"/>
-    <mergeCell ref="A51:E51"/>
-[...2 lines deleted...]
-    <mergeCell ref="A113:E113"/>
+    <mergeCell ref="A52:E52"/>
+    <mergeCell ref="A91:E91"/>
+    <mergeCell ref="A130:E130"/>
+    <mergeCell ref="A115:E115"/>
     <mergeCell ref="A34:E34"/>
-    <mergeCell ref="A65:E65"/>
-[...25 lines deleted...]
-    <mergeCell ref="A591:E591"/>
+    <mergeCell ref="A67:E67"/>
+    <mergeCell ref="A166:E166"/>
+    <mergeCell ref="A178:E178"/>
+    <mergeCell ref="A191:E191"/>
+    <mergeCell ref="A207:E207"/>
+    <mergeCell ref="A220:E220"/>
+    <mergeCell ref="A243:E243"/>
+    <mergeCell ref="A258:E258"/>
+    <mergeCell ref="A270:E270"/>
+    <mergeCell ref="A247:E247"/>
+    <mergeCell ref="A289:E289"/>
+    <mergeCell ref="A311:E311"/>
+    <mergeCell ref="A330:E330"/>
+    <mergeCell ref="A348:E348"/>
+    <mergeCell ref="A365:E365"/>
+    <mergeCell ref="A441:E441"/>
+    <mergeCell ref="A453:E453"/>
+    <mergeCell ref="A466:E466"/>
+    <mergeCell ref="A481:E481"/>
+    <mergeCell ref="A380:E380"/>
+    <mergeCell ref="A402:E402"/>
+    <mergeCell ref="A418:E418"/>
+    <mergeCell ref="A508:E508"/>
+    <mergeCell ref="A527:E527"/>
+    <mergeCell ref="A551:E551"/>
+    <mergeCell ref="A569:E569"/>
+    <mergeCell ref="A594:E594"/>
   </mergeCells>
   <phoneticPr fontId="9" type="noConversion"/>
   <conditionalFormatting sqref="C5:C21">
     <cfRule type="duplicateValues" dxfId="1" priority="19" stopIfTrue="1"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="C28:C33">
     <cfRule type="duplicateValues" dxfId="0" priority="1" stopIfTrue="1"/>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.98425196850393704" right="0.98425196850393704" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>