--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2025/COMMISSIONE 8/DETERMINA/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2025/COMMISSIONE 9/DETERMINA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="445" documentId="14_{D7477253-9E4A-45E0-B0B5-7A64728D59FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0A542E21-9A5E-4316-AEE4-EFC8E3F0F83C}"/>
+  <xr:revisionPtr revIDLastSave="470" documentId="14_{D7477253-9E4A-45E0-B0B5-7A64728D59FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EB3B08EA-E093-49E3-9517-40847F6B188C}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Foglio1!$A$1:$F$492</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Foglio1!$A$1:$F$494</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1755" uniqueCount="346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1768" uniqueCount="348">
   <si>
     <t>AREA DI ACCREDITAMENTO 2 - ELENCO COMPLETO SEDI OPERATIVE E ALTRE SEDI DI POLITICA ATTIVA</t>
   </si>
   <si>
     <t>Sedi operative area 2</t>
   </si>
   <si>
     <t>ragione_sociale</t>
   </si>
   <si>
     <t>Tipologia soggetto</t>
   </si>
   <si>
     <t>indirizzo</t>
   </si>
   <si>
     <t>distretto</t>
   </si>
   <si>
     <t>comune</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
@@ -1089,50 +1089,56 @@
     <t>Piazzale Consorzio Oscar Romero, 1/O</t>
   </si>
   <si>
     <t>Via F. Corselli, 11</t>
   </si>
   <si>
     <t>Viale G. Savonuzzi, 41</t>
   </si>
   <si>
     <t>Via A. Flemming, 6</t>
   </si>
   <si>
     <t>Via G. Micheli, 3/L/M</t>
   </si>
   <si>
     <t>Via Solferino, 48/B</t>
   </si>
   <si>
     <t>Piazza del Popolo, 15</t>
   </si>
   <si>
     <t>Via Gaetano Donizzetti, 4</t>
   </si>
   <si>
     <t>Via Dandolo, 16/18</t>
+  </si>
+  <si>
+    <t>Via Pietro Rubini, 12</t>
+  </si>
+  <si>
+    <t>Via IV Novembre, 4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -2669,51 +2675,51 @@
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="218">
+  <cellXfs count="219">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -3217,154 +3223,157 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...82 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{384C28F8-EDEA-4841-8B1F-D3F860DC0E98}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3607,78 +3616,78 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H528"/>
+  <dimension ref="A1:H530"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A486" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <selection activeCell="F481" sqref="F481"/>
+    <sheetView tabSelected="1" topLeftCell="A94" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="115" workbookViewId="0">
+      <selection activeCell="E88" sqref="E88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="24.77734375" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="24.21875" style="4" customWidth="1"/>
     <col min="2" max="2" width="16.77734375" style="4" customWidth="1"/>
     <col min="3" max="3" width="25.21875" style="4" customWidth="1"/>
     <col min="4" max="4" width="17.6640625" style="4" customWidth="1"/>
     <col min="5" max="5" width="13.21875" style="4" customWidth="1"/>
     <col min="6" max="6" width="12.21875" style="4" customWidth="1"/>
     <col min="7" max="7" width="23.33203125" style="4" customWidth="1"/>
     <col min="8" max="8" width="60.6640625" style="4" customWidth="1"/>
     <col min="9" max="16384" width="24.77734375" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="34.5" customHeight="1" thickBot="1">
-      <c r="A1" s="207" t="s">
+      <c r="A1" s="190" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="208"/>
-[...3 lines deleted...]
-      <c r="F1" s="208"/>
+      <c r="B1" s="191"/>
+      <c r="C1" s="191"/>
+      <c r="D1" s="191"/>
+      <c r="E1" s="191"/>
+      <c r="F1" s="191"/>
       <c r="H1" s="14"/>
     </row>
     <row r="2" spans="1:8" ht="12.6" thickBot="1">
       <c r="A2" s="29" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="30"/>
       <c r="C2" s="31"/>
       <c r="D2" s="31"/>
       <c r="E2" s="31"/>
       <c r="F2" s="32"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="24" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="24" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="24" t="s">
         <v>5</v>
       </c>
@@ -3696,58 +3705,58 @@
       <c r="B4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>200</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="34" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="14.4" customHeight="1" thickBot="1">
       <c r="A5" s="15"/>
       <c r="B5" s="16"/>
       <c r="C5" s="16"/>
       <c r="D5" s="16"/>
       <c r="E5" s="16"/>
       <c r="F5" s="36"/>
     </row>
     <row r="6" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A6" s="209" t="s">
+      <c r="A6" s="192" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="187"/>
-[...3 lines deleted...]
-      <c r="F6" s="210"/>
+      <c r="B6" s="193"/>
+      <c r="C6" s="193"/>
+      <c r="D6" s="193"/>
+      <c r="E6" s="193"/>
+      <c r="F6" s="194"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="24" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="24" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="24" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="24" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="33" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="12" thickBot="1">
       <c r="A8" s="18" t="s">
         <v>13</v>
       </c>
@@ -3800,58 +3809,58 @@
       <c r="B12" s="68" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="56" t="s">
         <v>202</v>
       </c>
       <c r="D12" s="46" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="46" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="47" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="12" thickBot="1">
       <c r="A13" s="48"/>
       <c r="B13" s="41"/>
       <c r="C13" s="41"/>
       <c r="D13" s="41"/>
       <c r="E13" s="41"/>
       <c r="F13" s="42"/>
     </row>
     <row r="14" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A14" s="189" t="s">
+      <c r="A14" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B14" s="190"/>
-[...3 lines deleted...]
-      <c r="F14" s="191"/>
+      <c r="B14" s="185"/>
+      <c r="C14" s="185"/>
+      <c r="D14" s="185"/>
+      <c r="E14" s="185"/>
+      <c r="F14" s="186"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="50" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="49" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="49" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="49" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="49" t="s">
         <v>6</v>
       </c>
       <c r="F15" s="51" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="12" thickBot="1">
       <c r="A16" s="52" t="s">
         <v>13</v>
       </c>
@@ -3941,58 +3950,58 @@
       <c r="B22" s="46" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="46" t="s">
         <v>204</v>
       </c>
       <c r="D22" s="46" t="s">
         <v>20</v>
       </c>
       <c r="E22" s="46" t="s">
         <v>20</v>
       </c>
       <c r="F22" s="47" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="15" customHeight="1" thickBot="1">
       <c r="A23" s="64"/>
       <c r="B23" s="55"/>
       <c r="C23" s="55"/>
       <c r="D23" s="55"/>
       <c r="E23" s="55"/>
       <c r="F23" s="65"/>
     </row>
     <row r="24" spans="1:6" ht="13.35" customHeight="1" thickBot="1">
-      <c r="A24" s="211" t="s">
+      <c r="A24" s="195" t="s">
         <v>12</v>
       </c>
-      <c r="B24" s="212"/>
-[...3 lines deleted...]
-      <c r="F24" s="213"/>
+      <c r="B24" s="196"/>
+      <c r="C24" s="196"/>
+      <c r="D24" s="196"/>
+      <c r="E24" s="196"/>
+      <c r="F24" s="197"/>
     </row>
     <row r="25" spans="1:6" ht="24" customHeight="1">
       <c r="A25" s="50" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="49" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="49" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="49" t="s">
         <v>5</v>
       </c>
       <c r="E25" s="49" t="s">
         <v>6</v>
       </c>
       <c r="F25" s="51" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="24" customHeight="1" thickBot="1">
       <c r="A26" s="67" t="s">
         <v>13</v>
       </c>
@@ -4524,6507 +4533,6560 @@
       <c r="B54" s="46" t="s">
         <v>22</v>
       </c>
       <c r="C54" s="46" t="s">
         <v>183</v>
       </c>
       <c r="D54" s="46" t="s">
         <v>85</v>
       </c>
       <c r="E54" s="46" t="s">
         <v>85</v>
       </c>
       <c r="F54" s="47" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="55" spans="1:8" ht="12" thickBot="1">
       <c r="A55" s="63"/>
       <c r="B55" s="59"/>
       <c r="C55" s="59"/>
       <c r="D55" s="59"/>
       <c r="E55" s="59"/>
       <c r="F55" s="60"/>
     </row>
     <row r="56" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A56" s="189" t="s">
+      <c r="A56" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B56" s="190"/>
-[...3 lines deleted...]
-      <c r="F56" s="191"/>
+      <c r="B56" s="185"/>
+      <c r="C56" s="185"/>
+      <c r="D56" s="185"/>
+      <c r="E56" s="185"/>
+      <c r="F56" s="186"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="103" t="s">
         <v>21</v>
       </c>
       <c r="B57" s="104" t="s">
         <v>3</v>
       </c>
       <c r="C57" s="104" t="s">
         <v>4</v>
       </c>
       <c r="D57" s="104" t="s">
         <v>5</v>
       </c>
       <c r="E57" s="104" t="s">
         <v>6</v>
       </c>
-      <c r="F57" s="162"/>
+      <c r="F57" s="162" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="58" spans="1:8" ht="34.200000000000003">
       <c r="A58" s="72" t="s">
         <v>192</v>
       </c>
       <c r="B58" s="160" t="s">
         <v>22</v>
       </c>
       <c r="C58" s="160" t="s">
         <v>50</v>
       </c>
       <c r="D58" s="160" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="160" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="161" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="11"/>
       <c r="H58" s="11"/>
     </row>
-    <row r="59" spans="1:8" ht="51.75" customHeight="1">
+    <row r="59" spans="1:8" ht="34.200000000000003">
       <c r="A59" s="72" t="s">
         <v>192</v>
       </c>
-      <c r="B59" s="66" t="s">
+      <c r="B59" s="160" t="s">
         <v>22</v>
       </c>
-      <c r="C59" s="66" t="s">
-[...12 lines deleted...]
-    <row r="60" spans="1:8" ht="42" customHeight="1">
+      <c r="C59" s="160" t="s">
+        <v>346</v>
+      </c>
+      <c r="D59" s="160" t="s">
+        <v>29</v>
+      </c>
+      <c r="E59" s="160" t="s">
+        <v>29</v>
+      </c>
+      <c r="F59" s="218" t="s">
+        <v>29</v>
+      </c>
+      <c r="G59" s="11"/>
+      <c r="H59" s="11"/>
+    </row>
+    <row r="60" spans="1:8" ht="51.75" customHeight="1">
       <c r="A60" s="72" t="s">
         <v>192</v>
       </c>
       <c r="B60" s="66" t="s">
         <v>22</v>
       </c>
       <c r="C60" s="66" t="s">
-        <v>228</v>
+        <v>343</v>
       </c>
       <c r="D60" s="66" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="E60" s="66" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F60" s="76" t="s">
         <v>24</v>
       </c>
-      <c r="G60" s="11"/>
-      <c r="H60" s="12"/>
     </row>
     <row r="61" spans="1:8" ht="42" customHeight="1">
       <c r="A61" s="72" t="s">
         <v>192</v>
       </c>
       <c r="B61" s="66" t="s">
         <v>22</v>
       </c>
       <c r="C61" s="66" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D61" s="66" t="s">
         <v>52</v>
       </c>
       <c r="E61" s="66" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F61" s="76" t="s">
         <v>24</v>
       </c>
       <c r="G61" s="11"/>
-      <c r="H61" s="11"/>
+      <c r="H61" s="12"/>
     </row>
     <row r="62" spans="1:8" ht="42" customHeight="1">
       <c r="A62" s="72" t="s">
         <v>192</v>
       </c>
       <c r="B62" s="66" t="s">
         <v>22</v>
       </c>
       <c r="C62" s="66" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D62" s="66" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="E62" s="66" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="F62" s="76" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G62" s="11"/>
       <c r="H62" s="11"/>
     </row>
     <row r="63" spans="1:8" ht="42" customHeight="1">
       <c r="A63" s="72" t="s">
         <v>192</v>
       </c>
       <c r="B63" s="66" t="s">
         <v>22</v>
       </c>
       <c r="C63" s="66" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D63" s="66" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="E63" s="66" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="F63" s="76" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G63" s="11"/>
       <c r="H63" s="11"/>
     </row>
-    <row r="64" spans="1:8" ht="42" customHeight="1" thickBot="1">
+    <row r="64" spans="1:8" ht="42" customHeight="1">
       <c r="A64" s="72" t="s">
         <v>192</v>
       </c>
-      <c r="B64" s="68" t="s">
+      <c r="B64" s="66" t="s">
         <v>22</v>
       </c>
-      <c r="C64" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F64" s="69" t="s">
+      <c r="C64" s="66" t="s">
+        <v>231</v>
+      </c>
+      <c r="D64" s="66" t="s">
+        <v>52</v>
+      </c>
+      <c r="E64" s="66" t="s">
+        <v>55</v>
+      </c>
+      <c r="F64" s="76" t="s">
         <v>24</v>
       </c>
       <c r="G64" s="11"/>
       <c r="H64" s="11"/>
     </row>
-    <row r="65" spans="1:8" ht="12" thickBot="1">
-[...4 lines deleted...]
-      <c r="A66" s="57" t="s">
+    <row r="65" spans="1:8" ht="42" customHeight="1" thickBot="1">
+      <c r="A65" s="72" t="s">
+        <v>192</v>
+      </c>
+      <c r="B65" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C65" s="68" t="s">
+        <v>232</v>
+      </c>
+      <c r="D65" s="68" t="s">
+        <v>47</v>
+      </c>
+      <c r="E65" s="68" t="s">
+        <v>187</v>
+      </c>
+      <c r="F65" s="69" t="s">
+        <v>24</v>
+      </c>
+      <c r="G65" s="11"/>
+      <c r="H65" s="11"/>
+    </row>
+    <row r="66" spans="1:8" ht="12" thickBot="1">
+      <c r="A66" s="59"/>
+      <c r="H66" s="16"/>
+    </row>
+    <row r="67" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A67" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B66" s="58"/>
-[...7 lines deleted...]
-      <c r="A67" s="50" t="s">
+      <c r="B67" s="58"/>
+      <c r="C67" s="58"/>
+      <c r="D67" s="58"/>
+      <c r="E67" s="58"/>
+      <c r="F67" s="84"/>
+      <c r="H67" s="16"/>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B67" s="49" t="s">
+      <c r="B68" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C67" s="49" t="s">
+      <c r="C68" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D67" s="49" t="s">
+      <c r="D68" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E67" s="49" t="s">
+      <c r="E68" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F67" s="51" t="s">
+      <c r="F68" s="51" t="s">
         <v>7</v>
       </c>
-      <c r="H67" s="16"/>
-[...2 lines deleted...]
-      <c r="A68" s="77" t="s">
+      <c r="H68" s="16"/>
+    </row>
+    <row r="69" spans="1:8" ht="34.799999999999997" thickBot="1">
+      <c r="A69" s="77" t="s">
         <v>189</v>
       </c>
-      <c r="B68" s="68" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="68" t="s">
+      <c r="B69" s="68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" s="68" t="s">
         <v>233</v>
       </c>
-      <c r="D68" s="68" t="s">
+      <c r="D69" s="68" t="s">
         <v>48</v>
       </c>
-      <c r="E68" s="68" t="s">
+      <c r="E69" s="68" t="s">
         <v>49</v>
       </c>
-      <c r="F68" s="69" t="s">
+      <c r="F69" s="69" t="s">
         <v>41</v>
       </c>
-      <c r="H68" s="16"/>
-[...3 lines deleted...]
-      <c r="F69" s="79"/>
       <c r="H69" s="16"/>
     </row>
-    <row r="70" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A70" s="214" t="s">
+    <row r="70" spans="1:8" ht="12" thickBot="1">
+      <c r="A70" s="78"/>
+      <c r="F70" s="79"/>
+      <c r="H70" s="16"/>
+    </row>
+    <row r="71" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A71" s="198" t="s">
         <v>12</v>
       </c>
-      <c r="B70" s="215"/>
-[...7 lines deleted...]
-      <c r="A71" s="50" t="s">
+      <c r="B71" s="199"/>
+      <c r="C71" s="199"/>
+      <c r="D71" s="199"/>
+      <c r="E71" s="199"/>
+      <c r="F71" s="200"/>
+      <c r="H71" s="16"/>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B71" s="49" t="s">
+      <c r="B72" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C71" s="49" t="s">
+      <c r="C72" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D71" s="49" t="s">
+      <c r="D72" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E71" s="49" t="s">
+      <c r="E72" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F71" s="51" t="s">
+      <c r="F72" s="51" t="s">
         <v>7</v>
       </c>
-      <c r="H71" s="16"/>
-[...2 lines deleted...]
-      <c r="A72" s="81" t="s">
+      <c r="H72" s="16"/>
+    </row>
+    <row r="73" spans="1:8" ht="12" thickBot="1">
+      <c r="A73" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="B72" s="82"/>
-[...10 lines deleted...]
-      <c r="A74" s="57" t="s">
+      <c r="B73" s="82"/>
+      <c r="C73" s="82"/>
+      <c r="D73" s="82"/>
+      <c r="E73" s="82"/>
+      <c r="F73" s="83"/>
+      <c r="H73" s="16"/>
+    </row>
+    <row r="74" spans="1:8" ht="12" thickBot="1">
+      <c r="A74" s="59"/>
+    </row>
+    <row r="75" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A75" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B74" s="58"/>
-[...7 lines deleted...]
-      <c r="A75" s="50" t="s">
+      <c r="B75" s="58"/>
+      <c r="C75" s="58"/>
+      <c r="D75" s="58"/>
+      <c r="E75" s="58"/>
+      <c r="F75" s="84"/>
+      <c r="H75" s="147"/>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B75" s="49" t="s">
+      <c r="B76" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C75" s="49" t="s">
+      <c r="C76" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D75" s="49" t="s">
+      <c r="D76" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E75" s="49" t="s">
+      <c r="E76" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F75" s="51" t="s">
+      <c r="F76" s="51" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="76" spans="1:8" ht="28.2" customHeight="1" thickBot="1">
-      <c r="A76" s="85" t="s">
+    <row r="77" spans="1:8" ht="28.2" customHeight="1" thickBot="1">
+      <c r="A77" s="85" t="s">
         <v>56</v>
       </c>
-      <c r="B76" s="82" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="82" t="s">
+      <c r="B77" s="82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" s="82" t="s">
         <v>234</v>
       </c>
-      <c r="D76" s="82" t="s">
+      <c r="D77" s="82" t="s">
         <v>25</v>
       </c>
-      <c r="E76" s="82" t="s">
+      <c r="E77" s="82" t="s">
         <v>26</v>
       </c>
-      <c r="F76" s="83" t="s">
+      <c r="F77" s="83" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="77" spans="1:8" ht="12.6" thickBot="1">
-[...5 lines deleted...]
-      <c r="A78" s="189" t="s">
+    <row r="78" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A78" s="86"/>
+      <c r="F78" s="79"/>
+      <c r="G78" s="11"/>
+    </row>
+    <row r="79" spans="1:8" ht="12" customHeight="1" thickBot="1">
+      <c r="A79" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B78" s="190"/>
-[...6 lines deleted...]
-      <c r="A79" s="50" t="s">
+      <c r="B79" s="185"/>
+      <c r="C79" s="185"/>
+      <c r="D79" s="185"/>
+      <c r="E79" s="185"/>
+      <c r="F79" s="186"/>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B79" s="49" t="s">
+      <c r="B80" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C79" s="49" t="s">
+      <c r="C80" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D79" s="49" t="s">
+      <c r="D80" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E79" s="49" t="s">
+      <c r="E80" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F79" s="51" t="s">
+      <c r="F80" s="51" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="80" spans="1:8" ht="12" thickBot="1">
-      <c r="A80" s="81" t="s">
+    <row r="81" spans="1:8" ht="12" thickBot="1">
+      <c r="A81" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="B80" s="82"/>
-[...7 lines deleted...]
-      <c r="A82" s="57" t="s">
+      <c r="B81" s="82"/>
+      <c r="C81" s="82"/>
+      <c r="D81" s="82"/>
+      <c r="E81" s="82"/>
+      <c r="F81" s="83"/>
+    </row>
+    <row r="82" spans="1:8" ht="12" thickBot="1"/>
+    <row r="83" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A83" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B82" s="58"/>
-[...6 lines deleted...]
-      <c r="A83" s="50" t="s">
+      <c r="B83" s="58"/>
+      <c r="C83" s="58"/>
+      <c r="D83" s="58"/>
+      <c r="E83" s="58"/>
+      <c r="F83" s="84"/>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B83" s="49" t="s">
+      <c r="B84" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C83" s="49" t="s">
+      <c r="C84" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D83" s="49" t="s">
+      <c r="D84" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E83" s="49" t="s">
+      <c r="E84" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F83" s="51" t="s">
+      <c r="F84" s="51" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="84" spans="1:8" ht="22.8">
-      <c r="A84" s="87" t="s">
+    <row r="85" spans="1:8" ht="22.8">
+      <c r="A85" s="87" t="s">
         <v>57</v>
       </c>
-      <c r="B84" s="20" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="20" t="s">
+      <c r="B85" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" s="20" t="s">
         <v>235</v>
       </c>
-      <c r="D84" s="20" t="s">
+      <c r="D85" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E84" s="20" t="s">
+      <c r="E85" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="F84" s="75" t="s">
-[...19 lines deleted...]
-      <c r="F85" s="62" t="s">
+      <c r="F85" s="75" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:8" ht="22.8">
       <c r="A86" s="88" t="s">
         <v>57</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F86" s="62" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="87" spans="1:8" ht="29.4" customHeight="1">
+    <row r="87" spans="1:8" ht="22.8">
       <c r="A87" s="88" t="s">
         <v>57</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F87" s="62" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="88" spans="1:8" ht="22.8">
+    <row r="88" spans="1:8" ht="29.4" customHeight="1">
       <c r="A88" s="88" t="s">
         <v>57</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F88" s="62" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="89" spans="1:8" ht="24.6" customHeight="1">
+    <row r="89" spans="1:8" ht="22.8">
       <c r="A89" s="88" t="s">
         <v>57</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F89" s="62" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="90" spans="1:8" ht="22.8">
+    <row r="90" spans="1:8" ht="25.8" customHeight="1">
       <c r="A90" s="88" t="s">
         <v>57</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>241</v>
+        <v>347</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F90" s="62" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="91" spans="1:8" ht="25.5" customHeight="1">
+    <row r="91" spans="1:8" ht="24.6" customHeight="1">
       <c r="A91" s="88" t="s">
         <v>57</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="F91" s="62" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:8" ht="76.8" customHeight="1" thickBot="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="22.8">
       <c r="A92" s="88" t="s">
         <v>57</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>67</v>
+        <v>30</v>
       </c>
       <c r="F92" s="62" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="93" spans="1:8" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A94" s="189" t="s">
+    <row r="93" spans="1:8" ht="25.5" customHeight="1">
+      <c r="A93" s="88" t="s">
+        <v>57</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F93" s="62" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="76.8" customHeight="1" thickBot="1">
+      <c r="A94" s="88" t="s">
+        <v>57</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F94" s="62" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="12" thickBot="1">
+      <c r="A95" s="63"/>
+      <c r="B95" s="59"/>
+      <c r="C95" s="59"/>
+      <c r="D95" s="59"/>
+      <c r="E95" s="59"/>
+      <c r="F95" s="60"/>
+    </row>
+    <row r="96" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A96" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B94" s="190"/>
-[...8 lines deleted...]
-      <c r="A95" s="50" t="s">
+      <c r="B96" s="185"/>
+      <c r="C96" s="185"/>
+      <c r="D96" s="185"/>
+      <c r="E96" s="185"/>
+      <c r="F96" s="186"/>
+      <c r="G96" s="11"/>
+      <c r="H96" s="12"/>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B95" s="49" t="s">
+      <c r="B97" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C95" s="49" t="s">
+      <c r="C97" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D95" s="49" t="s">
+      <c r="D97" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E95" s="49" t="s">
+      <c r="E97" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F95" s="51" t="s">
+      <c r="F97" s="51" t="s">
         <v>7</v>
       </c>
-    </row>
-[...39 lines deleted...]
-      <c r="G97" s="11"/>
     </row>
     <row r="98" spans="1:8" ht="22.8">
       <c r="A98" s="87" t="s">
         <v>57</v>
       </c>
       <c r="B98" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C98" s="20" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D98" s="20" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="E98" s="20" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="F98" s="75" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="99" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A99" s="89" t="s">
+    <row r="99" spans="1:8" ht="27" customHeight="1">
+      <c r="A99" s="88" t="s">
         <v>57</v>
       </c>
-      <c r="B99" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C99" s="46" t="s">
+      <c r="B99" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="F99" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99" s="11"/>
+    </row>
+    <row r="100" spans="1:8" ht="22.8">
+      <c r="A100" s="87" t="s">
+        <v>57</v>
+      </c>
+      <c r="B100" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" s="20" t="s">
+        <v>246</v>
+      </c>
+      <c r="D100" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="F100" s="75" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A101" s="89" t="s">
+        <v>57</v>
+      </c>
+      <c r="B101" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" s="46" t="s">
         <v>247</v>
       </c>
-      <c r="D99" s="46" t="s">
+      <c r="D101" s="46" t="s">
         <v>42</v>
       </c>
-      <c r="E99" s="46" t="s">
+      <c r="E101" s="46" t="s">
         <v>69</v>
       </c>
-      <c r="F99" s="47" t="s">
+      <c r="F101" s="47" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="100" spans="1:8" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A101" s="158" t="s">
+    <row r="102" spans="1:8" ht="12" thickBot="1">
+      <c r="A102" s="179"/>
+      <c r="B102" s="120"/>
+      <c r="C102" s="120"/>
+      <c r="D102" s="120"/>
+      <c r="E102" s="120"/>
+      <c r="F102" s="59"/>
+    </row>
+    <row r="103" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A103" s="158" t="s">
         <v>1</v>
       </c>
-      <c r="B101" s="159"/>
-[...6 lines deleted...]
-      <c r="A102" s="50" t="s">
+      <c r="B103" s="159"/>
+      <c r="C103" s="58"/>
+      <c r="D103" s="58"/>
+      <c r="E103" s="58"/>
+      <c r="F103" s="84"/>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B102" s="49" t="s">
+      <c r="B104" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C102" s="49" t="s">
+      <c r="C104" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D102" s="49" t="s">
+      <c r="D104" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E102" s="49" t="s">
+      <c r="E104" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F102" s="51" t="s">
+      <c r="F104" s="51" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="103" spans="1:8" ht="12" thickBot="1">
-      <c r="A103" s="52" t="s">
+    <row r="105" spans="1:8" ht="12" thickBot="1">
+      <c r="A105" s="52" t="s">
         <v>71</v>
       </c>
-      <c r="B103" s="53" t="s">
-[...2 lines deleted...]
-      <c r="C103" s="53" t="s">
+      <c r="B105" s="53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" s="53" t="s">
         <v>248</v>
       </c>
-      <c r="D103" s="90" t="s">
+      <c r="D105" s="90" t="s">
         <v>34</v>
       </c>
-      <c r="E103" s="53" t="s">
+      <c r="E105" s="53" t="s">
         <v>35</v>
       </c>
-      <c r="F103" s="91" t="s">
+      <c r="F105" s="91" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="104" spans="1:8" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A105" s="189" t="s">
+    <row r="106" spans="1:8" ht="12" thickBot="1">
+      <c r="A106" s="63"/>
+      <c r="B106" s="59"/>
+      <c r="C106" s="59"/>
+      <c r="D106" s="59"/>
+      <c r="E106" s="59"/>
+      <c r="F106" s="60"/>
+    </row>
+    <row r="107" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A107" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B105" s="190"/>
-[...8 lines deleted...]
-      <c r="A106" s="50" t="s">
+      <c r="B107" s="185"/>
+      <c r="C107" s="185"/>
+      <c r="D107" s="185"/>
+      <c r="E107" s="185"/>
+      <c r="F107" s="186"/>
+      <c r="G107" s="11"/>
+      <c r="H107" s="11"/>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B106" s="49" t="s">
+      <c r="B108" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C106" s="49" t="s">
+      <c r="C108" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D106" s="49" t="s">
+      <c r="D108" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E106" s="49" t="s">
+      <c r="E108" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F106" s="51" t="s">
+      <c r="F108" s="51" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="107" spans="1:8" ht="12" thickBot="1">
-      <c r="A107" s="81" t="s">
+    <row r="109" spans="1:8" ht="12" thickBot="1">
+      <c r="A109" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="B107" s="82"/>
-[...7 lines deleted...]
-      <c r="A109" s="57" t="s">
+      <c r="B109" s="82"/>
+      <c r="C109" s="82"/>
+      <c r="D109" s="82"/>
+      <c r="E109" s="82"/>
+      <c r="F109" s="83"/>
+    </row>
+    <row r="110" spans="1:8" ht="12" thickBot="1"/>
+    <row r="111" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A111" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B109" s="58"/>
-[...7 lines deleted...]
-      <c r="A110" s="50" t="s">
+      <c r="B111" s="58"/>
+      <c r="C111" s="58"/>
+      <c r="D111" s="58"/>
+      <c r="E111" s="58"/>
+      <c r="F111" s="84"/>
+      <c r="G111" s="11"/>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B110" s="49" t="s">
+      <c r="B112" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C110" s="49" t="s">
+      <c r="C112" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D110" s="49" t="s">
+      <c r="D112" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E110" s="49" t="s">
+      <c r="E112" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F110" s="51" t="s">
+      <c r="F112" s="51" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="111" spans="1:8" ht="45.6">
-      <c r="A111" s="72" t="s">
+    <row r="113" spans="1:6" ht="45.6">
+      <c r="A113" s="72" t="s">
         <v>72</v>
       </c>
-      <c r="B111" s="20" t="s">
-[...2 lines deleted...]
-      <c r="C111" s="20" t="s">
+      <c r="B113" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" s="20" t="s">
         <v>249</v>
       </c>
-      <c r="D111" s="28" t="s">
+      <c r="D113" s="28" t="s">
         <v>33</v>
       </c>
-      <c r="E111" s="20" t="s">
+      <c r="E113" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="F111" s="92" t="s">
+      <c r="F113" s="92" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="112" spans="1:8" ht="46.2" thickBot="1">
-      <c r="A112" s="45" t="s">
+    <row r="114" spans="1:6" ht="46.2" thickBot="1">
+      <c r="A114" s="45" t="s">
         <v>72</v>
       </c>
-      <c r="B112" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C112" s="46" t="s">
+      <c r="B114" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" s="46" t="s">
         <v>250</v>
       </c>
-      <c r="D112" s="93" t="s">
+      <c r="D114" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="E112" s="46" t="s">
+      <c r="E114" s="46" t="s">
         <v>45</v>
       </c>
-      <c r="F112" s="94" t="s">
+      <c r="F114" s="94" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="113" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A114" s="211" t="s">
+    <row r="115" spans="1:6" ht="12" thickBot="1">
+      <c r="A115" s="64"/>
+      <c r="B115" s="55"/>
+      <c r="C115" s="55"/>
+      <c r="D115" s="55"/>
+      <c r="E115" s="55"/>
+      <c r="F115" s="65"/>
+    </row>
+    <row r="116" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A116" s="195" t="s">
         <v>12</v>
       </c>
-      <c r="B114" s="212"/>
-[...6 lines deleted...]
-      <c r="A115" s="50" t="s">
+      <c r="B116" s="196"/>
+      <c r="C116" s="196"/>
+      <c r="D116" s="196"/>
+      <c r="E116" s="196"/>
+      <c r="F116" s="197"/>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B115" s="49" t="s">
+      <c r="B117" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C115" s="49" t="s">
+      <c r="C117" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D115" s="49" t="s">
+      <c r="D117" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E115" s="49" t="s">
+      <c r="E117" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F115" s="51" t="s">
+      <c r="F117" s="51" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="116" spans="1:6" ht="12" thickBot="1">
-      <c r="A116" s="81" t="s">
+    <row r="118" spans="1:6" ht="12" thickBot="1">
+      <c r="A118" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="B116" s="82"/>
-[...7 lines deleted...]
-      <c r="A118" s="57" t="s">
+      <c r="B118" s="82"/>
+      <c r="C118" s="82"/>
+      <c r="D118" s="82"/>
+      <c r="E118" s="82"/>
+      <c r="F118" s="83"/>
+    </row>
+    <row r="119" spans="1:6" ht="12" thickBot="1"/>
+    <row r="120" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A120" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B118" s="59"/>
-[...6 lines deleted...]
-      <c r="A119" s="50" t="s">
+      <c r="B120" s="59"/>
+      <c r="C120" s="58"/>
+      <c r="D120" s="58"/>
+      <c r="E120" s="58"/>
+      <c r="F120" s="84"/>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B119" s="49" t="s">
+      <c r="B121" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C119" s="49" t="s">
+      <c r="C121" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D119" s="49" t="s">
+      <c r="D121" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E119" s="49" t="s">
+      <c r="E121" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F119" s="51" t="s">
+      <c r="F121" s="51" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="120" spans="1:6" ht="34.799999999999997" thickBot="1">
-      <c r="A120" s="81" t="s">
+    <row r="122" spans="1:6" ht="34.799999999999997" thickBot="1">
+      <c r="A122" s="81" t="s">
         <v>73</v>
       </c>
-      <c r="B120" s="82" t="s">
-[...2 lines deleted...]
-      <c r="C120" s="82" t="s">
+      <c r="B122" s="82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" s="82" t="s">
         <v>251</v>
       </c>
-      <c r="D120" s="95" t="s">
+      <c r="D122" s="95" t="s">
         <v>74</v>
       </c>
-      <c r="E120" s="82" t="s">
+      <c r="E122" s="82" t="s">
         <v>74</v>
       </c>
-      <c r="F120" s="96" t="s">
+      <c r="F122" s="96" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="121" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A122" s="189" t="s">
+    <row r="123" spans="1:6" ht="12" thickBot="1">
+      <c r="A123" s="63"/>
+      <c r="B123" s="59"/>
+      <c r="C123" s="59"/>
+      <c r="D123" s="59"/>
+      <c r="E123" s="59"/>
+      <c r="F123" s="60"/>
+    </row>
+    <row r="124" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A124" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B122" s="190"/>
-[...6 lines deleted...]
-      <c r="A123" s="50" t="s">
+      <c r="B124" s="185"/>
+      <c r="C124" s="185"/>
+      <c r="D124" s="185"/>
+      <c r="E124" s="185"/>
+      <c r="F124" s="186"/>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B123" s="49" t="s">
+      <c r="B125" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="C123" s="49" t="s">
+      <c r="C125" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="D123" s="49" t="s">
+      <c r="D125" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="E123" s="49" t="s">
+      <c r="E125" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="F123" s="51" t="s">
+      <c r="F125" s="51" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="124" spans="1:6" ht="12" thickBot="1">
-      <c r="A124" s="81" t="s">
+    <row r="126" spans="1:6" ht="12" thickBot="1">
+      <c r="A126" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="B124" s="82"/>
-[...9 lines deleted...]
-      <c r="A126" s="57" t="s">
+      <c r="B126" s="82"/>
+      <c r="C126" s="82"/>
+      <c r="D126" s="82"/>
+      <c r="E126" s="82"/>
+      <c r="F126" s="83"/>
+    </row>
+    <row r="127" spans="1:6" ht="12" thickBot="1">
+      <c r="F127" s="55"/>
+    </row>
+    <row r="128" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A128" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B126" s="58"/>
-[...6 lines deleted...]
-      <c r="A127" s="103" t="s">
+      <c r="B128" s="58"/>
+      <c r="C128" s="58"/>
+      <c r="D128" s="58"/>
+      <c r="E128" s="58"/>
+      <c r="F128" s="84"/>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129" s="103" t="s">
         <v>2</v>
       </c>
-      <c r="B127" s="104" t="s">
+      <c r="B129" s="104" t="s">
         <v>3</v>
       </c>
-      <c r="C127" s="104" t="s">
+      <c r="C129" s="104" t="s">
         <v>4</v>
       </c>
-      <c r="D127" s="104" t="s">
+      <c r="D129" s="104" t="s">
         <v>5</v>
       </c>
-      <c r="E127" s="104" t="s">
+      <c r="E129" s="104" t="s">
         <v>6</v>
       </c>
-      <c r="F127" s="162" t="s">
+      <c r="F129" s="162" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="128" spans="1:6" ht="46.2" thickBot="1">
-      <c r="A128" s="85" t="s">
+    <row r="130" spans="1:6" ht="46.2" thickBot="1">
+      <c r="A130" s="85" t="s">
         <v>75</v>
       </c>
-      <c r="B128" s="82" t="s">
-[...2 lines deleted...]
-      <c r="C128" s="82" t="s">
+      <c r="B130" s="82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" s="82" t="s">
         <v>76</v>
       </c>
-      <c r="D128" s="82" t="s">
+      <c r="D130" s="82" t="s">
         <v>77</v>
       </c>
-      <c r="E128" s="82" t="s">
+      <c r="E130" s="82" t="s">
         <v>78</v>
       </c>
-      <c r="F128" s="83" t="s">
+      <c r="F130" s="83" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="129" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A130" s="183" t="s">
+    <row r="131" spans="1:6" ht="12" thickBot="1">
+      <c r="A131" s="98"/>
+      <c r="B131" s="59"/>
+      <c r="C131" s="59"/>
+      <c r="D131" s="59"/>
+      <c r="E131" s="59"/>
+      <c r="F131" s="60"/>
+    </row>
+    <row r="132" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A132" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B130" s="184"/>
-[...6 lines deleted...]
-      <c r="A131" s="80" t="s">
+      <c r="B132" s="188"/>
+      <c r="C132" s="188"/>
+      <c r="D132" s="188"/>
+      <c r="E132" s="188"/>
+      <c r="F132" s="189"/>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B131" s="6" t="s">
+      <c r="B133" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C131" s="100" t="s">
+      <c r="C133" s="100" t="s">
         <v>4</v>
       </c>
-      <c r="D131" s="101" t="s">
+      <c r="D133" s="101" t="s">
         <v>5</v>
       </c>
-      <c r="E131" s="6" t="s">
+      <c r="E133" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F131" s="99" t="s">
+      <c r="F133" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="132" spans="1:6" ht="12" thickBot="1">
-      <c r="A132" s="45" t="s">
+    <row r="134" spans="1:6" ht="12" thickBot="1">
+      <c r="A134" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B132" s="46"/>
-[...7 lines deleted...]
-      <c r="A134" s="57" t="s">
+      <c r="B134" s="46"/>
+      <c r="C134" s="46"/>
+      <c r="D134" s="46"/>
+      <c r="E134" s="46"/>
+      <c r="F134" s="47"/>
+    </row>
+    <row r="135" spans="1:6" ht="12" thickBot="1"/>
+    <row r="136" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A136" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B134" s="58"/>
-[...6 lines deleted...]
-      <c r="A135" s="43" t="s">
+      <c r="B136" s="58"/>
+      <c r="C136" s="58"/>
+      <c r="D136" s="58"/>
+      <c r="E136" s="58"/>
+      <c r="F136" s="84"/>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B135" s="24" t="s">
+      <c r="B137" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C135" s="102" t="s">
+      <c r="C137" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D135" s="70" t="s">
+      <c r="D137" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E135" s="24" t="s">
+      <c r="E137" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F135" s="71" t="s">
+      <c r="F137" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="136" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A136" s="45" t="s">
+    <row r="138" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A138" s="45" t="s">
         <v>79</v>
       </c>
-      <c r="B136" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C136" s="46" t="s">
+      <c r="B138" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" s="46" t="s">
         <v>252</v>
       </c>
-      <c r="D136" s="93" t="s">
+      <c r="D138" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="E136" s="46" t="s">
+      <c r="E138" s="46" t="s">
         <v>80</v>
       </c>
-      <c r="F136" s="94" t="s">
+      <c r="F138" s="94" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="137" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A138" s="183" t="s">
+    <row r="139" spans="1:6" ht="12" thickBot="1">
+      <c r="A139" s="63"/>
+      <c r="B139" s="59"/>
+      <c r="C139" s="59"/>
+      <c r="D139" s="59"/>
+      <c r="E139" s="59"/>
+      <c r="F139" s="60"/>
+    </row>
+    <row r="140" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A140" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B138" s="184"/>
-[...6 lines deleted...]
-      <c r="A139" s="80" t="s">
+      <c r="B140" s="188"/>
+      <c r="C140" s="188"/>
+      <c r="D140" s="188"/>
+      <c r="E140" s="188"/>
+      <c r="F140" s="189"/>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B139" s="6" t="s">
+      <c r="B141" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C139" s="100" t="s">
+      <c r="C141" s="100" t="s">
         <v>4</v>
       </c>
-      <c r="D139" s="101" t="s">
+      <c r="D141" s="101" t="s">
         <v>5</v>
       </c>
-      <c r="E139" s="6" t="s">
+      <c r="E141" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F139" s="99" t="s">
+      <c r="F141" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="140" spans="1:6" ht="12" thickBot="1">
-      <c r="A140" s="45" t="s">
+    <row r="142" spans="1:6" ht="12" thickBot="1">
+      <c r="A142" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B140" s="46"/>
-[...7 lines deleted...]
-      <c r="A142" s="57" t="s">
+      <c r="B142" s="46"/>
+      <c r="C142" s="46"/>
+      <c r="D142" s="46"/>
+      <c r="E142" s="46"/>
+      <c r="F142" s="47"/>
+    </row>
+    <row r="143" spans="1:6" ht="14.85" customHeight="1" thickBot="1"/>
+    <row r="144" spans="1:6" ht="14.85" customHeight="1" thickBot="1">
+      <c r="A144" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B142" s="58"/>
-[...6 lines deleted...]
-      <c r="A143" s="43" t="s">
+      <c r="B144" s="58"/>
+      <c r="C144" s="58"/>
+      <c r="D144" s="58"/>
+      <c r="E144" s="58"/>
+      <c r="F144" s="84"/>
+    </row>
+    <row r="145" spans="1:7">
+      <c r="A145" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B143" s="24" t="s">
+      <c r="B145" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C143" s="102" t="s">
+      <c r="C145" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D143" s="70" t="s">
+      <c r="D145" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E143" s="24" t="s">
+      <c r="E145" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F143" s="44" t="s">
+      <c r="F145" s="44" t="s">
         <v>7</v>
-      </c>
-[...38 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="146" spans="1:7" ht="34.200000000000003">
       <c r="A146" s="61" t="s">
         <v>81</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>195</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="F146" s="62" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="147" spans="1:7" ht="34.200000000000003">
       <c r="A147" s="61" t="s">
         <v>81</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>195</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F147" s="62" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="148" spans="1:7" ht="34.799999999999997" thickBot="1">
-      <c r="A148" s="45" t="s">
+    <row r="148" spans="1:7" ht="34.200000000000003">
+      <c r="A148" s="61" t="s">
         <v>81</v>
       </c>
-      <c r="B148" s="46" t="s">
+      <c r="B148" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="C148" s="46" t="s">
+      <c r="C148" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F148" s="62" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="34.200000000000003">
+      <c r="A149" s="61" t="s">
+        <v>81</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="F149" s="62" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="34.799999999999997" thickBot="1">
+      <c r="A150" s="45" t="s">
+        <v>81</v>
+      </c>
+      <c r="B150" s="46" t="s">
+        <v>195</v>
+      </c>
+      <c r="C150" s="46" t="s">
         <v>257</v>
       </c>
-      <c r="D148" s="46" t="s">
+      <c r="D150" s="46" t="s">
         <v>87</v>
       </c>
-      <c r="E148" s="46" t="s">
+      <c r="E150" s="46" t="s">
         <v>87</v>
       </c>
-      <c r="F148" s="47" t="s">
+      <c r="F150" s="47" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="149" spans="1:7" ht="12.6" thickBot="1">
-[...8 lines deleted...]
-      <c r="A150" s="201" t="s">
+    <row r="151" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A151" s="57"/>
+      <c r="B151" s="58"/>
+      <c r="C151" s="40"/>
+      <c r="D151" s="40"/>
+      <c r="E151" s="58"/>
+      <c r="F151" s="84"/>
+    </row>
+    <row r="152" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A152" s="208" t="s">
         <v>12</v>
       </c>
-      <c r="B150" s="184"/>
-[...7 lines deleted...]
-      <c r="A151" s="43" t="s">
+      <c r="B152" s="188"/>
+      <c r="C152" s="188"/>
+      <c r="D152" s="188"/>
+      <c r="E152" s="188"/>
+      <c r="F152" s="209"/>
+      <c r="G152" s="11"/>
+    </row>
+    <row r="153" spans="1:7">
+      <c r="A153" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B151" s="24" t="s">
+      <c r="B153" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C151" s="148" t="s">
+      <c r="C153" s="148" t="s">
         <v>4</v>
       </c>
-      <c r="D151" s="70" t="s">
+      <c r="D153" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E151" s="24" t="s">
+      <c r="E153" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F151" s="44" t="s">
+      <c r="F153" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="152" spans="1:7" ht="34.799999999999997" thickBot="1">
-      <c r="A152" s="45" t="s">
+    <row r="154" spans="1:7" ht="34.799999999999997" thickBot="1">
+      <c r="A154" s="45" t="s">
         <v>81</v>
       </c>
-      <c r="B152" s="46" t="s">
+      <c r="B154" s="46" t="s">
         <v>195</v>
       </c>
-      <c r="C152" s="46" t="s">
+      <c r="C154" s="46" t="s">
         <v>88</v>
       </c>
-      <c r="D152" s="46" t="s">
+      <c r="D154" s="46" t="s">
         <v>44</v>
       </c>
-      <c r="E152" s="46" t="s">
+      <c r="E154" s="46" t="s">
         <v>83</v>
       </c>
-      <c r="F152" s="47" t="s">
+      <c r="F154" s="47" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="153" spans="1:7" ht="12" thickBot="1">
-[...3 lines deleted...]
-      <c r="A154" s="57" t="s">
+    <row r="155" spans="1:7" ht="12" thickBot="1">
+      <c r="A155" s="55"/>
+    </row>
+    <row r="156" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A156" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B154" s="58"/>
-[...7 lines deleted...]
-      <c r="A155" s="43" t="s">
+      <c r="B156" s="58"/>
+      <c r="C156" s="58"/>
+      <c r="D156" s="58"/>
+      <c r="E156" s="58"/>
+      <c r="F156" s="84"/>
+      <c r="G156" s="11"/>
+    </row>
+    <row r="157" spans="1:7">
+      <c r="A157" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B155" s="24" t="s">
+      <c r="B157" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C155" s="148" t="s">
+      <c r="C157" s="148" t="s">
         <v>4</v>
       </c>
-      <c r="D155" s="70" t="s">
+      <c r="D157" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E155" s="24" t="s">
+      <c r="E157" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F155" s="71" t="s">
+      <c r="F157" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="156" spans="1:7" ht="22.8">
-      <c r="A156" s="61" t="s">
+    <row r="158" spans="1:7" ht="22.8">
+      <c r="A158" s="61" t="s">
         <v>89</v>
       </c>
-      <c r="B156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C156" s="1" t="s">
+      <c r="B158" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="D156" s="7" t="s">
+      <c r="D158" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="E156" s="1" t="s">
+      <c r="E158" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="F156" s="108" t="s">
+      <c r="F158" s="108" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="157" spans="1:7" ht="23.4" thickBot="1">
-      <c r="A157" s="45" t="s">
+    <row r="159" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A159" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="B157" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C157" s="46" t="s">
+      <c r="B159" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" s="46" t="s">
         <v>91</v>
       </c>
-      <c r="D157" s="93" t="s">
+      <c r="D159" s="93" t="s">
         <v>14</v>
       </c>
-      <c r="E157" s="46" t="s">
+      <c r="E159" s="46" t="s">
         <v>15</v>
       </c>
-      <c r="F157" s="94" t="s">
+      <c r="F159" s="94" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="158" spans="1:7" ht="14.25" customHeight="1" thickBot="1">
-[...8 lines deleted...]
-      <c r="A159" s="183" t="s">
+    <row r="160" spans="1:7" ht="14.25" customHeight="1" thickBot="1">
+      <c r="A160" s="63"/>
+      <c r="B160" s="59"/>
+      <c r="C160" s="59"/>
+      <c r="D160" s="59"/>
+      <c r="E160" s="59"/>
+      <c r="F160" s="60"/>
+    </row>
+    <row r="161" spans="1:8" ht="16.5" customHeight="1" thickBot="1">
+      <c r="A161" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B159" s="184"/>
-[...6 lines deleted...]
-      <c r="A160" s="80" t="s">
+      <c r="B161" s="188"/>
+      <c r="C161" s="188"/>
+      <c r="D161" s="188"/>
+      <c r="E161" s="188"/>
+      <c r="F161" s="189"/>
+    </row>
+    <row r="162" spans="1:8" ht="20.25" customHeight="1">
+      <c r="A162" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B160" s="6" t="s">
+      <c r="B162" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C160" s="132" t="s">
+      <c r="C162" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D160" s="21" t="s">
+      <c r="D162" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E160" s="6" t="s">
+      <c r="E162" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F160" s="99" t="s">
+      <c r="F162" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="161" spans="1:8" ht="12" customHeight="1" thickBot="1">
-      <c r="A161" s="45" t="s">
+    <row r="163" spans="1:8" ht="12" customHeight="1" thickBot="1">
+      <c r="A163" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B161" s="46" t="s">
+      <c r="B163" s="46" t="s">
         <v>92</v>
       </c>
-      <c r="C161" s="46" t="s">
+      <c r="C163" s="46" t="s">
         <v>92</v>
       </c>
-      <c r="D161" s="46"/>
-      <c r="E161" s="46" t="s">
+      <c r="D163" s="46"/>
+      <c r="E163" s="46" t="s">
         <v>92</v>
       </c>
-      <c r="F161" s="47"/>
-[...10 lines deleted...]
-      <c r="A164" s="57" t="s">
+      <c r="F163" s="47"/>
+      <c r="G163" s="11"/>
+    </row>
+    <row r="164" spans="1:8" ht="15.6" customHeight="1" thickBot="1">
+      <c r="F164" s="55"/>
+    </row>
+    <row r="165" spans="1:8" ht="12" hidden="1">
+      <c r="F165" s="5"/>
+      <c r="H165" s="11"/>
+    </row>
+    <row r="166" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A166" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B164" s="58"/>
-[...6 lines deleted...]
-      <c r="A165" s="43" t="s">
+      <c r="B166" s="58"/>
+      <c r="C166" s="58"/>
+      <c r="D166" s="58"/>
+      <c r="E166" s="58"/>
+      <c r="F166" s="84"/>
+    </row>
+    <row r="167" spans="1:8" ht="12">
+      <c r="A167" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B165" s="24" t="s">
+      <c r="B167" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C165" s="102" t="s">
+      <c r="C167" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D165" s="70" t="s">
+      <c r="D167" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E165" s="24" t="s">
+      <c r="E167" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F165" s="71" t="s">
+      <c r="F167" s="71" t="s">
         <v>7</v>
       </c>
-      <c r="G165" s="22"/>
-[...2 lines deleted...]
-      <c r="A166" s="61" t="s">
+      <c r="G167" s="22"/>
+    </row>
+    <row r="168" spans="1:8" ht="26.25" customHeight="1">
+      <c r="A168" s="61" t="s">
         <v>93</v>
       </c>
-      <c r="B166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C166" s="1" t="s">
+      <c r="B168" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="D166" s="7" t="s">
+      <c r="D168" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="E166" s="1" t="s">
+      <c r="E168" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="F166" s="108" t="s">
+      <c r="F168" s="108" t="s">
         <v>15</v>
       </c>
-      <c r="G166" s="11"/>
-[...3 lines deleted...]
-      <c r="A167" s="45" t="s">
+      <c r="G168" s="11"/>
+      <c r="H168" s="11"/>
+    </row>
+    <row r="169" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A169" s="45" t="s">
         <v>93</v>
       </c>
-      <c r="B167" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C167" s="46" t="s">
+      <c r="B169" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" s="46" t="s">
         <v>258</v>
       </c>
-      <c r="D167" s="93" t="s">
+      <c r="D169" s="93" t="s">
         <v>30</v>
       </c>
-      <c r="E167" s="46" t="s">
+      <c r="E169" s="46" t="s">
         <v>94</v>
       </c>
-      <c r="F167" s="94" t="s">
+      <c r="F169" s="94" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="168" spans="1:8" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A169" s="183" t="s">
+    <row r="170" spans="1:8" ht="12" thickBot="1">
+      <c r="A170" s="63"/>
+      <c r="B170" s="59"/>
+      <c r="C170" s="59"/>
+      <c r="D170" s="59"/>
+      <c r="E170" s="59"/>
+      <c r="F170" s="60"/>
+    </row>
+    <row r="171" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A171" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B169" s="184"/>
-[...6 lines deleted...]
-      <c r="A170" s="80" t="s">
+      <c r="B171" s="188"/>
+      <c r="C171" s="188"/>
+      <c r="D171" s="188"/>
+      <c r="E171" s="188"/>
+      <c r="F171" s="189"/>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B170" s="6" t="s">
+      <c r="B172" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C170" s="100" t="s">
+      <c r="C172" s="100" t="s">
         <v>4</v>
       </c>
-      <c r="D170" s="101" t="s">
+      <c r="D172" s="101" t="s">
         <v>5</v>
       </c>
-      <c r="E170" s="6" t="s">
+      <c r="E172" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F170" s="99" t="s">
+      <c r="F172" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="171" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A171" s="109" t="s">
+    <row r="173" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A173" s="109" t="s">
         <v>93</v>
       </c>
-      <c r="B171" s="110" t="s">
-[...2 lines deleted...]
-      <c r="C171" s="110" t="s">
+      <c r="B173" s="110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" s="110" t="s">
         <v>259</v>
       </c>
-      <c r="D171" s="111" t="s">
+      <c r="D173" s="111" t="s">
         <v>30</v>
       </c>
-      <c r="E171" s="110" t="s">
+      <c r="E173" s="110" t="s">
         <v>94</v>
       </c>
-      <c r="F171" s="94" t="s">
+      <c r="F173" s="94" t="s">
         <v>15</v>
       </c>
-      <c r="G171" s="11"/>
-[...3 lines deleted...]
-      <c r="A173" s="151" t="s">
+      <c r="G173" s="11"/>
+    </row>
+    <row r="174" spans="1:8" ht="12" thickBot="1"/>
+    <row r="175" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A175" s="151" t="s">
         <v>1</v>
       </c>
-      <c r="B173" s="152"/>
-[...6 lines deleted...]
-      <c r="A174" s="17" t="s">
+      <c r="B175" s="152"/>
+      <c r="C175" s="152"/>
+      <c r="D175" s="152"/>
+      <c r="E175" s="152"/>
+      <c r="F175" s="153"/>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="B174" s="24" t="s">
+      <c r="B176" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C174" s="106" t="s">
+      <c r="C176" s="106" t="s">
         <v>4</v>
       </c>
-      <c r="D174" s="70" t="s">
+      <c r="D176" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E174" s="24" t="s">
+      <c r="E176" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F174" s="154" t="s">
+      <c r="F176" s="154" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="175" spans="1:8" ht="25.2" customHeight="1">
-[...41 lines deleted...]
-    <row r="177" spans="1:7" ht="23.4" customHeight="1">
+    <row r="177" spans="1:8" ht="25.2" customHeight="1">
       <c r="A177" s="155" t="s">
         <v>193</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C177" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D177" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" s="156" t="s">
+        <v>15</v>
+      </c>
+      <c r="H177" s="12"/>
+    </row>
+    <row r="178" spans="1:8" ht="23.4" customHeight="1">
+      <c r="A178" s="155" t="s">
+        <v>193</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D178" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F178" s="156" t="s">
+        <v>33</v>
+      </c>
+      <c r="H178" s="11"/>
+    </row>
+    <row r="179" spans="1:8" ht="23.4" customHeight="1">
+      <c r="A179" s="155" t="s">
+        <v>193</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="D177" s="7" t="s">
+      <c r="D179" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="E177" s="1" t="s">
+      <c r="E179" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="F177" s="156" t="s">
+      <c r="F179" s="156" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="178" spans="1:7" ht="24" customHeight="1" thickBot="1">
-      <c r="A178" s="157" t="s">
+    <row r="180" spans="1:8" ht="24" customHeight="1" thickBot="1">
+      <c r="A180" s="157" t="s">
         <v>193</v>
       </c>
-      <c r="B178" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C178" s="3" t="s">
+      <c r="B180" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="D178" s="3" t="s">
+      <c r="D180" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E178" s="3" t="s">
+      <c r="E180" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F178" s="34" t="s">
+      <c r="F180" s="34" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="179" spans="1:7" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A180" s="183" t="s">
+    <row r="181" spans="1:8" ht="12" thickBot="1">
+      <c r="A181" s="150"/>
+      <c r="B181" s="120"/>
+      <c r="C181" s="120"/>
+      <c r="D181" s="120"/>
+      <c r="E181" s="120"/>
+      <c r="F181" s="96"/>
+    </row>
+    <row r="182" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A182" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B180" s="184"/>
-[...6 lines deleted...]
-      <c r="A181" s="80" t="s">
+      <c r="B182" s="188"/>
+      <c r="C182" s="188"/>
+      <c r="D182" s="188"/>
+      <c r="E182" s="188"/>
+      <c r="F182" s="189"/>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B181" s="6" t="s">
+      <c r="B183" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C181" s="132" t="s">
+      <c r="C183" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D181" s="21" t="s">
+      <c r="D183" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E181" s="6" t="s">
+      <c r="E183" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F181" s="99" t="s">
+      <c r="F183" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="182" spans="1:7" ht="11.25" customHeight="1" thickBot="1">
-      <c r="A182" s="45" t="s">
+    <row r="184" spans="1:8" ht="11.25" customHeight="1" thickBot="1">
+      <c r="A184" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B182" s="46"/>
-[...7 lines deleted...]
-      <c r="A184" s="57" t="s">
+      <c r="B184" s="46"/>
+      <c r="C184" s="133"/>
+      <c r="D184" s="56"/>
+      <c r="E184" s="46"/>
+      <c r="F184" s="47"/>
+    </row>
+    <row r="185" spans="1:8" ht="12" thickBot="1"/>
+    <row r="186" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A186" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B184" s="58"/>
-[...6 lines deleted...]
-      <c r="A185" s="43" t="s">
+      <c r="B186" s="58"/>
+      <c r="C186" s="58"/>
+      <c r="D186" s="58"/>
+      <c r="E186" s="58"/>
+      <c r="F186" s="84"/>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B185" s="24" t="s">
+      <c r="B187" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C185" s="102" t="s">
+      <c r="C187" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D185" s="70" t="s">
+      <c r="D187" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E185" s="24" t="s">
+      <c r="E187" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F185" s="71" t="s">
+      <c r="F187" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="186" spans="1:7" ht="22.8">
-      <c r="A186" s="61" t="s">
+    <row r="188" spans="1:8" ht="22.8">
+      <c r="A188" s="61" t="s">
         <v>264</v>
       </c>
-      <c r="B186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C186" s="1" t="s">
+      <c r="B188" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="D186" s="7" t="s">
+      <c r="D188" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="E186" s="1" t="s">
+      <c r="E188" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="F186" s="108" t="s">
+      <c r="F188" s="108" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="187" spans="1:7" ht="23.4" thickBot="1">
-      <c r="A187" s="61" t="s">
+    <row r="189" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A189" s="61" t="s">
         <v>264</v>
       </c>
-      <c r="B187" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C187" s="46" t="s">
+      <c r="B189" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" s="46" t="s">
         <v>266</v>
       </c>
-      <c r="D187" s="46" t="s">
+      <c r="D189" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="E187" s="46" t="s">
+      <c r="E189" s="46" t="s">
         <v>100</v>
       </c>
-      <c r="F187" s="47" t="s">
+      <c r="F189" s="47" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="188" spans="1:7" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A189" s="183" t="s">
+    <row r="190" spans="1:8" ht="12" thickBot="1">
+      <c r="A190" s="63"/>
+      <c r="B190" s="59"/>
+      <c r="C190" s="59"/>
+      <c r="D190" s="59"/>
+      <c r="E190" s="59"/>
+      <c r="F190" s="60"/>
+    </row>
+    <row r="191" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A191" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B189" s="184"/>
-[...7 lines deleted...]
-      <c r="A190" s="80" t="s">
+      <c r="B191" s="188"/>
+      <c r="C191" s="188"/>
+      <c r="D191" s="188"/>
+      <c r="E191" s="188"/>
+      <c r="F191" s="189"/>
+      <c r="G191" s="11"/>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B190" s="6" t="s">
+      <c r="B192" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C190" s="132" t="s">
+      <c r="C192" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D190" s="21" t="s">
+      <c r="D192" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E190" s="6" t="s">
+      <c r="E192" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F190" s="99" t="s">
+      <c r="F192" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="191" spans="1:7" ht="12" thickBot="1">
-      <c r="A191" s="45" t="s">
+    <row r="193" spans="1:8" ht="12" thickBot="1">
+      <c r="A193" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B191" s="46"/>
-[...9 lines deleted...]
-      <c r="A193" s="57" t="s">
+      <c r="B193" s="46"/>
+      <c r="C193" s="46"/>
+      <c r="D193" s="46"/>
+      <c r="E193" s="46"/>
+      <c r="F193" s="47"/>
+    </row>
+    <row r="194" spans="1:8" ht="12" thickBot="1">
+      <c r="F194" s="55"/>
+    </row>
+    <row r="195" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A195" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B193" s="58"/>
-[...6 lines deleted...]
-      <c r="A194" s="43" t="s">
+      <c r="B195" s="58"/>
+      <c r="C195" s="58"/>
+      <c r="D195" s="58"/>
+      <c r="E195" s="58"/>
+      <c r="F195" s="84"/>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B194" s="24" t="s">
+      <c r="B196" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C194" s="134" t="s">
+      <c r="C196" s="134" t="s">
         <v>4</v>
       </c>
-      <c r="D194" s="135" t="s">
+      <c r="D196" s="135" t="s">
         <v>5</v>
       </c>
-      <c r="E194" s="24" t="s">
+      <c r="E196" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F194" s="71" t="s">
+      <c r="F196" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="195" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A195" s="45" t="s">
+    <row r="197" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A197" s="45" t="s">
         <v>101</v>
       </c>
-      <c r="B195" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C195" s="46" t="s">
+      <c r="B197" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="D195" s="93" t="s">
+      <c r="D197" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="E195" s="46" t="s">
+      <c r="E197" s="46" t="s">
         <v>36</v>
       </c>
-      <c r="F195" s="94" t="s">
+      <c r="F197" s="94" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="196" spans="1:8" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A197" s="183" t="s">
+    <row r="198" spans="1:8" ht="12" thickBot="1">
+      <c r="A198" s="63"/>
+      <c r="B198" s="59"/>
+      <c r="C198" s="59"/>
+      <c r="D198" s="59"/>
+      <c r="E198" s="59"/>
+      <c r="F198" s="60"/>
+    </row>
+    <row r="199" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A199" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B197" s="184"/>
-[...6 lines deleted...]
-      <c r="A198" s="80" t="s">
+      <c r="B199" s="188"/>
+      <c r="C199" s="188"/>
+      <c r="D199" s="188"/>
+      <c r="E199" s="188"/>
+      <c r="F199" s="189"/>
+    </row>
+    <row r="200" spans="1:8" ht="12">
+      <c r="A200" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B198" s="6" t="s">
+      <c r="B200" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C198" s="132" t="s">
+      <c r="C200" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D198" s="21" t="s">
+      <c r="D200" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E198" s="6" t="s">
+      <c r="E200" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F198" s="99" t="s">
+      <c r="F200" s="99" t="s">
         <v>7</v>
       </c>
-      <c r="G198" s="11"/>
-[...2 lines deleted...]
-      <c r="A199" s="45" t="s">
+      <c r="G200" s="11"/>
+    </row>
+    <row r="201" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A201" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B199" s="46"/>
-[...10 lines deleted...]
-      <c r="A201" s="57" t="s">
+      <c r="B201" s="46"/>
+      <c r="C201" s="46"/>
+      <c r="D201" s="46"/>
+      <c r="E201" s="46"/>
+      <c r="F201" s="47"/>
+      <c r="G201" s="11"/>
+    </row>
+    <row r="202" spans="1:8" ht="12" thickBot="1">
+      <c r="F202" s="55"/>
+    </row>
+    <row r="203" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A203" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B201" s="58"/>
-[...6 lines deleted...]
-      <c r="A202" s="43" t="s">
+      <c r="B203" s="58"/>
+      <c r="C203" s="58"/>
+      <c r="D203" s="58"/>
+      <c r="E203" s="58"/>
+      <c r="F203" s="84"/>
+    </row>
+    <row r="204" spans="1:8" ht="12">
+      <c r="A204" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B202" s="24" t="s">
+      <c r="B204" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C202" s="102" t="s">
+      <c r="C204" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D202" s="70" t="s">
+      <c r="D204" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E202" s="24" t="s">
+      <c r="E204" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F202" s="71" t="s">
+      <c r="F204" s="71" t="s">
         <v>7</v>
       </c>
-      <c r="H202" s="11"/>
-[...2 lines deleted...]
-      <c r="A203" s="61" t="s">
+      <c r="H204" s="11"/>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" s="61" t="s">
         <v>102</v>
       </c>
-      <c r="B203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C203" s="1" t="s">
+      <c r="B205" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="D203" s="7" t="s">
+      <c r="D205" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="E203" s="1" t="s">
+      <c r="E205" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="F203" s="108" t="s">
+      <c r="F205" s="108" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="204" spans="1:8" ht="12" thickBot="1">
-      <c r="A204" s="45" t="s">
+    <row r="206" spans="1:8" ht="12" thickBot="1">
+      <c r="A206" s="45" t="s">
         <v>102</v>
       </c>
-      <c r="B204" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C204" s="46" t="s">
+      <c r="B206" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="D204" s="46" t="s">
+      <c r="D206" s="46" t="s">
         <v>95</v>
       </c>
-      <c r="E204" s="46" t="s">
+      <c r="E206" s="46" t="s">
         <v>96</v>
       </c>
-      <c r="F204" s="47" t="s">
+      <c r="F206" s="47" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="205" spans="1:8" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A206" s="183" t="s">
+    <row r="207" spans="1:8" ht="12" thickBot="1">
+      <c r="A207" s="63"/>
+      <c r="B207" s="59"/>
+      <c r="C207" s="59"/>
+      <c r="D207" s="59"/>
+      <c r="E207" s="59"/>
+      <c r="F207" s="60"/>
+    </row>
+    <row r="208" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A208" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B206" s="184"/>
-[...6 lines deleted...]
-      <c r="A207" s="80" t="s">
+      <c r="B208" s="188"/>
+      <c r="C208" s="188"/>
+      <c r="D208" s="188"/>
+      <c r="E208" s="188"/>
+      <c r="F208" s="189"/>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="A209" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B207" s="6" t="s">
+      <c r="B209" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C207" s="132" t="s">
+      <c r="C209" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D207" s="21" t="s">
+      <c r="D209" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E207" s="6" t="s">
+      <c r="E209" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F207" s="99" t="s">
+      <c r="F209" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="208" spans="1:8" ht="12" thickBot="1">
-      <c r="A208" s="45" t="s">
+    <row r="210" spans="1:6" ht="12" thickBot="1">
+      <c r="A210" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B208" s="46"/>
-[...9 lines deleted...]
-      <c r="A210" s="57" t="s">
+      <c r="B210" s="46"/>
+      <c r="C210" s="46"/>
+      <c r="D210" s="46"/>
+      <c r="E210" s="46"/>
+      <c r="F210" s="47"/>
+    </row>
+    <row r="211" spans="1:6" ht="12" thickBot="1">
+      <c r="F211" s="55"/>
+    </row>
+    <row r="212" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A212" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B210" s="58"/>
-[...6 lines deleted...]
-      <c r="A211" s="43" t="s">
+      <c r="B212" s="58"/>
+      <c r="C212" s="58"/>
+      <c r="D212" s="58"/>
+      <c r="E212" s="58"/>
+      <c r="F212" s="84"/>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="A213" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B211" s="24" t="s">
+      <c r="B213" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C211" s="102" t="s">
+      <c r="C213" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D211" s="70" t="s">
+      <c r="D213" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E211" s="24" t="s">
+      <c r="E213" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F211" s="71" t="s">
+      <c r="F213" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="212" spans="1:6" ht="46.2" thickBot="1">
-      <c r="A212" s="45" t="s">
+    <row r="214" spans="1:6" ht="46.2" thickBot="1">
+      <c r="A214" s="45" t="s">
         <v>104</v>
       </c>
-      <c r="B212" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C212" s="46" t="s">
+      <c r="B214" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" s="46" t="s">
         <v>105</v>
       </c>
-      <c r="D212" s="93" t="s">
+      <c r="D214" s="93" t="s">
         <v>106</v>
       </c>
-      <c r="E212" s="46" t="s">
+      <c r="E214" s="46" t="s">
         <v>107</v>
       </c>
-      <c r="F212" s="94" t="s">
+      <c r="F214" s="94" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="213" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A214" s="195" t="s">
+    <row r="215" spans="1:6" ht="12" thickBot="1">
+      <c r="A215" s="163"/>
+      <c r="B215" s="97"/>
+      <c r="C215" s="97"/>
+      <c r="D215" s="97"/>
+      <c r="E215" s="97"/>
+      <c r="F215" s="127"/>
+    </row>
+    <row r="216" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A216" s="205" t="s">
         <v>12</v>
       </c>
-      <c r="B214" s="196"/>
-[...6 lines deleted...]
-      <c r="A215" s="80" t="s">
+      <c r="B216" s="206"/>
+      <c r="C216" s="206"/>
+      <c r="D216" s="206"/>
+      <c r="E216" s="206"/>
+      <c r="F216" s="207"/>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B215" s="6" t="s">
+      <c r="B217" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C215" s="132" t="s">
+      <c r="C217" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D215" s="21" t="s">
+      <c r="D217" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E215" s="6" t="s">
+      <c r="E217" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F215" s="99" t="s">
+      <c r="F217" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="216" spans="1:6" ht="12" thickBot="1">
-      <c r="A216" s="45" t="s">
+    <row r="218" spans="1:6" ht="12" thickBot="1">
+      <c r="A218" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B216" s="46"/>
-[...7 lines deleted...]
-      <c r="A218" s="57" t="s">
+      <c r="B218" s="46"/>
+      <c r="C218" s="46"/>
+      <c r="D218" s="46"/>
+      <c r="E218" s="46"/>
+      <c r="F218" s="47"/>
+    </row>
+    <row r="219" spans="1:6" ht="12" thickBot="1"/>
+    <row r="220" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A220" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B218" s="58"/>
-[...6 lines deleted...]
-      <c r="A219" s="43" t="s">
+      <c r="B220" s="58"/>
+      <c r="C220" s="58"/>
+      <c r="D220" s="58"/>
+      <c r="E220" s="58"/>
+      <c r="F220" s="84"/>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B219" s="24" t="s">
+      <c r="B221" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C219" s="102" t="s">
+      <c r="C221" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D219" s="70" t="s">
+      <c r="D221" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E219" s="24" t="s">
+      <c r="E221" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F219" s="71" t="s">
+      <c r="F221" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="220" spans="1:6" ht="34.200000000000003">
-      <c r="A220" s="61" t="s">
+    <row r="222" spans="1:6" ht="34.200000000000003">
+      <c r="A222" s="61" t="s">
         <v>268</v>
       </c>
-      <c r="B220" s="8" t="s">
+      <c r="B222" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="C222" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="D220" s="7" t="s">
+      <c r="D222" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E220" s="1" t="s">
+      <c r="E222" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="F220" s="108" t="s">
+      <c r="F222" s="108" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="221" spans="1:6" ht="34.200000000000003">
-      <c r="A221" s="61" t="s">
+    <row r="223" spans="1:6" ht="34.200000000000003">
+      <c r="A223" s="61" t="s">
         <v>269</v>
       </c>
-      <c r="B221" s="8" t="s">
+      <c r="B223" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="C223" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="D221" s="7" t="s">
+      <c r="D223" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="E221" s="1" t="s">
+      <c r="E223" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="F221" s="108" t="s">
+      <c r="F223" s="108" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="222" spans="1:6" ht="34.799999999999997" thickBot="1">
-      <c r="A222" s="45" t="s">
+    <row r="224" spans="1:6" ht="34.799999999999997" thickBot="1">
+      <c r="A224" s="45" t="s">
         <v>269</v>
       </c>
-      <c r="B222" s="112" t="s">
+      <c r="B224" s="112" t="s">
         <v>108</v>
       </c>
-      <c r="C222" s="46" t="s">
+      <c r="C224" s="46" t="s">
         <v>111</v>
       </c>
-      <c r="D222" s="93" t="s">
+      <c r="D224" s="93" t="s">
         <v>18</v>
       </c>
-      <c r="E222" s="46" t="s">
+      <c r="E224" s="46" t="s">
         <v>18</v>
       </c>
-      <c r="F222" s="94" t="s">
+      <c r="F224" s="94" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="223" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A224" s="183" t="s">
+    <row r="225" spans="1:6" ht="12" thickBot="1">
+      <c r="A225" s="63"/>
+      <c r="B225" s="59"/>
+      <c r="C225" s="59"/>
+      <c r="D225" s="59"/>
+      <c r="E225" s="59"/>
+      <c r="F225" s="60"/>
+    </row>
+    <row r="226" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A226" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B224" s="184"/>
-[...6 lines deleted...]
-      <c r="A225" s="80" t="s">
+      <c r="B226" s="188"/>
+      <c r="C226" s="188"/>
+      <c r="D226" s="188"/>
+      <c r="E226" s="188"/>
+      <c r="F226" s="189"/>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B225" s="6" t="s">
+      <c r="B227" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C225" s="132" t="s">
+      <c r="C227" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D225" s="21" t="s">
+      <c r="D227" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E225" s="6" t="s">
+      <c r="E227" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F225" s="99" t="s">
+      <c r="F227" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="226" spans="1:6" ht="12" thickBot="1">
-      <c r="A226" s="45" t="s">
+    <row r="228" spans="1:6" ht="12" thickBot="1">
+      <c r="A228" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B226" s="46"/>
-[...7 lines deleted...]
-      <c r="A228" s="57" t="s">
+      <c r="B228" s="46"/>
+      <c r="C228" s="133"/>
+      <c r="D228" s="56"/>
+      <c r="E228" s="46"/>
+      <c r="F228" s="47"/>
+    </row>
+    <row r="229" spans="1:6" ht="12" thickBot="1"/>
+    <row r="230" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A230" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B228" s="58"/>
-[...6 lines deleted...]
-      <c r="A229" s="43" t="s">
+      <c r="B230" s="58"/>
+      <c r="C230" s="58"/>
+      <c r="D230" s="58"/>
+      <c r="E230" s="58"/>
+      <c r="F230" s="84"/>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B229" s="24" t="s">
+      <c r="B231" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C229" s="102" t="s">
+      <c r="C231" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D229" s="70" t="s">
+      <c r="D231" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E229" s="24" t="s">
+      <c r="E231" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F229" s="71" t="s">
+      <c r="F231" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="230" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A230" s="45" t="s">
+    <row r="232" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A232" s="45" t="s">
         <v>112</v>
       </c>
-      <c r="B230" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C230" s="133" t="s">
+      <c r="B232" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" s="133" t="s">
         <v>270</v>
       </c>
-      <c r="D230" s="136" t="s">
+      <c r="D232" s="136" t="s">
         <v>14</v>
       </c>
-      <c r="E230" s="46" t="s">
+      <c r="E232" s="46" t="s">
         <v>15</v>
       </c>
-      <c r="F230" s="94" t="s">
+      <c r="F232" s="94" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="231" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A232" s="183" t="s">
+    <row r="233" spans="1:6" ht="12" thickBot="1">
+      <c r="A233" s="63"/>
+      <c r="B233" s="59"/>
+      <c r="C233" s="59"/>
+      <c r="D233" s="59"/>
+      <c r="E233" s="59"/>
+      <c r="F233" s="60"/>
+    </row>
+    <row r="234" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A234" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B232" s="184"/>
-[...6 lines deleted...]
-      <c r="A233" s="80" t="s">
+      <c r="B234" s="188"/>
+      <c r="C234" s="188"/>
+      <c r="D234" s="188"/>
+      <c r="E234" s="188"/>
+      <c r="F234" s="189"/>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B233" s="6" t="s">
+      <c r="B235" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C233" s="137" t="s">
+      <c r="C235" s="137" t="s">
         <v>4</v>
       </c>
-      <c r="D233" s="21" t="s">
+      <c r="D235" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E233" s="6" t="s">
+      <c r="E235" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F233" s="99" t="s">
+      <c r="F235" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="234" spans="1:6" ht="12" thickBot="1">
-      <c r="A234" s="45" t="s">
+    <row r="236" spans="1:6" ht="12" thickBot="1">
+      <c r="A236" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B234" s="46"/>
-[...7 lines deleted...]
-      <c r="A236" s="57" t="s">
+      <c r="B236" s="46"/>
+      <c r="C236" s="138"/>
+      <c r="D236" s="56"/>
+      <c r="E236" s="46"/>
+      <c r="F236" s="47"/>
+    </row>
+    <row r="237" spans="1:6" ht="12" thickBot="1"/>
+    <row r="238" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A238" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B236" s="58"/>
-[...6 lines deleted...]
-      <c r="A237" s="43" t="s">
+      <c r="B238" s="58"/>
+      <c r="C238" s="59"/>
+      <c r="D238" s="59"/>
+      <c r="E238" s="59"/>
+      <c r="F238" s="60"/>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239" s="43" t="s">
         <v>21</v>
       </c>
-      <c r="B237" s="24" t="s">
+      <c r="B239" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C237" s="102" t="s">
+      <c r="C239" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D237" s="70" t="s">
+      <c r="D239" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E237" s="24" t="s">
+      <c r="E239" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F237" s="71" t="s">
+      <c r="F239" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="238" spans="1:6" ht="29.25" customHeight="1">
-      <c r="A238" s="61" t="s">
+    <row r="240" spans="1:6" ht="29.25" customHeight="1">
+      <c r="A240" s="61" t="s">
         <v>113</v>
       </c>
-      <c r="B238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C238" s="1" t="s">
+      <c r="B240" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="D238" s="7" t="s">
+      <c r="D240" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="E238" s="1" t="s">
+      <c r="E240" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="F238" s="108" t="s">
+      <c r="F240" s="108" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="239" spans="1:6" ht="29.25" customHeight="1" thickBot="1">
-      <c r="A239" s="45" t="s">
+    <row r="241" spans="1:6" ht="29.25" customHeight="1" thickBot="1">
+      <c r="A241" s="45" t="s">
         <v>113</v>
       </c>
-      <c r="B239" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C239" s="46" t="s">
+      <c r="B241" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" s="46" t="s">
         <v>272</v>
       </c>
-      <c r="D239" s="93" t="s">
+      <c r="D241" s="93" t="s">
         <v>47</v>
       </c>
-      <c r="E239" s="46" t="s">
+      <c r="E241" s="46" t="s">
         <v>115</v>
       </c>
-      <c r="F239" s="94" t="s">
+      <c r="F241" s="94" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="240" spans="1:6" ht="12.6" customHeight="1" thickBot="1">
-[...4 lines deleted...]
-      <c r="A241" s="203" t="s">
+    <row r="242" spans="1:6" ht="12.6" customHeight="1" thickBot="1">
+      <c r="A242" s="113"/>
+      <c r="F242" s="79"/>
+    </row>
+    <row r="243" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A243" s="201" t="s">
         <v>12</v>
       </c>
-      <c r="B241" s="204"/>
-[...6 lines deleted...]
-      <c r="A242" s="164" t="s">
+      <c r="B243" s="202"/>
+      <c r="C243" s="202"/>
+      <c r="D243" s="202"/>
+      <c r="E243" s="202"/>
+      <c r="F243" s="203"/>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244" s="164" t="s">
         <v>21</v>
       </c>
-      <c r="B242" s="165" t="s">
+      <c r="B244" s="165" t="s">
         <v>3</v>
       </c>
-      <c r="C242" s="132" t="s">
+      <c r="C244" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D242" s="101" t="s">
+      <c r="D244" s="101" t="s">
         <v>5</v>
       </c>
-      <c r="E242" s="165" t="s">
+      <c r="E244" s="165" t="s">
         <v>6</v>
       </c>
-      <c r="F242" s="166" t="s">
+      <c r="F244" s="166" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="243" spans="1:6" ht="25.5" customHeight="1">
-      <c r="A243" s="72" t="s">
+    <row r="245" spans="1:6" ht="25.5" customHeight="1">
+      <c r="A245" s="72" t="s">
         <v>113</v>
       </c>
-      <c r="B243" s="20" t="s">
-[...2 lines deleted...]
-      <c r="C243" s="20" t="s">
+      <c r="B245" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" s="20" t="s">
         <v>273</v>
       </c>
-      <c r="D243" s="20" t="s">
+      <c r="D245" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="E243" s="20" t="s">
+      <c r="E245" s="20" t="s">
         <v>114</v>
       </c>
-      <c r="F243" s="75" t="s">
+      <c r="F245" s="75" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="244" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A244" s="45" t="s">
+    <row r="246" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A246" s="45" t="s">
         <v>113</v>
       </c>
-      <c r="B244" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C244" s="46" t="s">
+      <c r="B246" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" s="46" t="s">
         <v>116</v>
       </c>
-      <c r="D244" s="46" t="s">
+      <c r="D246" s="46" t="s">
         <v>47</v>
       </c>
-      <c r="E244" s="46" t="s">
+      <c r="E246" s="46" t="s">
         <v>117</v>
       </c>
-      <c r="F244" s="47" t="s">
+      <c r="F246" s="47" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="245" spans="1:6" ht="12" thickBot="1">
-[...3 lines deleted...]
-      <c r="A246" s="57" t="s">
+    <row r="247" spans="1:6" ht="12" thickBot="1">
+      <c r="F247" s="55"/>
+    </row>
+    <row r="248" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A248" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B246" s="58"/>
-[...6 lines deleted...]
-      <c r="A247" s="43" t="s">
+      <c r="B248" s="58"/>
+      <c r="C248" s="58"/>
+      <c r="D248" s="58"/>
+      <c r="E248" s="58"/>
+      <c r="F248" s="84"/>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B247" s="24" t="s">
+      <c r="B249" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C247" s="102" t="s">
+      <c r="C249" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D247" s="70" t="s">
+      <c r="D249" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E247" s="24" t="s">
+      <c r="E249" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F247" s="71" t="s">
+      <c r="F249" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="248" spans="1:6" ht="22.8">
-      <c r="A248" s="155" t="s">
+    <row r="250" spans="1:6" ht="22.8">
+      <c r="A250" s="155" t="s">
         <v>276</v>
       </c>
-      <c r="B248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C248" s="1" t="s">
+      <c r="B250" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="D248" s="7" t="s">
+      <c r="D250" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="E248" s="1" t="s">
+      <c r="E250" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="F248" s="108" t="s">
+      <c r="F250" s="108" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="249" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A249" s="171" t="s">
+    <row r="251" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A251" s="171" t="s">
         <v>276</v>
       </c>
-      <c r="B249" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C249" s="46" t="s">
+      <c r="B251" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" s="46" t="s">
         <v>275</v>
       </c>
-      <c r="D249" s="93" t="s">
+      <c r="D251" s="93" t="s">
         <v>118</v>
       </c>
-      <c r="E249" s="46" t="s">
+      <c r="E251" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="F249" s="94" t="s">
+      <c r="F251" s="94" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="250" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A251" s="183" t="s">
+    <row r="252" spans="1:6" ht="12" thickBot="1">
+      <c r="A252" s="63"/>
+      <c r="B252" s="59"/>
+      <c r="C252" s="59"/>
+      <c r="D252" s="59"/>
+      <c r="E252" s="59"/>
+      <c r="F252" s="60"/>
+    </row>
+    <row r="253" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A253" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B251" s="184"/>
-[...6 lines deleted...]
-      <c r="A252" s="80" t="s">
+      <c r="B253" s="188"/>
+      <c r="C253" s="188"/>
+      <c r="D253" s="188"/>
+      <c r="E253" s="188"/>
+      <c r="F253" s="189"/>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B252" s="6" t="s">
+      <c r="B254" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C252" s="132" t="s">
+      <c r="C254" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D252" s="21" t="s">
+      <c r="D254" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E252" s="6" t="s">
+      <c r="E254" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F252" s="99" t="s">
+      <c r="F254" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="253" spans="1:6" ht="12" thickBot="1">
-      <c r="A253" s="45" t="s">
+    <row r="255" spans="1:6" ht="12" thickBot="1">
+      <c r="A255" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B253" s="46"/>
-[...7 lines deleted...]
-      <c r="A255" s="57" t="s">
+      <c r="B255" s="46"/>
+      <c r="C255" s="46"/>
+      <c r="D255" s="46"/>
+      <c r="E255" s="46"/>
+      <c r="F255" s="47"/>
+    </row>
+    <row r="256" spans="1:6" ht="12" thickBot="1"/>
+    <row r="257" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A257" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B255" s="58"/>
-[...6 lines deleted...]
-      <c r="A256" s="43" t="s">
+      <c r="B257" s="58"/>
+      <c r="C257" s="58"/>
+      <c r="D257" s="58"/>
+      <c r="E257" s="58"/>
+      <c r="F257" s="84"/>
+    </row>
+    <row r="258" spans="1:7" ht="19.2" customHeight="1">
+      <c r="A258" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B256" s="24" t="s">
+      <c r="B258" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C256" s="102" t="s">
+      <c r="C258" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D256" s="70" t="s">
+      <c r="D258" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E256" s="24" t="s">
+      <c r="E258" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F256" s="71" t="s">
+      <c r="F258" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="257" spans="1:7" ht="22.8">
-      <c r="A257" s="61" t="s">
+    <row r="259" spans="1:7" ht="22.8">
+      <c r="A259" s="61" t="s">
         <v>120</v>
       </c>
-      <c r="B257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C257" s="1" t="s">
+      <c r="B259" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="D257" s="1" t="s">
+      <c r="D259" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="E257" s="1" t="s">
+      <c r="E259" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="F257" s="62" t="s">
+      <c r="F259" s="62" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="258" spans="1:7" ht="23.4" thickBot="1">
-      <c r="A258" s="45" t="s">
+    <row r="260" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A260" s="45" t="s">
         <v>120</v>
       </c>
-      <c r="B258" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C258" s="46" t="s">
+      <c r="B260" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" s="46" t="s">
         <v>121</v>
       </c>
-      <c r="D258" s="46" t="s">
+      <c r="D260" s="46" t="s">
         <v>41</v>
       </c>
-      <c r="E258" s="46" t="s">
+      <c r="E260" s="46" t="s">
         <v>41</v>
       </c>
-      <c r="F258" s="47" t="s">
+      <c r="F260" s="47" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="259" spans="1:7" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A260" s="183" t="s">
+    <row r="261" spans="1:7" ht="12" thickBot="1">
+      <c r="A261" s="63"/>
+      <c r="B261" s="59"/>
+      <c r="C261" s="59"/>
+      <c r="D261" s="59"/>
+      <c r="E261" s="59"/>
+      <c r="F261" s="60"/>
+    </row>
+    <row r="262" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A262" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B260" s="184"/>
-[...6 lines deleted...]
-      <c r="A261" s="80" t="s">
+      <c r="B262" s="188"/>
+      <c r="C262" s="188"/>
+      <c r="D262" s="188"/>
+      <c r="E262" s="188"/>
+      <c r="F262" s="189"/>
+    </row>
+    <row r="263" spans="1:7">
+      <c r="A263" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B261" s="6" t="s">
+      <c r="B263" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C261" s="132" t="s">
+      <c r="C263" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D261" s="21" t="s">
+      <c r="D263" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E261" s="6" t="s">
+      <c r="E263" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F261" s="99" t="s">
+      <c r="F263" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="262" spans="1:7" ht="23.4" thickBot="1">
-      <c r="A262" s="45" t="s">
+    <row r="264" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A264" s="45" t="s">
         <v>120</v>
       </c>
-      <c r="B262" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C262" s="112" t="s">
+      <c r="B264" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" s="112" t="s">
         <v>277</v>
       </c>
-      <c r="D262" s="46" t="s">
+      <c r="D264" s="46" t="s">
         <v>48</v>
       </c>
-      <c r="E262" s="46" t="s">
+      <c r="E264" s="46" t="s">
         <v>48</v>
       </c>
-      <c r="F262" s="47" t="s">
+      <c r="F264" s="47" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="263" spans="1:7" ht="12" thickBot="1">
-[...3 lines deleted...]
-      <c r="A264" s="57" t="s">
+    <row r="265" spans="1:7" ht="12" thickBot="1">
+      <c r="F265" s="55"/>
+    </row>
+    <row r="266" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A266" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B264" s="58"/>
-[...6 lines deleted...]
-      <c r="A265" s="43" t="s">
+      <c r="B266" s="58"/>
+      <c r="C266" s="58"/>
+      <c r="D266" s="58"/>
+      <c r="E266" s="58"/>
+      <c r="F266" s="84"/>
+    </row>
+    <row r="267" spans="1:7">
+      <c r="A267" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B265" s="24" t="s">
+      <c r="B267" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C265" s="134" t="s">
+      <c r="C267" s="134" t="s">
         <v>4</v>
       </c>
-      <c r="D265" s="135" t="s">
+      <c r="D267" s="135" t="s">
         <v>5</v>
       </c>
-      <c r="E265" s="24" t="s">
+      <c r="E267" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F265" s="71" t="s">
+      <c r="F267" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="266" spans="1:7" ht="28.5" customHeight="1">
-      <c r="A266" s="61" t="s">
+    <row r="268" spans="1:7" ht="28.5" customHeight="1">
+      <c r="A268" s="61" t="s">
         <v>182</v>
       </c>
-      <c r="B266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C266" s="1" t="s">
+      <c r="B268" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D266" s="7" t="s">
+      <c r="D268" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="E266" s="1" t="s">
+      <c r="E268" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="F266" s="108" t="s">
+      <c r="F268" s="108" t="s">
         <v>33</v>
       </c>
-      <c r="G266" s="206"/>
-[...2 lines deleted...]
-      <c r="A267" s="61" t="s">
+      <c r="G268" s="204"/>
+    </row>
+    <row r="269" spans="1:7" ht="22.8">
+      <c r="A269" s="61" t="s">
         <v>182</v>
       </c>
-      <c r="B267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C267" s="1" t="s">
+      <c r="B269" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="D267" s="1" t="s">
+      <c r="D269" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="E267" s="1" t="s">
+      <c r="E269" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="F267" s="108" t="s">
+      <c r="F269" s="108" t="s">
         <v>33</v>
       </c>
-      <c r="G267" s="206"/>
-[...2 lines deleted...]
-      <c r="A268" s="45" t="s">
+      <c r="G269" s="204"/>
+    </row>
+    <row r="270" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A270" s="45" t="s">
         <v>182</v>
       </c>
-      <c r="B268" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C268" s="46" t="s">
+      <c r="B270" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" s="46" t="s">
         <v>127</v>
       </c>
-      <c r="D268" s="93" t="s">
+      <c r="D270" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="E268" s="46" t="s">
+      <c r="E270" s="46" t="s">
         <v>45</v>
       </c>
-      <c r="F268" s="94" t="s">
+      <c r="F270" s="94" t="s">
         <v>33</v>
       </c>
-      <c r="G268" s="206"/>
-[...10 lines deleted...]
-      <c r="A270" s="183" t="s">
+      <c r="G270" s="204"/>
+    </row>
+    <row r="271" spans="1:7" ht="12" thickBot="1">
+      <c r="A271" s="63"/>
+      <c r="B271" s="59"/>
+      <c r="C271" s="59"/>
+      <c r="D271" s="59"/>
+      <c r="E271" s="59"/>
+      <c r="F271" s="60"/>
+    </row>
+    <row r="272" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A272" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B270" s="184"/>
-[...6 lines deleted...]
-      <c r="A271" s="164" t="s">
+      <c r="B272" s="188"/>
+      <c r="C272" s="188"/>
+      <c r="D272" s="188"/>
+      <c r="E272" s="188"/>
+      <c r="F272" s="189"/>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" s="164" t="s">
         <v>2</v>
       </c>
-      <c r="B271" s="165" t="s">
+      <c r="B273" s="165" t="s">
         <v>3</v>
       </c>
-      <c r="C271" s="132" t="s">
+      <c r="C273" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D271" s="101" t="s">
+      <c r="D273" s="101" t="s">
         <v>5</v>
       </c>
-      <c r="E271" s="165" t="s">
+      <c r="E273" s="165" t="s">
         <v>6</v>
       </c>
-      <c r="F271" s="166" t="s">
+      <c r="F273" s="166" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="272" spans="1:7" ht="12" thickBot="1">
-      <c r="A272" s="81" t="s">
+    <row r="274" spans="1:8" ht="12" thickBot="1">
+      <c r="A274" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="B272" s="82"/>
-[...9 lines deleted...]
-      <c r="A274" s="57" t="s">
+      <c r="B274" s="82"/>
+      <c r="C274" s="82"/>
+      <c r="D274" s="82"/>
+      <c r="E274" s="82"/>
+      <c r="F274" s="83"/>
+    </row>
+    <row r="275" spans="1:8" ht="12" thickBot="1">
+      <c r="F275" s="55"/>
+    </row>
+    <row r="276" spans="1:8" ht="19.2" customHeight="1" thickBot="1">
+      <c r="A276" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B274" s="58"/>
-[...6 lines deleted...]
-      <c r="A275" s="43" t="s">
+      <c r="B276" s="58"/>
+      <c r="C276" s="159"/>
+      <c r="D276" s="58"/>
+      <c r="E276" s="58"/>
+      <c r="F276" s="84"/>
+    </row>
+    <row r="277" spans="1:8" ht="15.6">
+      <c r="A277" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B275" s="24" t="s">
+      <c r="B277" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C275" s="102" t="s">
+      <c r="C277" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D275" s="70" t="s">
+      <c r="D277" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E275" s="24" t="s">
+      <c r="E277" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F275" s="71" t="s">
+      <c r="F277" s="71" t="s">
         <v>7</v>
       </c>
-      <c r="G275" s="23"/>
-[...2 lines deleted...]
-      <c r="A276" s="180" t="s">
+      <c r="G277" s="23"/>
+    </row>
+    <row r="278" spans="1:8" ht="22.8" customHeight="1">
+      <c r="A278" s="180" t="s">
         <v>128</v>
       </c>
-      <c r="B276" s="181" t="s">
-[...2 lines deleted...]
-      <c r="C276" s="1" t="s">
+      <c r="B278" s="181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="D276" s="1" t="s">
+      <c r="D278" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="E276" s="1" t="s">
+      <c r="E278" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="F276" s="182" t="s">
+      <c r="F278" s="182" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="277" spans="1:8" ht="22.8" customHeight="1" thickBot="1">
-      <c r="A277" s="180" t="s">
+    <row r="279" spans="1:8" ht="22.8" customHeight="1" thickBot="1">
+      <c r="A279" s="180" t="s">
         <v>128</v>
       </c>
-      <c r="B277" s="181" t="s">
-[...2 lines deleted...]
-      <c r="C277" s="56" t="s">
+      <c r="B279" s="181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" s="56" t="s">
         <v>279</v>
       </c>
-      <c r="D277" s="1" t="s">
+      <c r="D279" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="E277" s="56" t="s">
+      <c r="E279" s="56" t="s">
         <v>199</v>
       </c>
-      <c r="F277" s="182" t="s">
+      <c r="F279" s="182" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="278" spans="1:8" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A279" s="183" t="s">
+    <row r="280" spans="1:8" ht="12" thickBot="1">
+      <c r="A280" s="63"/>
+      <c r="B280" s="59"/>
+      <c r="C280" s="59"/>
+      <c r="D280" s="59"/>
+      <c r="E280" s="59"/>
+      <c r="F280" s="60"/>
+    </row>
+    <row r="281" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A281" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B279" s="184"/>
-[...6 lines deleted...]
-      <c r="A280" s="80" t="s">
+      <c r="B281" s="188"/>
+      <c r="C281" s="188"/>
+      <c r="D281" s="188"/>
+      <c r="E281" s="188"/>
+      <c r="F281" s="189"/>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B280" s="6" t="s">
+      <c r="B282" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C280" s="132" t="s">
+      <c r="C282" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D280" s="21" t="s">
+      <c r="D282" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E280" s="6" t="s">
+      <c r="E282" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F280" s="99" t="s">
+      <c r="F282" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="281" spans="1:8" ht="12" thickBot="1">
-      <c r="A281" s="45" t="s">
+    <row r="283" spans="1:8" ht="12" thickBot="1">
+      <c r="A283" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B281" s="46"/>
-[...9 lines deleted...]
-      <c r="A283" s="57" t="s">
+      <c r="B283" s="46"/>
+      <c r="C283" s="46"/>
+      <c r="D283" s="46"/>
+      <c r="E283" s="46"/>
+      <c r="F283" s="47"/>
+    </row>
+    <row r="284" spans="1:8" ht="14.4" customHeight="1" thickBot="1">
+      <c r="H284" s="23"/>
+    </row>
+    <row r="285" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A285" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B283" s="58"/>
-[...6 lines deleted...]
-      <c r="A284" s="43" t="s">
+      <c r="B285" s="58"/>
+      <c r="C285" s="58"/>
+      <c r="D285" s="58"/>
+      <c r="E285" s="58"/>
+      <c r="F285" s="84"/>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B284" s="24" t="s">
+      <c r="B286" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C284" s="102" t="s">
+      <c r="C286" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D284" s="70" t="s">
+      <c r="D286" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E284" s="24" t="s">
+      <c r="E286" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F284" s="71" t="s">
+      <c r="F286" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="285" spans="1:8">
-      <c r="A285" s="61" t="s">
+    <row r="287" spans="1:8">
+      <c r="A287" s="61" t="s">
         <v>130</v>
       </c>
-      <c r="B285" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C285" s="140" t="s">
+      <c r="B287" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" s="140" t="s">
         <v>131</v>
       </c>
-      <c r="D285" s="139" t="s">
+      <c r="D287" s="139" t="s">
         <v>132</v>
       </c>
-      <c r="E285" s="1" t="s">
+      <c r="E287" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="F285" s="108" t="s">
+      <c r="F287" s="108" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="286" spans="1:8" ht="12" thickBot="1">
-      <c r="A286" s="45" t="s">
+    <row r="288" spans="1:8" ht="12" thickBot="1">
+      <c r="A288" s="45" t="s">
         <v>130</v>
       </c>
-      <c r="B286" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C286" s="46" t="s">
+      <c r="B288" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" s="46" t="s">
         <v>133</v>
       </c>
-      <c r="D286" s="46" t="s">
+      <c r="D288" s="46" t="s">
         <v>60</v>
       </c>
-      <c r="E286" s="46" t="s">
+      <c r="E288" s="46" t="s">
         <v>134</v>
       </c>
-      <c r="F286" s="94" t="s">
+      <c r="F288" s="94" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="287" spans="1:8" ht="12.6" thickBot="1">
-[...9 lines deleted...]
-      <c r="A288" s="195" t="s">
+    <row r="289" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A289" s="63"/>
+      <c r="B289" s="59"/>
+      <c r="C289" s="59"/>
+      <c r="D289" s="59"/>
+      <c r="E289" s="59"/>
+      <c r="F289" s="60"/>
+      <c r="G289" s="11"/>
+    </row>
+    <row r="290" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A290" s="205" t="s">
         <v>12</v>
       </c>
-      <c r="B288" s="196"/>
-[...6 lines deleted...]
-      <c r="A289" s="80" t="s">
+      <c r="B290" s="206"/>
+      <c r="C290" s="206"/>
+      <c r="D290" s="206"/>
+      <c r="E290" s="206"/>
+      <c r="F290" s="207"/>
+    </row>
+    <row r="291" spans="1:7">
+      <c r="A291" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B289" s="6" t="s">
+      <c r="B291" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C289" s="132" t="s">
+      <c r="C291" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D289" s="21" t="s">
+      <c r="D291" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E289" s="6" t="s">
+      <c r="E291" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F289" s="99" t="s">
+      <c r="F291" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="290" spans="1:6" ht="12" thickBot="1">
-      <c r="A290" s="45" t="s">
+    <row r="292" spans="1:7" ht="12" thickBot="1">
+      <c r="A292" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B290" s="46"/>
-[...9 lines deleted...]
-      <c r="A292" s="57" t="s">
+      <c r="B292" s="46"/>
+      <c r="C292" s="133"/>
+      <c r="D292" s="56"/>
+      <c r="E292" s="46"/>
+      <c r="F292" s="47"/>
+    </row>
+    <row r="293" spans="1:7" ht="12" thickBot="1">
+      <c r="F293" s="55"/>
+    </row>
+    <row r="294" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A294" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B292" s="58"/>
-[...6 lines deleted...]
-      <c r="A293" s="43" t="s">
+      <c r="B294" s="58"/>
+      <c r="C294" s="58"/>
+      <c r="D294" s="58"/>
+      <c r="E294" s="58"/>
+      <c r="F294" s="84"/>
+    </row>
+    <row r="295" spans="1:7">
+      <c r="A295" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B293" s="24" t="s">
+      <c r="B295" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C293" s="102" t="s">
+      <c r="C295" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D293" s="70" t="s">
+      <c r="D295" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E293" s="24" t="s">
+      <c r="E295" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F293" s="71" t="s">
+      <c r="F295" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="294" spans="1:6" ht="22.8">
-      <c r="A294" s="61" t="s">
+    <row r="296" spans="1:7" ht="22.8">
+      <c r="A296" s="61" t="s">
         <v>283</v>
       </c>
-      <c r="B294" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C294" s="1" t="s">
+      <c r="B296" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D294" s="7" t="s">
+      <c r="D296" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="E294" s="1" t="s">
+      <c r="E296" s="1" t="s">
         <v>28</v>
-      </c>
-[...38 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F296" s="108" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="297" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A297" s="45" t="s">
+    <row r="297" spans="1:7" ht="22.8">
+      <c r="A297" s="61" t="s">
         <v>284</v>
       </c>
-      <c r="B297" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C297" s="46" t="s">
+      <c r="B297" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D297" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="F297" s="108" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" ht="22.8">
+      <c r="A298" s="61" t="s">
+        <v>284</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D298" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E298" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F298" s="108" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A299" s="45" t="s">
+        <v>284</v>
+      </c>
+      <c r="B299" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" s="46" t="s">
         <v>136</v>
       </c>
-      <c r="D297" s="93" t="s">
+      <c r="D299" s="93" t="s">
         <v>98</v>
       </c>
-      <c r="E297" s="46" t="s">
+      <c r="E299" s="46" t="s">
         <v>137</v>
       </c>
-      <c r="F297" s="94" t="s">
+      <c r="F299" s="94" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="298" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A299" s="195" t="s">
+    <row r="300" spans="1:7" ht="12" thickBot="1">
+      <c r="A300" s="63"/>
+      <c r="B300" s="59"/>
+      <c r="C300" s="59"/>
+      <c r="D300" s="59"/>
+      <c r="E300" s="59"/>
+      <c r="F300" s="60"/>
+    </row>
+    <row r="301" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A301" s="205" t="s">
         <v>12</v>
       </c>
-      <c r="B299" s="196"/>
-[...6 lines deleted...]
-      <c r="A300" s="80" t="s">
+      <c r="B301" s="206"/>
+      <c r="C301" s="206"/>
+      <c r="D301" s="206"/>
+      <c r="E301" s="206"/>
+      <c r="F301" s="207"/>
+    </row>
+    <row r="302" spans="1:7">
+      <c r="A302" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="B300" s="6" t="s">
+      <c r="B302" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C300" s="132" t="s">
+      <c r="C302" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="D300" s="21" t="s">
+      <c r="D302" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="E300" s="6" t="s">
+      <c r="E302" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F300" s="99" t="s">
+      <c r="F302" s="99" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="301" spans="1:6" ht="12" thickBot="1">
-      <c r="A301" s="45" t="s">
+    <row r="303" spans="1:7" ht="12" thickBot="1">
+      <c r="A303" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B301" s="46"/>
-[...9 lines deleted...]
-      <c r="A303" s="57" t="s">
+      <c r="B303" s="46"/>
+      <c r="C303" s="133"/>
+      <c r="D303" s="56"/>
+      <c r="E303" s="46"/>
+      <c r="F303" s="47"/>
+    </row>
+    <row r="304" spans="1:7" ht="12" thickBot="1">
+      <c r="F304" s="55"/>
+    </row>
+    <row r="305" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A305" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B303" s="58"/>
-[...6 lines deleted...]
-      <c r="A304" s="105" t="s">
+      <c r="B305" s="58"/>
+      <c r="C305" s="58"/>
+      <c r="D305" s="58"/>
+      <c r="E305" s="58"/>
+      <c r="F305" s="84"/>
+    </row>
+    <row r="306" spans="1:7">
+      <c r="A306" s="105" t="s">
         <v>2</v>
       </c>
-      <c r="B304" s="106" t="s">
+      <c r="B306" s="106" t="s">
         <v>3</v>
       </c>
-      <c r="C304" s="102" t="s">
+      <c r="C306" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D304" s="135" t="s">
+      <c r="D306" s="135" t="s">
         <v>5</v>
       </c>
-      <c r="E304" s="106" t="s">
+      <c r="E306" s="106" t="s">
         <v>6</v>
       </c>
-      <c r="F304" s="107" t="s">
+      <c r="F306" s="107" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="305" spans="1:7" ht="45.6">
-      <c r="A305" s="170" t="s">
+    <row r="307" spans="1:7" ht="45.6">
+      <c r="A307" s="170" t="s">
         <v>138</v>
       </c>
-      <c r="B305" s="174" t="s">
-[...2 lines deleted...]
-      <c r="C305" s="177" t="s">
+      <c r="B307" s="174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" s="177" t="s">
         <v>285</v>
       </c>
-      <c r="D305" s="175" t="s">
+      <c r="D307" s="175" t="s">
         <v>44</v>
       </c>
-      <c r="E305" s="175" t="s">
+      <c r="E307" s="175" t="s">
         <v>44</v>
       </c>
-      <c r="F305" s="176" t="s">
+      <c r="F307" s="176" t="s">
         <v>44</v>
       </c>
-      <c r="G305" s="206"/>
-[...2 lines deleted...]
-      <c r="A306" s="61" t="s">
+      <c r="G307" s="204"/>
+    </row>
+    <row r="308" spans="1:7" ht="45.6">
+      <c r="A308" s="61" t="s">
         <v>138</v>
       </c>
-      <c r="B306" s="141" t="s">
-[...2 lines deleted...]
-      <c r="C306" s="1" t="s">
+      <c r="B308" s="141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="D306" s="7" t="s">
+      <c r="D308" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="E306" s="1" t="s">
+      <c r="E308" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="F306" s="108" t="s">
+      <c r="F308" s="108" t="s">
         <v>44</v>
       </c>
-      <c r="G306" s="206"/>
-[...2 lines deleted...]
-      <c r="A307" s="130" t="s">
+      <c r="G308" s="204"/>
+    </row>
+    <row r="309" spans="1:7" ht="46.2" thickBot="1">
+      <c r="A309" s="130" t="s">
         <v>138</v>
       </c>
-      <c r="B307" s="68" t="s">
-[...2 lines deleted...]
-      <c r="C307" s="56" t="s">
+      <c r="B309" s="68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" s="56" t="s">
         <v>287</v>
       </c>
-      <c r="D307" s="93" t="s">
+      <c r="D309" s="93" t="s">
         <v>85</v>
       </c>
-      <c r="E307" s="46" t="s">
+      <c r="E309" s="46" t="s">
         <v>139</v>
       </c>
-      <c r="F307" s="94" t="s">
+      <c r="F309" s="94" t="s">
         <v>44</v>
       </c>
-      <c r="G307" s="206"/>
-[...10 lines deleted...]
-      <c r="A309" s="198" t="s">
+      <c r="G309" s="204"/>
+    </row>
+    <row r="310" spans="1:7" ht="12" thickBot="1">
+      <c r="A310" s="64"/>
+      <c r="B310" s="55"/>
+      <c r="C310" s="55"/>
+      <c r="D310" s="55"/>
+      <c r="E310" s="55"/>
+      <c r="F310" s="65"/>
+    </row>
+    <row r="311" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A311" s="213" t="s">
         <v>12</v>
       </c>
-      <c r="B309" s="199"/>
-[...6 lines deleted...]
-      <c r="A310" s="105" t="s">
+      <c r="B311" s="214"/>
+      <c r="C311" s="214"/>
+      <c r="D311" s="214"/>
+      <c r="E311" s="214"/>
+      <c r="F311" s="215"/>
+    </row>
+    <row r="312" spans="1:7">
+      <c r="A312" s="105" t="s">
         <v>2</v>
       </c>
-      <c r="B310" s="106" t="s">
+      <c r="B312" s="106" t="s">
         <v>3</v>
       </c>
-      <c r="C310" s="106" t="s">
+      <c r="C312" s="106" t="s">
         <v>4</v>
       </c>
-      <c r="D310" s="106" t="s">
+      <c r="D312" s="106" t="s">
         <v>5</v>
       </c>
-      <c r="E310" s="106" t="s">
+      <c r="E312" s="106" t="s">
         <v>6</v>
       </c>
-      <c r="F310" s="107" t="s">
+      <c r="F312" s="107" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="311" spans="1:7" ht="12" thickBot="1">
-      <c r="A311" s="45" t="s">
+    <row r="313" spans="1:7" ht="12" thickBot="1">
+      <c r="A313" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B311" s="46"/>
-[...13 lines deleted...]
-      <c r="A313" s="57" t="s">
+      <c r="B313" s="46"/>
+      <c r="C313" s="46"/>
+      <c r="D313" s="46"/>
+      <c r="E313" s="46"/>
+      <c r="F313" s="47"/>
+    </row>
+    <row r="314" spans="1:7" ht="12" thickBot="1">
+      <c r="A314" s="59"/>
+      <c r="B314" s="59"/>
+      <c r="C314" s="59"/>
+      <c r="D314" s="59"/>
+      <c r="F314" s="59"/>
+    </row>
+    <row r="315" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A315" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B313" s="59"/>
-[...6 lines deleted...]
-      <c r="A314" s="43" t="s">
+      <c r="B315" s="59"/>
+      <c r="C315" s="59"/>
+      <c r="D315" s="59"/>
+      <c r="E315" s="59"/>
+      <c r="F315" s="60"/>
+    </row>
+    <row r="316" spans="1:7">
+      <c r="A316" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B314" s="24" t="s">
+      <c r="B316" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C314" s="102" t="s">
+      <c r="C316" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D314" s="70" t="s">
+      <c r="D316" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E314" s="24" t="s">
+      <c r="E316" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F314" s="44" t="s">
+      <c r="F316" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="315" spans="1:7" ht="22.8">
-      <c r="A315" s="61" t="s">
+    <row r="317" spans="1:7" ht="22.8">
+      <c r="A317" s="61" t="s">
         <v>140</v>
       </c>
-      <c r="B315" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C315" s="1" t="s">
+      <c r="B317" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="D315" s="7" t="s">
+      <c r="D317" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="E315" s="1" t="s">
+      <c r="E317" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F315" s="108" t="s">
+      <c r="F317" s="108" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="316" spans="1:7" ht="23.4" thickBot="1">
-      <c r="A316" s="45" t="s">
+    <row r="318" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A318" s="45" t="s">
         <v>140</v>
       </c>
-      <c r="B316" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C316" s="46" t="s">
+      <c r="B318" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" s="46" t="s">
         <v>289</v>
       </c>
-      <c r="D316" s="93" t="s">
+      <c r="D318" s="93" t="s">
         <v>58</v>
       </c>
-      <c r="E316" s="46" t="s">
+      <c r="E318" s="46" t="s">
         <v>59</v>
       </c>
-      <c r="F316" s="94" t="s">
+      <c r="F318" s="94" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="317" spans="1:7" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A318" s="189" t="s">
+    <row r="319" spans="1:7" ht="12" thickBot="1">
+      <c r="A319" s="63"/>
+      <c r="B319" s="59"/>
+      <c r="C319" s="59"/>
+      <c r="D319" s="59"/>
+      <c r="E319" s="59"/>
+      <c r="F319" s="60"/>
+    </row>
+    <row r="320" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A320" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B318" s="190"/>
-[...7 lines deleted...]
-      <c r="A319" s="43" t="s">
+      <c r="B320" s="185"/>
+      <c r="C320" s="185"/>
+      <c r="D320" s="185"/>
+      <c r="E320" s="185"/>
+      <c r="F320" s="186"/>
+      <c r="G320" s="25"/>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B319" s="24" t="s">
+      <c r="B321" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C319" s="102" t="s">
+      <c r="C321" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D319" s="70" t="s">
+      <c r="D321" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E319" s="24" t="s">
+      <c r="E321" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F319" s="44" t="s">
+      <c r="F321" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="320" spans="1:7" ht="22.8">
-      <c r="A320" s="61" t="s">
+    <row r="322" spans="1:8" ht="22.8">
+      <c r="A322" s="61" t="s">
         <v>140</v>
       </c>
-      <c r="B320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C320" s="1" t="s">
+      <c r="B322" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="D320" s="7" t="s">
+      <c r="D322" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="E320" s="1" t="s">
+      <c r="E322" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="F320" s="108" t="s">
+      <c r="F322" s="108" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="321" spans="1:8" ht="22.8">
-      <c r="A321" s="61" t="s">
+    <row r="323" spans="1:8" ht="22.8">
+      <c r="A323" s="61" t="s">
         <v>140</v>
       </c>
-      <c r="B321" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C321" s="1" t="s">
+      <c r="B323" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="D321" s="7" t="s">
+      <c r="D323" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="E321" s="1" t="s">
+      <c r="E323" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="F321" s="108" t="s">
+      <c r="F323" s="108" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="322" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A322" s="45" t="s">
+    <row r="324" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A324" s="45" t="s">
         <v>140</v>
       </c>
-      <c r="B322" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C322" s="46" t="s">
+      <c r="B324" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" s="46" t="s">
         <v>291</v>
       </c>
-      <c r="D322" s="93" t="s">
+      <c r="D324" s="93" t="s">
         <v>58</v>
       </c>
-      <c r="E322" s="46" t="s">
+      <c r="E324" s="46" t="s">
         <v>142</v>
       </c>
-      <c r="F322" s="94" t="s">
+      <c r="F324" s="94" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="323" spans="1:8" ht="12" thickBot="1">
-[...4 lines deleted...]
-      <c r="A324" s="57" t="s">
+    <row r="325" spans="1:8" ht="12" thickBot="1">
+      <c r="F325" s="55"/>
+      <c r="H325" s="149"/>
+    </row>
+    <row r="326" spans="1:8" ht="15.6" customHeight="1" thickBot="1">
+      <c r="A326" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B324" s="58"/>
-[...7 lines deleted...]
-      <c r="A325" s="43" t="s">
+      <c r="B326" s="58"/>
+      <c r="C326" s="58"/>
+      <c r="D326" s="58"/>
+      <c r="E326" s="58"/>
+      <c r="F326" s="84"/>
+      <c r="H326" s="26"/>
+    </row>
+    <row r="327" spans="1:8" ht="30" customHeight="1">
+      <c r="A327" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B325" s="24" t="s">
+      <c r="B327" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C325" s="148" t="s">
+      <c r="C327" s="148" t="s">
         <v>4</v>
       </c>
-      <c r="D325" s="70" t="s">
+      <c r="D327" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E325" s="24" t="s">
+      <c r="E327" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F325" s="44" t="s">
+      <c r="F327" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="326" spans="1:8" ht="27" customHeight="1">
-      <c r="A326" s="61" t="s">
+    <row r="328" spans="1:8" ht="27" customHeight="1">
+      <c r="A328" s="61" t="s">
         <v>143</v>
       </c>
-      <c r="B326" s="141" t="s">
-[...2 lines deleted...]
-      <c r="C326" s="1" t="s">
+      <c r="B328" s="141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="D326" s="1" t="s">
+      <c r="D328" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E326" s="1" t="s">
+      <c r="E328" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="F326" s="62" t="s">
+      <c r="F328" s="62" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="327" spans="1:8" ht="12" thickBot="1">
-      <c r="A327" s="45" t="s">
+    <row r="329" spans="1:8" ht="12" thickBot="1">
+      <c r="A329" s="45" t="s">
         <v>143</v>
       </c>
-      <c r="B327" s="82" t="s">
-[...2 lines deleted...]
-      <c r="C327" s="46" t="s">
+      <c r="B329" s="82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" s="46" t="s">
         <v>294</v>
       </c>
-      <c r="D327" s="46" t="s">
+      <c r="D329" s="46" t="s">
         <v>18</v>
       </c>
-      <c r="E327" s="46" t="s">
+      <c r="E329" s="46" t="s">
         <v>18</v>
       </c>
-      <c r="F327" s="47" t="s">
+      <c r="F329" s="47" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="328" spans="1:8" ht="12.6" thickBot="1">
-[...8 lines deleted...]
-      <c r="A329" s="192" t="s">
+    <row r="330" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A330" s="114"/>
+      <c r="B330" s="97"/>
+      <c r="C330" s="97"/>
+      <c r="D330" s="97"/>
+      <c r="E330" s="97"/>
+      <c r="F330" s="127"/>
+    </row>
+    <row r="331" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A331" s="210" t="s">
         <v>12</v>
       </c>
-      <c r="B329" s="193"/>
-[...6 lines deleted...]
-      <c r="A330" s="43" t="s">
+      <c r="B331" s="211"/>
+      <c r="C331" s="211"/>
+      <c r="D331" s="211"/>
+      <c r="E331" s="211"/>
+      <c r="F331" s="212"/>
+    </row>
+    <row r="332" spans="1:8" ht="32.25" customHeight="1">
+      <c r="A332" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B330" s="24" t="s">
+      <c r="B332" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C330" s="24" t="s">
+      <c r="C332" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D330" s="24" t="s">
+      <c r="D332" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E330" s="24" t="s">
+      <c r="E332" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F330" s="44" t="s">
+      <c r="F332" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="331" spans="1:8" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A331" s="45" t="s">
+    <row r="333" spans="1:8" ht="28.5" customHeight="1" thickBot="1">
+      <c r="A333" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B331" s="46"/>
-[...9 lines deleted...]
-      <c r="A333" s="57" t="s">
+      <c r="B333" s="46"/>
+      <c r="C333" s="46"/>
+      <c r="D333" s="46"/>
+      <c r="E333" s="46"/>
+      <c r="F333" s="94"/>
+    </row>
+    <row r="334" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A334" s="11"/>
+    </row>
+    <row r="335" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A335" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B333" s="58"/>
-[...6 lines deleted...]
-      <c r="A334" s="43" t="s">
+      <c r="B335" s="58"/>
+      <c r="C335" s="59"/>
+      <c r="D335" s="59"/>
+      <c r="E335" s="59"/>
+      <c r="F335" s="60"/>
+    </row>
+    <row r="336" spans="1:8" ht="12">
+      <c r="A336" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B334" s="24" t="s">
+      <c r="B336" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C334" s="24" t="s">
+      <c r="C336" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D334" s="24" t="s">
+      <c r="D336" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E334" s="24" t="s">
+      <c r="E336" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F334" s="44" t="s">
+      <c r="F336" s="44" t="s">
         <v>7</v>
-      </c>
-[...40 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G336" s="13"/>
     </row>
     <row r="337" spans="1:8" ht="22.8">
       <c r="A337" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>296</v>
+        <v>207</v>
       </c>
       <c r="D337" s="7" t="s">
-        <v>118</v>
+        <v>14</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="F337" s="108" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G337" s="12"/>
+        <v>15</v>
+      </c>
+      <c r="G337" s="13"/>
     </row>
     <row r="338" spans="1:8" ht="22.8">
       <c r="A338" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="D338" s="7" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="F338" s="108" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G338" s="12"/>
+        <v>18</v>
+      </c>
+      <c r="G338" s="13"/>
     </row>
     <row r="339" spans="1:8" ht="22.8">
       <c r="A339" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D339" s="7" t="s">
-        <v>10</v>
+        <v>118</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="F339" s="108" t="s">
         <v>27</v>
       </c>
       <c r="G339" s="12"/>
     </row>
     <row r="340" spans="1:8" ht="22.8">
       <c r="A340" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D340" s="7" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F340" s="108" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:8" ht="27" customHeight="1">
+        <v>24</v>
+      </c>
+      <c r="G340" s="12"/>
+    </row>
+    <row r="341" spans="1:8" ht="22.8">
       <c r="A341" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D341" s="7" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="F341" s="108" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-    <row r="342" spans="1:8" ht="24.75" customHeight="1">
+        <v>27</v>
+      </c>
+      <c r="G341" s="12"/>
+    </row>
+    <row r="342" spans="1:8" ht="22.8">
       <c r="A342" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="D342" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F342" s="108" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-    <row r="343" spans="1:8" ht="22.5" customHeight="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8" ht="27" customHeight="1">
       <c r="A343" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="D343" s="7" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F343" s="108" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="H343" s="13"/>
     </row>
-    <row r="344" spans="1:8" ht="23.25" customHeight="1">
+    <row r="344" spans="1:8" ht="24.75" customHeight="1">
       <c r="A344" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D344" s="7" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="F344" s="108" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-    <row r="345" spans="1:8" ht="21" customHeight="1">
+        <v>29</v>
+      </c>
+      <c r="G344" s="11"/>
+      <c r="H344" s="13"/>
+    </row>
+    <row r="345" spans="1:8" ht="22.5" customHeight="1">
       <c r="A345" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D345" s="7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F345" s="108" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-    <row r="346" spans="1:8" ht="25.5" customHeight="1">
+        <v>36</v>
+      </c>
+      <c r="H345" s="13"/>
+    </row>
+    <row r="346" spans="1:8" ht="23.25" customHeight="1">
       <c r="A346" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="D346" s="7" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="F346" s="108" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="H346" s="12"/>
     </row>
-    <row r="347" spans="1:8" ht="23.25" customHeight="1">
+    <row r="347" spans="1:8" ht="21" customHeight="1">
       <c r="A347" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="D347" s="7" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>147</v>
+        <v>33</v>
       </c>
       <c r="F347" s="108" t="s">
-        <v>44</v>
-      </c>
+        <v>33</v>
+      </c>
+      <c r="H347" s="12"/>
     </row>
     <row r="348" spans="1:8" ht="25.5" customHeight="1">
       <c r="A348" s="115" t="s">
         <v>144</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C348" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D348" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F348" s="108" t="s">
+        <v>41</v>
+      </c>
+      <c r="H348" s="12"/>
+    </row>
+    <row r="349" spans="1:8" ht="23.25" customHeight="1">
+      <c r="A349" s="115" t="s">
+        <v>144</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D349" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F349" s="108" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8" ht="25.5" customHeight="1">
+      <c r="A350" s="115" t="s">
+        <v>144</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="D348" s="7" t="s">
+      <c r="D350" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="E348" s="1" t="s">
+      <c r="E350" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="F348" s="108" t="s">
+      <c r="F350" s="108" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="349" spans="1:8" ht="25.5" customHeight="1" thickBot="1">
-      <c r="A349" s="116" t="s">
+    <row r="351" spans="1:8" ht="25.5" customHeight="1" thickBot="1">
+      <c r="A351" s="116" t="s">
         <v>144</v>
       </c>
-      <c r="B349" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C349" s="46" t="s">
+      <c r="B351" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" s="46" t="s">
         <v>308</v>
       </c>
-      <c r="D349" s="93" t="s">
+      <c r="D351" s="93" t="s">
         <v>47</v>
       </c>
-      <c r="E349" s="46" t="s">
+      <c r="E351" s="46" t="s">
         <v>115</v>
       </c>
-      <c r="F349" s="94" t="s">
+      <c r="F351" s="94" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="350" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1">
-[...8 lines deleted...]
-      <c r="A351" s="192" t="s">
+    <row r="352" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1">
+      <c r="A352" s="163"/>
+      <c r="B352" s="97"/>
+      <c r="C352" s="97"/>
+      <c r="D352" s="97"/>
+      <c r="E352" s="97"/>
+      <c r="F352" s="127"/>
+    </row>
+    <row r="353" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1">
+      <c r="A353" s="210" t="s">
         <v>12</v>
       </c>
-      <c r="B351" s="193"/>
-[...7 lines deleted...]
-      <c r="A352" s="43" t="s">
+      <c r="B353" s="211"/>
+      <c r="C353" s="211"/>
+      <c r="D353" s="211"/>
+      <c r="E353" s="211"/>
+      <c r="F353" s="212"/>
+      <c r="G353" s="16"/>
+    </row>
+    <row r="354" spans="1:8" ht="18" customHeight="1">
+      <c r="A354" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B352" s="24" t="s">
+      <c r="B354" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C352" s="24" t="s">
+      <c r="C354" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D352" s="24" t="s">
+      <c r="D354" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E352" s="24" t="s">
+      <c r="E354" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F352" s="44" t="s">
+      <c r="F354" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="353" spans="1:8" ht="12" thickBot="1">
-      <c r="A353" s="45" t="s">
+    <row r="355" spans="1:8" ht="12" thickBot="1">
+      <c r="A355" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B353" s="46"/>
-[...9 lines deleted...]
-      <c r="A355" s="57" t="s">
+      <c r="B355" s="46"/>
+      <c r="C355" s="46"/>
+      <c r="D355" s="46"/>
+      <c r="E355" s="46"/>
+      <c r="F355" s="94"/>
+    </row>
+    <row r="356" spans="1:8" ht="12" thickBot="1">
+      <c r="F356" s="5"/>
+    </row>
+    <row r="357" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A357" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B355" s="40"/>
-[...6 lines deleted...]
-      <c r="A356" s="43" t="s">
+      <c r="B357" s="40"/>
+      <c r="C357" s="41"/>
+      <c r="D357" s="41"/>
+      <c r="E357" s="41"/>
+      <c r="F357" s="42"/>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B356" s="24" t="s">
+      <c r="B358" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C356" s="24" t="s">
+      <c r="C358" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D356" s="24" t="s">
+      <c r="D358" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E356" s="24" t="s">
+      <c r="E358" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F356" s="44" t="s">
+      <c r="F358" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="357" spans="1:8" ht="43.8" thickBot="1">
-      <c r="A357" s="117" t="s">
+    <row r="359" spans="1:8" ht="43.8" thickBot="1">
+      <c r="A359" s="117" t="s">
         <v>149</v>
       </c>
-      <c r="B357" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C357" s="121" t="s">
+      <c r="B359" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" s="121" t="s">
         <v>309</v>
       </c>
-      <c r="D357" s="46" t="s">
+      <c r="D359" s="46" t="s">
         <v>14</v>
       </c>
-      <c r="E357" s="46" t="s">
+      <c r="E359" s="46" t="s">
         <v>15</v>
       </c>
-      <c r="F357" s="47" t="s">
+      <c r="F359" s="47" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="358" spans="1:8" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A359" s="189" t="s">
+    <row r="360" spans="1:8" ht="12" thickBot="1">
+      <c r="A360" s="48"/>
+      <c r="B360" s="41"/>
+      <c r="C360" s="41"/>
+      <c r="D360" s="41"/>
+      <c r="E360" s="41"/>
+      <c r="F360" s="42"/>
+    </row>
+    <row r="361" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A361" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B359" s="190"/>
-[...6 lines deleted...]
-      <c r="A360" s="43" t="s">
+      <c r="B361" s="185"/>
+      <c r="C361" s="185"/>
+      <c r="D361" s="185"/>
+      <c r="E361" s="185"/>
+      <c r="F361" s="186"/>
+    </row>
+    <row r="362" spans="1:8" ht="12">
+      <c r="A362" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B360" s="24" t="s">
+      <c r="B362" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C360" s="24" t="s">
+      <c r="C362" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D360" s="24" t="s">
+      <c r="D362" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E360" s="24" t="s">
+      <c r="E362" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F360" s="44" t="s">
+      <c r="F362" s="44" t="s">
         <v>7</v>
       </c>
-      <c r="G360" s="11"/>
-[...2 lines deleted...]
-      <c r="A361" s="109" t="s">
+      <c r="G362" s="11"/>
+    </row>
+    <row r="363" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A363" s="109" t="s">
         <v>13</v>
       </c>
-      <c r="B361" s="110" t="s">
+      <c r="B363" s="110" t="s">
         <v>92</v>
       </c>
-      <c r="C361" s="110" t="s">
+      <c r="C363" s="110" t="s">
         <v>92</v>
       </c>
-      <c r="D361" s="110"/>
-      <c r="E361" s="110" t="s">
+      <c r="D363" s="110"/>
+      <c r="E363" s="110" t="s">
         <v>92</v>
       </c>
-      <c r="F361" s="118"/>
-[...6 lines deleted...]
-      <c r="A363" s="57" t="s">
+      <c r="F363" s="118"/>
+      <c r="G363" s="11"/>
+    </row>
+    <row r="364" spans="1:8" ht="12" thickBot="1">
+      <c r="A364" s="59"/>
+    </row>
+    <row r="365" spans="1:8" ht="21.75" customHeight="1" thickBot="1">
+      <c r="A365" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B363" s="58"/>
-[...6 lines deleted...]
-      <c r="A364" s="43" t="s">
+      <c r="B365" s="58"/>
+      <c r="C365" s="119"/>
+      <c r="D365" s="119"/>
+      <c r="E365" s="58"/>
+      <c r="F365" s="84"/>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" s="43" t="s">
         <v>21</v>
       </c>
-      <c r="B364" s="24" t="s">
+      <c r="B366" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C364" s="24" t="s">
+      <c r="C366" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D364" s="24" t="s">
+      <c r="D366" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E364" s="24" t="s">
+      <c r="E366" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F364" s="44" t="s">
+      <c r="F366" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="365" spans="1:8" ht="22.8">
-      <c r="A365" s="61" t="s">
+    <row r="367" spans="1:8" ht="22.8">
+      <c r="A367" s="61" t="s">
         <v>150</v>
       </c>
-      <c r="B365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C365" s="1" t="s">
+      <c r="B367" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="D365" s="7" t="s">
+      <c r="D367" s="7" t="s">
         <v>151</v>
       </c>
-      <c r="E365" s="1" t="s">
+      <c r="E367" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="F365" s="108" t="s">
+      <c r="F367" s="108" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="366" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A366" s="45" t="s">
+    <row r="368" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A368" s="45" t="s">
         <v>150</v>
       </c>
-      <c r="B366" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C366" s="46" t="s">
+      <c r="B368" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" s="46" t="s">
         <v>311</v>
       </c>
-      <c r="D366" s="93" t="s">
+      <c r="D368" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="E366" s="46" t="s">
+      <c r="E368" s="46" t="s">
         <v>44</v>
       </c>
-      <c r="F366" s="94" t="s">
+      <c r="F368" s="94" t="s">
         <v>44</v>
       </c>
-      <c r="H366" s="11"/>
-[...11 lines deleted...]
-      <c r="A368" s="189" t="s">
+      <c r="H368" s="11"/>
+    </row>
+    <row r="369" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A369" s="63"/>
+      <c r="B369" s="59"/>
+      <c r="C369" s="59"/>
+      <c r="D369" s="59"/>
+      <c r="E369" s="59"/>
+      <c r="F369" s="60"/>
+      <c r="H369" s="11"/>
+    </row>
+    <row r="370" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A370" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B368" s="190"/>
-[...6 lines deleted...]
-      <c r="A369" s="43" t="s">
+      <c r="B370" s="185"/>
+      <c r="C370" s="185"/>
+      <c r="D370" s="185"/>
+      <c r="E370" s="185"/>
+      <c r="F370" s="186"/>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B369" s="24" t="s">
+      <c r="B371" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C369" s="24" t="s">
+      <c r="C371" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D369" s="24" t="s">
+      <c r="D371" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E369" s="24" t="s">
+      <c r="E371" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F369" s="44" t="s">
+      <c r="F371" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="370" spans="1:6" ht="12" thickBot="1">
-      <c r="A370" s="45" t="s">
+    <row r="372" spans="1:8" ht="12" thickBot="1">
+      <c r="A372" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B370" s="46"/>
-[...9 lines deleted...]
-      <c r="A372" s="57" t="s">
+      <c r="B372" s="46"/>
+      <c r="C372" s="46"/>
+      <c r="D372" s="46"/>
+      <c r="E372" s="46"/>
+      <c r="F372" s="94"/>
+    </row>
+    <row r="373" spans="1:8" ht="12" thickBot="1">
+      <c r="A373" s="59"/>
+    </row>
+    <row r="374" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A374" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B372" s="58"/>
-[...6 lines deleted...]
-      <c r="A373" s="43" t="s">
+      <c r="B374" s="58"/>
+      <c r="C374" s="58"/>
+      <c r="D374" s="58"/>
+      <c r="E374" s="58"/>
+      <c r="F374" s="84"/>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B373" s="24" t="s">
+      <c r="B375" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C373" s="24" t="s">
+      <c r="C375" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D373" s="24" t="s">
+      <c r="D375" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E373" s="24" t="s">
+      <c r="E375" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F373" s="44" t="s">
+      <c r="F375" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="374" spans="1:6" ht="22.8">
-[...39 lines deleted...]
-    <row r="376" spans="1:6" ht="22.8">
+    <row r="376" spans="1:8" ht="22.8">
       <c r="A376" s="61" t="s">
         <v>313</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>185</v>
+        <v>312</v>
       </c>
       <c r="D376" s="7" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F376" s="108" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:6" ht="22.8">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8" ht="22.8">
       <c r="A377" s="61" t="s">
         <v>313</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>314</v>
+        <v>184</v>
       </c>
       <c r="D377" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F377" s="108" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:6" ht="26.25" customHeight="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8" ht="22.8">
       <c r="A378" s="61" t="s">
         <v>313</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>185</v>
+      </c>
+      <c r="D378" s="7" t="s">
+        <v>19</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>10</v>
-[...6 lines deleted...]
-      <c r="A379" s="72" t="s">
+        <v>19</v>
+      </c>
+      <c r="F378" s="108" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8" ht="22.8">
+      <c r="A379" s="61" t="s">
         <v>313</v>
       </c>
-      <c r="B379" s="20" t="s">
-[...15 lines deleted...]
-    <row r="380" spans="1:6" ht="22.8">
+      <c r="B379" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D379" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F379" s="108" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8" ht="26.25" customHeight="1">
       <c r="A380" s="61" t="s">
         <v>313</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>152</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>10</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      <c r="A381" s="61" t="s">
+        <v>10</v>
+      </c>
+      <c r="F380" s="62" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8" ht="22.8">
+      <c r="A381" s="72" t="s">
         <v>313</v>
       </c>
-      <c r="B381" s="1" t="s">
-[...15 lines deleted...]
-    <row r="382" spans="1:6" ht="22.8">
+      <c r="B381" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" s="20" t="s">
+        <v>186</v>
+      </c>
+      <c r="D381" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="E381" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="F381" s="92" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8" ht="22.8">
       <c r="A382" s="61" t="s">
         <v>313</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="D382" s="7" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F382" s="108" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:6" ht="27" customHeight="1" thickBot="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8" ht="22.8">
       <c r="A383" s="61" t="s">
         <v>313</v>
       </c>
-      <c r="B383" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C383" s="46" t="s">
+      <c r="B383" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D383" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F383" s="108" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8" ht="22.8">
+      <c r="A384" s="61" t="s">
+        <v>313</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D384" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="F384" s="108" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7" ht="27" customHeight="1" thickBot="1">
+      <c r="A385" s="61" t="s">
+        <v>313</v>
+      </c>
+      <c r="B385" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" s="46" t="s">
         <v>154</v>
       </c>
-      <c r="D383" s="93" t="s">
+      <c r="D385" s="93" t="s">
         <v>18</v>
       </c>
-      <c r="E383" s="46" t="s">
+      <c r="E385" s="46" t="s">
         <v>18</v>
       </c>
-      <c r="F383" s="94" t="s">
+      <c r="F385" s="94" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="384" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A385" s="189" t="s">
+    <row r="386" spans="1:7" ht="12" thickBot="1">
+      <c r="A386" s="63"/>
+      <c r="B386" s="59"/>
+      <c r="C386" s="59"/>
+      <c r="D386" s="59"/>
+      <c r="E386" s="59"/>
+      <c r="F386" s="60"/>
+    </row>
+    <row r="387" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A387" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B385" s="190"/>
-[...6 lines deleted...]
-      <c r="A386" s="43" t="s">
+      <c r="B387" s="185"/>
+      <c r="C387" s="185"/>
+      <c r="D387" s="185"/>
+      <c r="E387" s="185"/>
+      <c r="F387" s="186"/>
+    </row>
+    <row r="388" spans="1:7">
+      <c r="A388" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B386" s="24" t="s">
+      <c r="B388" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C386" s="24" t="s">
+      <c r="C388" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D386" s="24" t="s">
+      <c r="D388" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E386" s="24" t="s">
+      <c r="E388" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F386" s="44" t="s">
+      <c r="F388" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="387" spans="1:7" ht="12" thickBot="1">
-      <c r="A387" s="45" t="s">
+    <row r="389" spans="1:7" ht="12" thickBot="1">
+      <c r="A389" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B387" s="46"/>
-[...7 lines deleted...]
-      <c r="A389" s="57" t="s">
+      <c r="B389" s="46"/>
+      <c r="C389" s="46"/>
+      <c r="D389" s="120"/>
+      <c r="E389" s="120"/>
+      <c r="F389" s="47"/>
+    </row>
+    <row r="390" spans="1:7" ht="12" thickBot="1"/>
+    <row r="391" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A391" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B389" s="58"/>
-[...6 lines deleted...]
-      <c r="A390" s="43" t="s">
+      <c r="B391" s="58"/>
+      <c r="C391" s="59"/>
+      <c r="D391" s="59"/>
+      <c r="E391" s="59"/>
+      <c r="F391" s="60"/>
+    </row>
+    <row r="392" spans="1:7" ht="12">
+      <c r="A392" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B390" s="24" t="s">
+      <c r="B392" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C390" s="24" t="s">
+      <c r="C392" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D390" s="24" t="s">
+      <c r="D392" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E390" s="24" t="s">
+      <c r="E392" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F390" s="44" t="s">
+      <c r="F392" s="44" t="s">
         <v>7</v>
       </c>
-      <c r="G390" s="11"/>
-[...39 lines deleted...]
-      </c>
+      <c r="G392" s="11"/>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" s="61" t="s">
         <v>317</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>44</v>
+        <v>155</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F393" s="62" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" s="61" t="s">
         <v>317</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F394" s="62" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" s="61" t="s">
         <v>317</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="F395" s="62" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:7" ht="22.8">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7">
       <c r="A396" s="61" t="s">
         <v>317</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F396" s="62" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" s="61" t="s">
         <v>317</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C397" s="9" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="C397" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E397" s="1" t="s">
+        <v>156</v>
       </c>
       <c r="F397" s="62" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="398" spans="1:7" ht="12" thickBot="1">
+    <row r="398" spans="1:7" ht="22.8">
       <c r="A398" s="61" t="s">
         <v>317</v>
       </c>
-      <c r="B398" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C398" s="121" t="s">
+      <c r="B398" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="F398" s="62" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7">
+      <c r="A399" s="61" t="s">
+        <v>317</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" s="9" t="s">
+        <v>324</v>
+      </c>
+      <c r="D399" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="E399" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F399" s="62" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7" ht="12" thickBot="1">
+      <c r="A400" s="61" t="s">
+        <v>317</v>
+      </c>
+      <c r="B400" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" s="121" t="s">
         <v>325</v>
       </c>
-      <c r="D398" s="121" t="s">
+      <c r="D400" s="121" t="s">
         <v>29</v>
       </c>
-      <c r="E398" s="121" t="s">
+      <c r="E400" s="121" t="s">
         <v>29</v>
       </c>
-      <c r="F398" s="47" t="s">
+      <c r="F400" s="47" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="399" spans="1:7" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A400" s="189" t="s">
+    <row r="401" spans="1:6" ht="12" thickBot="1">
+      <c r="A401" s="63"/>
+      <c r="B401" s="59"/>
+      <c r="C401" s="59"/>
+      <c r="D401" s="59"/>
+      <c r="E401" s="59"/>
+      <c r="F401" s="60"/>
+    </row>
+    <row r="402" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A402" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B400" s="190"/>
-[...6 lines deleted...]
-      <c r="A401" s="43" t="s">
+      <c r="B402" s="185"/>
+      <c r="C402" s="185"/>
+      <c r="D402" s="185"/>
+      <c r="E402" s="185"/>
+      <c r="F402" s="186"/>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="A403" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B401" s="24" t="s">
+      <c r="B403" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C401" s="24" t="s">
+      <c r="C403" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D401" s="24" t="s">
+      <c r="D403" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E401" s="24" t="s">
+      <c r="E403" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F401" s="44" t="s">
+      <c r="F403" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="402" spans="1:6" ht="12" thickBot="1">
-      <c r="A402" s="45" t="s">
+    <row r="404" spans="1:6" ht="12" thickBot="1">
+      <c r="A404" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B402" s="46"/>
-[...9 lines deleted...]
-      <c r="A404" s="57" t="s">
+      <c r="B404" s="46"/>
+      <c r="C404" s="46"/>
+      <c r="D404" s="46"/>
+      <c r="E404" s="46"/>
+      <c r="F404" s="47"/>
+    </row>
+    <row r="405" spans="1:6" ht="12" thickBot="1">
+      <c r="F405" s="55"/>
+    </row>
+    <row r="406" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A406" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B404" s="58"/>
-[...6 lines deleted...]
-      <c r="A405" s="43" t="s">
+      <c r="B406" s="58"/>
+      <c r="C406" s="59"/>
+      <c r="D406" s="59"/>
+      <c r="E406" s="59"/>
+      <c r="F406" s="60"/>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407" s="43" t="s">
         <v>21</v>
       </c>
-      <c r="B405" s="24" t="s">
+      <c r="B407" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C405" s="24" t="s">
+      <c r="C407" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D405" s="24" t="s">
+      <c r="D407" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E405" s="24" t="s">
+      <c r="E407" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F405" s="44" t="s">
+      <c r="F407" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="406" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A406" s="45" t="s">
+    <row r="408" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A408" s="45" t="s">
         <v>327</v>
       </c>
-      <c r="B406" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C406" s="46" t="s">
+      <c r="B408" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" s="46" t="s">
         <v>326</v>
       </c>
-      <c r="D406" s="46" t="s">
+      <c r="D408" s="46" t="s">
         <v>62</v>
       </c>
-      <c r="E406" s="46" t="s">
+      <c r="E408" s="46" t="s">
         <v>157</v>
       </c>
-      <c r="F406" s="47" t="s">
+      <c r="F408" s="47" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="407" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A408" s="189" t="s">
+    <row r="409" spans="1:6" ht="12" thickBot="1">
+      <c r="A409" s="63"/>
+      <c r="B409" s="59"/>
+      <c r="C409" s="59"/>
+      <c r="D409" s="59"/>
+      <c r="E409" s="59"/>
+      <c r="F409" s="60"/>
+    </row>
+    <row r="410" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A410" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B408" s="190"/>
-[...6 lines deleted...]
-      <c r="A409" s="43" t="s">
+      <c r="B410" s="185"/>
+      <c r="C410" s="185"/>
+      <c r="D410" s="185"/>
+      <c r="E410" s="185"/>
+      <c r="F410" s="186"/>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="A411" s="43" t="s">
         <v>21</v>
       </c>
-      <c r="B409" s="24" t="s">
+      <c r="B411" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C409" s="24" t="s">
+      <c r="C411" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D409" s="24" t="s">
+      <c r="D411" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E409" s="24" t="s">
+      <c r="E411" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F409" s="44" t="s">
+      <c r="F411" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="410" spans="1:6" ht="12" thickBot="1">
-      <c r="A410" s="45" t="s">
+    <row r="412" spans="1:6" ht="12" thickBot="1">
+      <c r="A412" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B410" s="46"/>
-[...14 lines deleted...]
-      <c r="A412" s="167" t="s">
+      <c r="B412" s="46"/>
+      <c r="C412" s="46"/>
+      <c r="D412" s="46"/>
+      <c r="E412" s="46"/>
+      <c r="F412" s="47"/>
+    </row>
+    <row r="413" spans="1:6" ht="12" thickBot="1">
+      <c r="A413" s="97"/>
+      <c r="B413" s="97"/>
+      <c r="C413" s="97"/>
+      <c r="D413" s="97"/>
+      <c r="E413" s="97"/>
+      <c r="F413" s="97"/>
+    </row>
+    <row r="414" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A414" s="167" t="s">
         <v>1</v>
       </c>
-      <c r="B412" s="168"/>
-[...6 lines deleted...]
-      <c r="A413" s="43" t="s">
+      <c r="B414" s="168"/>
+      <c r="C414" s="168"/>
+      <c r="D414" s="168"/>
+      <c r="E414" s="168"/>
+      <c r="F414" s="169"/>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B413" s="24" t="s">
+      <c r="B415" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C413" s="24" t="s">
+      <c r="C415" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D413" s="24" t="s">
+      <c r="D415" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E413" s="24" t="s">
+      <c r="E415" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F413" s="44" t="s">
+      <c r="F415" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="414" spans="1:6" ht="22.8">
-      <c r="A414" s="61" t="s">
+    <row r="416" spans="1:6" ht="22.8">
+      <c r="A416" s="61" t="s">
         <v>328</v>
       </c>
-      <c r="B414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C414" s="1" t="s">
+      <c r="B416" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="D414" s="1" t="s">
+      <c r="D416" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="E414" s="1" t="s">
+      <c r="E416" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="F414" s="62" t="s">
+      <c r="F416" s="62" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="415" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A415" s="61" t="s">
+    <row r="417" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A417" s="61" t="s">
         <v>328</v>
       </c>
-      <c r="B415" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C415" s="46" t="s">
+      <c r="B417" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" s="46" t="s">
         <v>198</v>
       </c>
-      <c r="D415" s="46" t="s">
+      <c r="D417" s="46" t="s">
         <v>48</v>
       </c>
-      <c r="E415" s="46" t="s">
+      <c r="E417" s="46" t="s">
         <v>158</v>
       </c>
-      <c r="F415" s="47" t="s">
+      <c r="F417" s="47" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="416" spans="1:6" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A417" s="189" t="s">
+    <row r="418" spans="1:8" ht="12" thickBot="1">
+      <c r="A418" s="63"/>
+      <c r="B418" s="59"/>
+      <c r="C418" s="59"/>
+      <c r="D418" s="59"/>
+      <c r="E418" s="59"/>
+      <c r="F418" s="60"/>
+    </row>
+    <row r="419" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A419" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B417" s="190"/>
-[...6 lines deleted...]
-      <c r="A418" s="43" t="s">
+      <c r="B419" s="185"/>
+      <c r="C419" s="185"/>
+      <c r="D419" s="185"/>
+      <c r="E419" s="185"/>
+      <c r="F419" s="186"/>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" s="43" t="s">
         <v>21</v>
       </c>
-      <c r="B418" s="24" t="s">
+      <c r="B420" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C418" s="24" t="s">
+      <c r="C420" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D418" s="24" t="s">
+      <c r="D420" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E418" s="24" t="s">
+      <c r="E420" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F418" s="44" t="s">
+      <c r="F420" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="419" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A419" s="45" t="s">
+    <row r="421" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A421" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B419" s="46"/>
-[...8 lines deleted...]
-      <c r="A421" s="57" t="s">
+      <c r="B421" s="46"/>
+      <c r="C421" s="46"/>
+      <c r="D421" s="46"/>
+      <c r="E421" s="46"/>
+      <c r="F421" s="47"/>
+      <c r="G421" s="11"/>
+    </row>
+    <row r="422" spans="1:8" ht="12" thickBot="1"/>
+    <row r="423" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A423" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B421" s="58"/>
-[...6 lines deleted...]
-      <c r="A422" s="43" t="s">
+      <c r="B423" s="58"/>
+      <c r="C423" s="58"/>
+      <c r="D423" s="58"/>
+      <c r="E423" s="58"/>
+      <c r="F423" s="84"/>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B422" s="24" t="s">
+      <c r="B424" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C422" s="134" t="s">
+      <c r="C424" s="134" t="s">
         <v>4</v>
       </c>
-      <c r="D422" s="135" t="s">
+      <c r="D424" s="135" t="s">
         <v>5</v>
       </c>
-      <c r="E422" s="24" t="s">
+      <c r="E424" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F422" s="71" t="s">
+      <c r="F424" s="71" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="423" spans="1:8" ht="12" thickBot="1">
-      <c r="A423" s="45" t="s">
+    <row r="425" spans="1:8" ht="12" thickBot="1">
+      <c r="A425" s="45" t="s">
         <v>329</v>
       </c>
-      <c r="B423" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C423" s="46" t="s">
+      <c r="B425" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" s="46" t="s">
         <v>196</v>
       </c>
-      <c r="D423" s="93" t="s">
+      <c r="D425" s="93" t="s">
         <v>83</v>
       </c>
-      <c r="E423" s="46" t="s">
+      <c r="E425" s="46" t="s">
         <v>83</v>
       </c>
-      <c r="F423" s="94" t="s">
+      <c r="F425" s="94" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="424" spans="1:8" ht="15.75" customHeight="1" thickBot="1">
-[...9 lines deleted...]
-      <c r="A425" s="183" t="s">
+    <row r="426" spans="1:8" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A426" s="63"/>
+      <c r="B426" s="59"/>
+      <c r="C426" s="59"/>
+      <c r="D426" s="59"/>
+      <c r="E426" s="59"/>
+      <c r="F426" s="60"/>
+      <c r="G426" s="11"/>
+    </row>
+    <row r="427" spans="1:8" ht="15" customHeight="1" thickBot="1">
+      <c r="A427" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B425" s="184"/>
-[...7 lines deleted...]
-      <c r="A426" s="122" t="s">
+      <c r="B427" s="188"/>
+      <c r="C427" s="188"/>
+      <c r="D427" s="188"/>
+      <c r="E427" s="188"/>
+      <c r="F427" s="189"/>
+      <c r="H427" s="11"/>
+    </row>
+    <row r="428" spans="1:8" ht="17.100000000000001" customHeight="1">
+      <c r="A428" s="122" t="s">
         <v>2</v>
       </c>
-      <c r="B426" s="27" t="s">
+      <c r="B428" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="C426" s="143" t="s">
+      <c r="C428" s="143" t="s">
         <v>4</v>
       </c>
-      <c r="D426" s="142" t="s">
+      <c r="D428" s="142" t="s">
         <v>5</v>
       </c>
-      <c r="E426" s="27" t="s">
+      <c r="E428" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="F426" s="123" t="s">
+      <c r="F428" s="123" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="427" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1">
-      <c r="A427" s="124" t="s">
+    <row r="429" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1">
+      <c r="A429" s="124" t="s">
         <v>13</v>
       </c>
-      <c r="B427" s="125"/>
-[...7 lines deleted...]
-      <c r="A429" s="57" t="s">
+      <c r="B429" s="125"/>
+      <c r="C429" s="125"/>
+      <c r="D429" s="125"/>
+      <c r="E429" s="125"/>
+      <c r="F429" s="126"/>
+    </row>
+    <row r="430" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1"/>
+    <row r="431" spans="1:8" ht="12" customHeight="1" thickBot="1">
+      <c r="A431" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B429" s="58"/>
-[...6 lines deleted...]
-      <c r="A430" s="43" t="s">
+      <c r="B431" s="58"/>
+      <c r="C431" s="58"/>
+      <c r="D431" s="58"/>
+      <c r="E431" s="58"/>
+      <c r="F431" s="84"/>
+    </row>
+    <row r="432" spans="1:8" ht="21" customHeight="1">
+      <c r="A432" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B430" s="24" t="s">
+      <c r="B432" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C430" s="24" t="s">
+      <c r="C432" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D430" s="24" t="s">
+      <c r="D432" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="E430" s="24" t="s">
+      <c r="E432" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F430" s="44" t="s">
+      <c r="F432" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="431" spans="1:8" ht="22.8">
-      <c r="A431" s="61" t="s">
+    <row r="433" spans="1:8" ht="22.8">
+      <c r="A433" s="61" t="s">
         <v>159</v>
       </c>
-      <c r="B431" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C431" s="1" t="s">
+      <c r="B433" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="D431" s="1" t="s">
+      <c r="D433" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E431" s="1" t="s">
+      <c r="E433" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="F431" s="62" t="s">
+      <c r="F433" s="62" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="432" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A432" s="45" t="s">
+    <row r="434" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A434" s="45" t="s">
         <v>159</v>
       </c>
-      <c r="B432" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C432" s="46" t="s">
+      <c r="B434" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" s="46" t="s">
         <v>160</v>
       </c>
-      <c r="D432" s="46" t="s">
+      <c r="D434" s="46" t="s">
         <v>62</v>
       </c>
-      <c r="E432" s="46" t="s">
+      <c r="E434" s="46" t="s">
         <v>157</v>
       </c>
-      <c r="F432" s="47" t="s">
+      <c r="F434" s="47" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="433" spans="1:8" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A434" s="189" t="s">
+    <row r="435" spans="1:8" ht="12" thickBot="1">
+      <c r="A435" s="63"/>
+      <c r="B435" s="59"/>
+      <c r="C435" s="59"/>
+      <c r="D435" s="59"/>
+      <c r="E435" s="59"/>
+      <c r="F435" s="60"/>
+    </row>
+    <row r="436" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A436" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B434" s="190"/>
-[...6 lines deleted...]
-      <c r="A435" s="43" t="s">
+      <c r="B436" s="185"/>
+      <c r="C436" s="185"/>
+      <c r="D436" s="185"/>
+      <c r="E436" s="185"/>
+      <c r="F436" s="186"/>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B435" s="24" t="s">
+      <c r="B437" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C435" s="102" t="s">
+      <c r="C437" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D435" s="70" t="s">
+      <c r="D437" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E435" s="24" t="s">
+      <c r="E437" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F435" s="44" t="s">
+      <c r="F437" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="436" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A436" s="45" t="s">
+    <row r="438" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A438" s="45" t="s">
         <v>159</v>
       </c>
-      <c r="B436" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C436" s="46" t="s">
+      <c r="B438" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" s="46" t="s">
         <v>331</v>
       </c>
-      <c r="D436" s="46" t="s">
+      <c r="D438" s="46" t="s">
         <v>161</v>
       </c>
-      <c r="E436" s="46" t="s">
+      <c r="E438" s="46" t="s">
         <v>162</v>
       </c>
-      <c r="F436" s="47" t="s">
+      <c r="F438" s="47" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="437" spans="1:8" ht="12" thickBot="1"/>
-[...1 lines deleted...]
-      <c r="A438" s="57" t="s">
+    <row r="439" spans="1:8" ht="12" thickBot="1"/>
+    <row r="440" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A440" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B438" s="58"/>
-[...7 lines deleted...]
-      <c r="A439" s="43" t="s">
+      <c r="B440" s="58"/>
+      <c r="C440" s="58"/>
+      <c r="D440" s="58"/>
+      <c r="E440" s="58"/>
+      <c r="F440" s="84"/>
+      <c r="H440" s="11"/>
+    </row>
+    <row r="441" spans="1:8" ht="12">
+      <c r="A441" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B439" s="24" t="s">
+      <c r="B441" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C439" s="102" t="s">
+      <c r="C441" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D439" s="70" t="s">
+      <c r="D441" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E439" s="24" t="s">
+      <c r="E441" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F439" s="44" t="s">
+      <c r="F441" s="44" t="s">
         <v>7</v>
       </c>
-      <c r="H439" s="11"/>
-[...2 lines deleted...]
-      <c r="A440" s="45" t="s">
+      <c r="H441" s="11"/>
+    </row>
+    <row r="442" spans="1:8" s="11" customFormat="1" ht="25.2" customHeight="1" thickBot="1">
+      <c r="A442" s="45" t="s">
         <v>163</v>
       </c>
-      <c r="B440" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C440" s="46" t="s">
+      <c r="B442" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" s="46" t="s">
         <v>164</v>
       </c>
-      <c r="D440" s="46" t="s">
+      <c r="D442" s="46" t="s">
         <v>14</v>
       </c>
-      <c r="E440" s="46" t="s">
+      <c r="E442" s="46" t="s">
         <v>15</v>
       </c>
-      <c r="F440" s="47" t="s">
+      <c r="F442" s="47" t="s">
         <v>15</v>
       </c>
-      <c r="G440" s="4"/>
-[...11 lines deleted...]
-      <c r="A442" s="186" t="s">
+      <c r="G442" s="4"/>
+      <c r="H442" s="4"/>
+    </row>
+    <row r="443" spans="1:8" ht="13.8" customHeight="1" thickBot="1">
+      <c r="A443" s="163"/>
+      <c r="B443" s="97"/>
+      <c r="C443" s="97"/>
+      <c r="D443" s="97"/>
+      <c r="E443" s="97"/>
+      <c r="F443" s="127"/>
+    </row>
+    <row r="444" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A444" s="216" t="s">
         <v>12</v>
       </c>
-      <c r="B442" s="187"/>
-[...6 lines deleted...]
-      <c r="A443" s="43" t="s">
+      <c r="B444" s="193"/>
+      <c r="C444" s="193"/>
+      <c r="D444" s="193"/>
+      <c r="E444" s="193"/>
+      <c r="F444" s="217"/>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B443" s="24" t="s">
+      <c r="B445" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C443" s="148" t="s">
+      <c r="C445" s="148" t="s">
         <v>4</v>
       </c>
-      <c r="D443" s="70" t="s">
+      <c r="D445" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E443" s="24" t="s">
+      <c r="E445" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F443" s="44" t="s">
+      <c r="F445" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="444" spans="1:8" ht="12" thickBot="1">
-      <c r="A444" s="45" t="s">
+    <row r="446" spans="1:8" ht="12" thickBot="1">
+      <c r="A446" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B444" s="46"/>
-[...7 lines deleted...]
-      <c r="A446" s="114" t="s">
+      <c r="B446" s="46"/>
+      <c r="C446" s="46"/>
+      <c r="D446" s="46"/>
+      <c r="E446" s="46"/>
+      <c r="F446" s="47"/>
+    </row>
+    <row r="447" spans="1:8" ht="12" thickBot="1"/>
+    <row r="448" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A448" s="114" t="s">
         <v>1</v>
       </c>
-      <c r="B446" s="97"/>
-[...6 lines deleted...]
-      <c r="A447" s="128" t="s">
+      <c r="B448" s="97"/>
+      <c r="C448" s="97"/>
+      <c r="D448" s="97"/>
+      <c r="E448" s="97"/>
+      <c r="F448" s="127"/>
+    </row>
+    <row r="449" spans="1:7" ht="12">
+      <c r="A449" s="128" t="s">
         <v>2</v>
       </c>
-      <c r="B447" s="24" t="s">
+      <c r="B449" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C447" s="148" t="s">
+      <c r="C449" s="148" t="s">
         <v>4</v>
       </c>
-      <c r="D447" s="70" t="s">
+      <c r="D449" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E447" s="24" t="s">
+      <c r="E449" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F447" s="44" t="s">
+      <c r="F449" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="448" spans="1:8" ht="34.200000000000003">
-      <c r="A448" s="61" t="s">
+    <row r="450" spans="1:7" ht="34.200000000000003">
+      <c r="A450" s="61" t="s">
         <v>332</v>
       </c>
-      <c r="B448" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C448" s="1" t="s">
+      <c r="B450" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="D448" s="1" t="s">
+      <c r="D450" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E448" s="1" t="s">
+      <c r="E450" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="F448" s="62" t="s">
+      <c r="F450" s="62" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="449" spans="1:7" ht="34.799999999999997" thickBot="1">
-      <c r="A449" s="61" t="s">
+    <row r="451" spans="1:7" ht="34.799999999999997" thickBot="1">
+      <c r="A451" s="61" t="s">
         <v>332</v>
       </c>
-      <c r="B449" s="110" t="s">
-[...2 lines deleted...]
-      <c r="C449" s="46" t="s">
+      <c r="B451" s="110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" s="46" t="s">
         <v>166</v>
       </c>
-      <c r="D449" s="110" t="s">
+      <c r="D451" s="110" t="s">
         <v>25</v>
       </c>
-      <c r="E449" s="110" t="s">
+      <c r="E451" s="110" t="s">
         <v>26</v>
       </c>
-      <c r="F449" s="129" t="s">
+      <c r="F451" s="129" t="s">
         <v>27</v>
       </c>
-      <c r="G449" s="178"/>
-[...10 lines deleted...]
-      <c r="A451" s="189" t="s">
+      <c r="G451" s="178"/>
+    </row>
+    <row r="452" spans="1:7" ht="15.6" customHeight="1" thickBot="1">
+      <c r="A452" s="48"/>
+      <c r="B452" s="41"/>
+      <c r="C452" s="41"/>
+      <c r="D452" s="41"/>
+      <c r="E452" s="41"/>
+      <c r="F452" s="42"/>
+    </row>
+    <row r="453" spans="1:7" ht="15" customHeight="1" thickBot="1">
+      <c r="A453" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B451" s="190"/>
-[...6 lines deleted...]
-      <c r="A452" s="43" t="s">
+      <c r="B453" s="185"/>
+      <c r="C453" s="185"/>
+      <c r="D453" s="185"/>
+      <c r="E453" s="185"/>
+      <c r="F453" s="186"/>
+    </row>
+    <row r="454" spans="1:7">
+      <c r="A454" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B452" s="24" t="s">
+      <c r="B454" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C452" s="102" t="s">
+      <c r="C454" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D452" s="70" t="s">
+      <c r="D454" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E452" s="24" t="s">
+      <c r="E454" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F452" s="44" t="s">
+      <c r="F454" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="453" spans="1:7" ht="12" thickBot="1">
-      <c r="A453" s="109" t="s">
+    <row r="455" spans="1:7" ht="12" thickBot="1">
+      <c r="A455" s="109" t="s">
         <v>13</v>
       </c>
-      <c r="B453" s="110"/>
-[...7 lines deleted...]
-      <c r="A455" s="57" t="s">
+      <c r="B455" s="110"/>
+      <c r="C455" s="110"/>
+      <c r="D455" s="110"/>
+      <c r="E455" s="110"/>
+      <c r="F455" s="129"/>
+    </row>
+    <row r="456" spans="1:7" ht="12" thickBot="1"/>
+    <row r="457" spans="1:7" ht="15.6" customHeight="1" thickBot="1">
+      <c r="A457" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B455" s="59"/>
-[...6 lines deleted...]
-      <c r="A456" s="43" t="s">
+      <c r="B457" s="59"/>
+      <c r="C457" s="59"/>
+      <c r="D457" s="59"/>
+      <c r="E457" s="59"/>
+      <c r="F457" s="60"/>
+    </row>
+    <row r="458" spans="1:7" ht="18.75" customHeight="1">
+      <c r="A458" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B456" s="24" t="s">
+      <c r="B458" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C456" s="134" t="s">
+      <c r="C458" s="134" t="s">
         <v>4</v>
       </c>
-      <c r="D456" s="135" t="s">
+      <c r="D458" s="135" t="s">
         <v>5</v>
       </c>
-      <c r="E456" s="24" t="s">
+      <c r="E458" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F456" s="44" t="s">
+      <c r="F458" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="457" spans="1:7" ht="22.8">
-      <c r="A457" s="61" t="s">
+    <row r="459" spans="1:7" ht="22.8">
+      <c r="A459" s="61" t="s">
         <v>167</v>
       </c>
-      <c r="B457" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C457" s="1" t="s">
+      <c r="B459" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="D457" s="1" t="s">
+      <c r="D459" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="E457" s="1" t="s">
+      <c r="E459" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="F457" s="62" t="s">
+      <c r="F459" s="62" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="458" spans="1:7" ht="12" thickBot="1">
-      <c r="A458" s="45" t="s">
+    <row r="460" spans="1:7" ht="12" thickBot="1">
+      <c r="A460" s="45" t="s">
         <v>167</v>
       </c>
-      <c r="B458" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C458" s="46" t="s">
+      <c r="B460" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" s="46" t="s">
         <v>334</v>
       </c>
-      <c r="D458" s="46" t="s">
+      <c r="D460" s="46" t="s">
         <v>36</v>
       </c>
-      <c r="E458" s="46" t="s">
+      <c r="E460" s="46" t="s">
         <v>36</v>
       </c>
-      <c r="F458" s="47" t="s">
+      <c r="F460" s="47" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="459" spans="1:7" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A460" s="189" t="s">
+    <row r="461" spans="1:7" ht="12" thickBot="1">
+      <c r="A461" s="48"/>
+      <c r="B461" s="41"/>
+      <c r="C461" s="41"/>
+      <c r="D461" s="41"/>
+      <c r="E461" s="41"/>
+      <c r="F461" s="42"/>
+    </row>
+    <row r="462" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A462" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B460" s="190"/>
-[...6 lines deleted...]
-      <c r="A461" s="43" t="s">
+      <c r="B462" s="185"/>
+      <c r="C462" s="185"/>
+      <c r="D462" s="185"/>
+      <c r="E462" s="185"/>
+      <c r="F462" s="186"/>
+    </row>
+    <row r="463" spans="1:7">
+      <c r="A463" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B461" s="24" t="s">
+      <c r="B463" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C461" s="102" t="s">
+      <c r="C463" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D461" s="70" t="s">
+      <c r="D463" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E461" s="24" t="s">
+      <c r="E463" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F461" s="44" t="s">
+      <c r="F463" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="462" spans="1:7" ht="12" thickBot="1">
-      <c r="A462" s="45" t="s">
+    <row r="464" spans="1:7" ht="12" thickBot="1">
+      <c r="A464" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="B462" s="46"/>
-[...9 lines deleted...]
-      <c r="A464" s="57" t="s">
+      <c r="B464" s="46"/>
+      <c r="C464" s="46"/>
+      <c r="D464" s="46"/>
+      <c r="E464" s="46"/>
+      <c r="F464" s="47"/>
+    </row>
+    <row r="465" spans="1:7" ht="12" thickBot="1">
+      <c r="A465" s="59"/>
+    </row>
+    <row r="466" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A466" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B464" s="58"/>
-[...6 lines deleted...]
-      <c r="A465" s="43" t="s">
+      <c r="B466" s="58"/>
+      <c r="C466" s="59"/>
+      <c r="D466" s="59"/>
+      <c r="E466" s="59"/>
+      <c r="F466" s="60"/>
+    </row>
+    <row r="467" spans="1:7">
+      <c r="A467" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B465" s="24" t="s">
+      <c r="B467" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C465" s="102" t="s">
+      <c r="C467" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D465" s="70" t="s">
+      <c r="D467" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E465" s="24" t="s">
+      <c r="E467" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F465" s="44" t="s">
+      <c r="F467" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="466" spans="1:7" ht="22.8">
-      <c r="A466" s="61" t="s">
+    <row r="468" spans="1:7" ht="22.8">
+      <c r="A468" s="61" t="s">
         <v>169</v>
       </c>
-      <c r="B466" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C466" s="1" t="s">
+      <c r="B468" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D466" s="1" t="s">
+      <c r="D468" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="E466" s="1" t="s">
+      <c r="E468" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="F466" s="62" t="s">
+      <c r="F468" s="62" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="467" spans="1:7" ht="16.5" customHeight="1">
-      <c r="A467" s="61" t="s">
+    <row r="469" spans="1:7" ht="16.5" customHeight="1">
+      <c r="A469" s="61" t="s">
         <v>169</v>
       </c>
-      <c r="B467" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C467" s="1" t="s">
+      <c r="B469" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="D467" s="1" t="s">
+      <c r="D469" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="E467" s="1" t="s">
+      <c r="E469" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="F467" s="62" t="s">
+      <c r="F469" s="62" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="468" spans="1:7" ht="27.6" customHeight="1" thickBot="1">
-      <c r="A468" s="45" t="s">
+    <row r="470" spans="1:7" ht="27.6" customHeight="1" thickBot="1">
+      <c r="A470" s="45" t="s">
         <v>169</v>
       </c>
-      <c r="B468" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C468" s="46" t="s">
+      <c r="B470" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" s="46" t="s">
         <v>172</v>
       </c>
-      <c r="D468" s="46" t="s">
+      <c r="D470" s="46" t="s">
         <v>77</v>
       </c>
-      <c r="E468" s="46" t="s">
+      <c r="E470" s="46" t="s">
         <v>168</v>
       </c>
-      <c r="F468" s="47" t="s">
+      <c r="F470" s="47" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="469" spans="1:7" ht="12.6" customHeight="1" thickBot="1">
-[...8 lines deleted...]
-      <c r="A470" s="189" t="s">
+    <row r="471" spans="1:7" ht="12.6" customHeight="1" thickBot="1">
+      <c r="A471" s="63"/>
+      <c r="B471" s="59"/>
+      <c r="C471" s="59"/>
+      <c r="D471" s="59"/>
+      <c r="E471" s="59"/>
+      <c r="F471" s="60"/>
+    </row>
+    <row r="472" spans="1:7" ht="13.8" customHeight="1" thickBot="1">
+      <c r="A472" s="184" t="s">
         <v>12</v>
       </c>
-      <c r="B470" s="190"/>
-[...6 lines deleted...]
-      <c r="A471" s="105" t="s">
+      <c r="B472" s="185"/>
+      <c r="C472" s="185"/>
+      <c r="D472" s="185"/>
+      <c r="E472" s="185"/>
+      <c r="F472" s="186"/>
+    </row>
+    <row r="473" spans="1:7" ht="16.5" customHeight="1">
+      <c r="A473" s="105" t="s">
         <v>2</v>
       </c>
-      <c r="B471" s="106" t="s">
+      <c r="B473" s="106" t="s">
         <v>3</v>
       </c>
-      <c r="C471" s="102" t="s">
+      <c r="C473" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D471" s="135" t="s">
+      <c r="D473" s="135" t="s">
         <v>5</v>
       </c>
-      <c r="E471" s="106" t="s">
+      <c r="E473" s="106" t="s">
         <v>6</v>
       </c>
-      <c r="F471" s="107" t="s">
+      <c r="F473" s="107" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="472" spans="1:7" ht="12" thickBot="1">
-      <c r="A472" s="81" t="s">
+    <row r="474" spans="1:7" ht="12" thickBot="1">
+      <c r="A474" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="B472" s="82"/>
-[...7 lines deleted...]
-      <c r="A474" s="57" t="s">
+      <c r="B474" s="82"/>
+      <c r="C474" s="82"/>
+      <c r="D474" s="82"/>
+      <c r="E474" s="82"/>
+      <c r="F474" s="83"/>
+    </row>
+    <row r="475" spans="1:7" ht="12" thickBot="1"/>
+    <row r="476" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A476" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="B474" s="58"/>
-[...6 lines deleted...]
-      <c r="A475" s="43" t="s">
+      <c r="B476" s="58"/>
+      <c r="C476" s="58"/>
+      <c r="D476" s="58"/>
+      <c r="E476" s="58"/>
+      <c r="F476" s="84"/>
+    </row>
+    <row r="477" spans="1:7" ht="12">
+      <c r="A477" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B475" s="24" t="s">
+      <c r="B477" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C475" s="102" t="s">
+      <c r="C477" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D475" s="70" t="s">
+      <c r="D477" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E475" s="24" t="s">
+      <c r="E477" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F475" s="44" t="s">
+      <c r="F477" s="44" t="s">
         <v>7</v>
       </c>
-      <c r="G475" s="11"/>
-[...39 lines deleted...]
-      </c>
+      <c r="G477" s="11"/>
     </row>
     <row r="478" spans="1:7" ht="34.200000000000003">
       <c r="A478" s="73" t="s">
         <v>194</v>
       </c>
-      <c r="B478" s="1" t="s">
+      <c r="B478" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>47</v>
+      </c>
+      <c r="E478" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="F478" s="74" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="479" spans="1:7" ht="34.200000000000003">
       <c r="A479" s="73" t="s">
         <v>194</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="F479" s="62" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="480" spans="1:7" ht="34.200000000000003">
       <c r="A480" s="73" t="s">
         <v>194</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="F480" s="62" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="481" spans="1:7" ht="34.200000000000003">
       <c r="A481" s="73" t="s">
         <v>194</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>174</v>
+        <v>10</v>
       </c>
       <c r="F481" s="62" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:7" ht="23.25" customHeight="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="482" spans="1:7" ht="34.200000000000003">
       <c r="A482" s="73" t="s">
         <v>194</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>175</v>
+        <v>339</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>176</v>
+        <v>24</v>
       </c>
       <c r="F482" s="62" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="483" spans="1:7" ht="34.200000000000003">
       <c r="A483" s="73" t="s">
         <v>194</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>177</v>
+        <v>31</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F483" s="62" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="484" spans="1:7" ht="34.200000000000003">
+    <row r="484" spans="1:7" ht="23.25" customHeight="1">
       <c r="A484" s="73" t="s">
         <v>194</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F484" s="62" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="485" spans="1:7" ht="34.200000000000003">
       <c r="A485" s="73" t="s">
         <v>194</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>180</v>
+        <v>341</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>132</v>
+        <v>177</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>132</v>
+        <v>177</v>
       </c>
       <c r="F485" s="62" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="486" spans="1:7" ht="34.200000000000003">
       <c r="A486" s="73" t="s">
         <v>194</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="F486" s="62" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:7" ht="35.4" customHeight="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="487" spans="1:7" ht="34.200000000000003">
       <c r="A487" s="73" t="s">
         <v>194</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C487" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="E487" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F487" s="62" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="488" spans="1:7" ht="34.200000000000003">
+      <c r="A488" s="73" t="s">
+        <v>194</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E488" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F488" s="62" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="489" spans="1:7" ht="35.4" customHeight="1">
+      <c r="A489" s="73" t="s">
+        <v>194</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D487" s="1" t="s">
+      <c r="D489" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="E487" s="1" t="s">
+      <c r="E489" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="F487" s="62" t="s">
+      <c r="F489" s="62" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="488" spans="1:7" ht="36" customHeight="1" thickBot="1">
-      <c r="A488" s="170" t="s">
+    <row r="490" spans="1:7" ht="36" customHeight="1" thickBot="1">
+      <c r="A490" s="170" t="s">
         <v>194</v>
       </c>
-      <c r="B488" s="82" t="s">
-[...2 lines deleted...]
-      <c r="C488" s="82" t="s">
+      <c r="B490" s="82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" s="82" t="s">
         <v>342</v>
       </c>
-      <c r="D488" s="82" t="s">
+      <c r="D490" s="82" t="s">
         <v>98</v>
       </c>
-      <c r="E488" s="82" t="s">
+      <c r="E490" s="82" t="s">
         <v>135</v>
       </c>
-      <c r="F488" s="83" t="s">
+      <c r="F490" s="83" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="489" spans="1:7" ht="12" thickBot="1">
-[...8 lines deleted...]
-      <c r="A490" s="183" t="s">
+    <row r="491" spans="1:7" ht="12" thickBot="1">
+      <c r="A491" s="63"/>
+      <c r="B491" s="59"/>
+      <c r="C491" s="59"/>
+      <c r="D491" s="59"/>
+      <c r="E491" s="59"/>
+      <c r="F491" s="60"/>
+    </row>
+    <row r="492" spans="1:7" ht="14.4" customHeight="1" thickBot="1">
+      <c r="A492" s="187" t="s">
         <v>12</v>
       </c>
-      <c r="B490" s="184"/>
-[...6 lines deleted...]
-      <c r="A491" s="43" t="s">
+      <c r="B492" s="188"/>
+      <c r="C492" s="188"/>
+      <c r="D492" s="188"/>
+      <c r="E492" s="188"/>
+      <c r="F492" s="189"/>
+    </row>
+    <row r="493" spans="1:7">
+      <c r="A493" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="B491" s="24" t="s">
+      <c r="B493" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="C491" s="148" t="s">
+      <c r="C493" s="148" t="s">
         <v>4</v>
       </c>
-      <c r="D491" s="70" t="s">
+      <c r="D493" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="E491" s="24" t="s">
+      <c r="E493" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="F491" s="44" t="s">
+      <c r="F493" s="44" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="492" spans="1:7" ht="34.799999999999997" thickBot="1">
-      <c r="A492" s="217" t="s">
+    <row r="494" spans="1:7" ht="34.799999999999997" thickBot="1">
+      <c r="A494" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="B492" s="82" t="s">
-[...2 lines deleted...]
-      <c r="C492" s="46" t="s">
+      <c r="B494" s="82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" s="46" t="s">
         <v>344</v>
       </c>
-      <c r="D492" s="46" t="s">
+      <c r="D494" s="46" t="s">
         <v>74</v>
       </c>
-      <c r="E492" s="46" t="s">
+      <c r="E494" s="46" t="s">
         <v>74</v>
       </c>
-      <c r="F492" s="47" t="s">
+      <c r="F494" s="47" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="493" spans="1:7" ht="12">
-[...16 lines deleted...]
-    <row r="528" ht="45.75" customHeight="1"/>
+    <row r="495" spans="1:7" ht="12">
+      <c r="G495" s="11"/>
+    </row>
+    <row r="500" spans="7:8" ht="12">
+      <c r="G500" s="11"/>
+    </row>
+    <row r="503" spans="7:8" ht="12">
+      <c r="G503" s="11"/>
+      <c r="H503" s="11"/>
+    </row>
+    <row r="508" spans="7:8" ht="12">
+      <c r="H508" s="11"/>
+    </row>
+    <row r="509" spans="7:8" ht="27" customHeight="1"/>
+    <row r="510" spans="7:8" ht="29.25" customHeight="1"/>
+    <row r="522" ht="39" customHeight="1"/>
+    <row r="528" ht="36" customHeight="1"/>
+    <row r="530" ht="45.75" customHeight="1"/>
   </sheetData>
   <mergeCells count="49">
-    <mergeCell ref="A122:F122"/>
-[...1 lines deleted...]
-    <mergeCell ref="A138:F138"/>
+    <mergeCell ref="A492:F492"/>
+    <mergeCell ref="A444:F444"/>
+    <mergeCell ref="A453:F453"/>
+    <mergeCell ref="A462:F462"/>
+    <mergeCell ref="A472:F472"/>
+    <mergeCell ref="A370:F370"/>
+    <mergeCell ref="A387:F387"/>
+    <mergeCell ref="A402:F402"/>
+    <mergeCell ref="A410:F410"/>
+    <mergeCell ref="A436:F436"/>
+    <mergeCell ref="A419:F419"/>
+    <mergeCell ref="A427:F427"/>
+    <mergeCell ref="A331:F331"/>
+    <mergeCell ref="A353:F353"/>
+    <mergeCell ref="A361:F361"/>
+    <mergeCell ref="A272:F272"/>
+    <mergeCell ref="A281:F281"/>
+    <mergeCell ref="A290:F290"/>
+    <mergeCell ref="A301:F301"/>
+    <mergeCell ref="A311:F311"/>
+    <mergeCell ref="A152:F152"/>
+    <mergeCell ref="A191:F191"/>
+    <mergeCell ref="A161:F161"/>
+    <mergeCell ref="A171:F171"/>
+    <mergeCell ref="A182:F182"/>
+    <mergeCell ref="A199:F199"/>
+    <mergeCell ref="A208:F208"/>
+    <mergeCell ref="A216:F216"/>
+    <mergeCell ref="A226:F226"/>
+    <mergeCell ref="A234:F234"/>
+    <mergeCell ref="A243:F243"/>
+    <mergeCell ref="A253:F253"/>
+    <mergeCell ref="A262:F262"/>
+    <mergeCell ref="A320:F320"/>
+    <mergeCell ref="G268:G270"/>
+    <mergeCell ref="G307:G309"/>
+    <mergeCell ref="A124:F124"/>
+    <mergeCell ref="A132:F132"/>
+    <mergeCell ref="A140:F140"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A14:F14"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A56:F56"/>
-    <mergeCell ref="A78:F78"/>
-[...39 lines deleted...]
-    <mergeCell ref="A470:F470"/>
+    <mergeCell ref="A79:F79"/>
+    <mergeCell ref="A96:F96"/>
+    <mergeCell ref="A107:F107"/>
+    <mergeCell ref="A116:F116"/>
+    <mergeCell ref="A71:F71"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100464399E714B5A94FBD60F78A6DEDD36E" ma:contentTypeVersion="4" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="906f9c55a5cd3bdbecf6bbdaeca550d1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d55a4f33-f110-4168-8f5c-2ccbfe92d31e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c9b0b59b8ca20601e9e71aa0aecab5fd" ns2:_="">
     <xsd:import namespace="d55a4f33-f110-4168-8f5c-2ccbfe92d31e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_bpm_StatoId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_OperazioneId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_ErroreId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_Sintesi" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d55a4f33-f110-4168-8f5c-2ccbfe92d31e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_bpm_StatoId" ma:index="8" nillable="true" ma:displayName="_bpm_StatoId" ma:internalName="_bpm_StatoId" ma:readOnly="true">
       <xsd:simpleType>
@@ -11124,81 +11186,72 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D46B17D-EBA9-4471-A963-E85F4797A035}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{478B7097-8FEF-4072-8181-9F38B8DCAA45}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d55a4f33-f110-4168-8f5c-2ccbfe92d31e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>