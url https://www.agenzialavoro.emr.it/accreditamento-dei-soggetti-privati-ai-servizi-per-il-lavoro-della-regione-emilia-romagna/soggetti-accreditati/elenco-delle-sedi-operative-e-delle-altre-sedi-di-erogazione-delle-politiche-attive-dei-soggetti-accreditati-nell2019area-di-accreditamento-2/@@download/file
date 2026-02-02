--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,154 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2025/COMMISSIONE 9/DETERMINA/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0198/ARE004685/ERD004767/ACCREDITAMENTO DOMANDE 2026/COMMISSIONE 1/DETERMINA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="470" documentId="14_{D7477253-9E4A-45E0-B0B5-7A64728D59FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EB3B08EA-E093-49E3-9517-40847F6B188C}"/>
+  <xr:revisionPtr revIDLastSave="566" documentId="14_{D7477253-9E4A-45E0-B0B5-7A64728D59FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{09122599-6796-4EBE-8D4B-8766EE6F57E9}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Foglio1!$A$1:$F$494</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1768" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1768" uniqueCount="347">
   <si>
     <t>AREA DI ACCREDITAMENTO 2 - ELENCO COMPLETO SEDI OPERATIVE E ALTRE SEDI DI POLITICA ATTIVA</t>
   </si>
   <si>
     <t>Sedi operative area 2</t>
   </si>
   <si>
-    <t>ragione_sociale</t>
-[...1 lines deleted...]
-  <si>
     <t>Tipologia soggetto</t>
   </si>
   <si>
-    <t>indirizzo</t>
-[...7 lines deleted...]
-  <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>4MAZIONE SRL</t>
   </si>
   <si>
     <t>Soggetto singolo</t>
   </si>
   <si>
     <t>Forlì</t>
   </si>
   <si>
     <t>FC</t>
   </si>
   <si>
     <t>Altre sedi per erogazione politiche attive area 2</t>
   </si>
   <si>
     <t>nessuna</t>
   </si>
   <si>
     <t>Città di Bologna</t>
   </si>
   <si>
     <t>Bologna</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>ANGELO PESCARINI SCUOLA ARTI E MESTIERI</t>
   </si>
   <si>
     <t>Ravenna</t>
   </si>
   <si>
     <t>Faenza</t>
   </si>
   <si>
     <t>Lugo</t>
-  </si>
-[...1 lines deleted...]
-    <t>ragione sociale</t>
   </si>
   <si>
     <t>Associazione - Soggetto aggregato</t>
   </si>
   <si>
     <t>Centro-Nord</t>
   </si>
   <si>
     <t>Ferrara</t>
   </si>
   <si>
     <t>Cesena-Valle del Savio</t>
   </si>
   <si>
     <t>Cesena</t>
   </si>
   <si>
     <t>Forlì Cesena</t>
   </si>
   <si>
     <t>Fidenza</t>
   </si>
   <si>
     <t>Parma</t>
   </si>
@@ -1095,50 +1080,62 @@
     <t>Viale G. Savonuzzi, 41</t>
   </si>
   <si>
     <t>Via A. Flemming, 6</t>
   </si>
   <si>
     <t>Via G. Micheli, 3/L/M</t>
   </si>
   <si>
     <t>Via Solferino, 48/B</t>
   </si>
   <si>
     <t>Piazza del Popolo, 15</t>
   </si>
   <si>
     <t>Via Gaetano Donizzetti, 4</t>
   </si>
   <si>
     <t>Via Dandolo, 16/18</t>
   </si>
   <si>
     <t>Via Pietro Rubini, 12</t>
   </si>
   <si>
     <t>Via IV Novembre, 4</t>
+  </si>
+  <si>
+    <t>Ragione_sociale</t>
+  </si>
+  <si>
+    <t>Indirizzo</t>
+  </si>
+  <si>
+    <t>Distretto</t>
+  </si>
+  <si>
+    <t>Comune</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1184,51 +1181,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="114">
+  <borders count="92">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
@@ -1310,104 +1307,80 @@
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...9 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -1619,63 +1592,50 @@
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...11 lines deleted...]
-    <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
@@ -1898,63 +1858,50 @@
     <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
@@ -2029,155 +1976,50 @@
         <color theme="1"/>
       </left>
       <right/>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...103 lines deleted...]
-    <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -2242,127 +2084,67 @@
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
-        <color auto="1"/>
-[...28 lines deleted...]
-      <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
-      </bottom>
-[...13 lines deleted...]
-        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
-        <color theme="1"/>
-[...13 lines deleted...]
-      <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
@@ -2376,78 +2158,50 @@
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
-      </bottom>
-[...26 lines deleted...]
-        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top/>
       <bottom style="thin">
@@ -2516,151 +2270,80 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top/>
-[...9 lines deleted...]
-      </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
-      </bottom>
-[...13 lines deleted...]
-        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="medium">
-        <color indexed="64"/>
-[...43 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
@@ -2675,704 +2358,584 @@
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="219">
+  <cellXfs count="179">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...52 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...68 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...58 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{384C28F8-EDEA-4841-8B1F-D3F860DC0E98}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -3618,7475 +3181,7466 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H530"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A94" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <selection activeCell="E88" sqref="E88"/>
+    <sheetView tabSelected="1" topLeftCell="A303" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="115" workbookViewId="0">
+      <selection activeCell="A493" sqref="A493:F493"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="24.77734375" defaultRowHeight="11.4"/>
   <cols>
     <col min="1" max="1" width="24.21875" style="4" customWidth="1"/>
     <col min="2" max="2" width="16.77734375" style="4" customWidth="1"/>
     <col min="3" max="3" width="25.21875" style="4" customWidth="1"/>
     <col min="4" max="4" width="17.6640625" style="4" customWidth="1"/>
     <col min="5" max="5" width="13.21875" style="4" customWidth="1"/>
     <col min="6" max="6" width="12.21875" style="4" customWidth="1"/>
     <col min="7" max="7" width="23.33203125" style="4" customWidth="1"/>
     <col min="8" max="8" width="60.6640625" style="4" customWidth="1"/>
     <col min="9" max="16384" width="24.77734375" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="34.5" customHeight="1" thickBot="1">
-      <c r="A1" s="190" t="s">
+      <c r="A1" s="169" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="191"/>
-[...4 lines deleted...]
-      <c r="H1" s="14"/>
+      <c r="B1" s="170"/>
+      <c r="C1" s="170"/>
+      <c r="D1" s="170"/>
+      <c r="E1" s="170"/>
+      <c r="F1" s="170"/>
+      <c r="H1" s="13"/>
     </row>
     <row r="2" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A2" s="29" t="s">
+      <c r="A2" s="26" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="30"/>
-[...3 lines deleted...]
-      <c r="F2" s="32"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="29"/>
     </row>
     <row r="3" spans="1:8">
-      <c r="A3" s="17" t="s">
+      <c r="A3" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B3" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="24" t="s">
+      <c r="C3" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D3" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E3" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F3" s="30" t="s">
         <v>3</v>
-      </c>
-[...10 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="12" thickBot="1">
       <c r="A4" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="31" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="14.4" customHeight="1" thickBot="1">
+      <c r="A5" s="14"/>
+      <c r="B5" s="15"/>
+      <c r="C5" s="15"/>
+      <c r="D5" s="15"/>
+      <c r="E5" s="15"/>
+      <c r="F5" s="33"/>
+    </row>
+    <row r="6" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A6" s="171" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B6" s="152"/>
+      <c r="C6" s="152"/>
+      <c r="D6" s="152"/>
+      <c r="E6" s="152"/>
+      <c r="F6" s="172"/>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D7" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E7" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F7" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="12" thickBot="1">
+      <c r="A8" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="C4" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="3" t="s">
+      <c r="B8" s="18"/>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="32"/>
+      <c r="G8" s="34"/>
+    </row>
+    <row r="9" spans="1:8" ht="12" thickBot="1">
+      <c r="F9" s="136"/>
+      <c r="G9" s="135"/>
+      <c r="H9" s="35"/>
+    </row>
+    <row r="10" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A10" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="B10" s="37"/>
+      <c r="C10" s="38"/>
+      <c r="D10" s="38"/>
+      <c r="E10" s="38"/>
+      <c r="F10" s="39"/>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C11" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D11" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F11" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A12" s="107" t="s">
+        <v>196</v>
+      </c>
+      <c r="B12" s="60" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="48" t="s">
+        <v>197</v>
+      </c>
+      <c r="D12" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="E4" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="34" t="s">
+      <c r="E12" s="41" t="s">
         <v>11</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="A6" s="192" t="s">
+      <c r="F12" s="42" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="193"/>
-[...6 lines deleted...]
-      <c r="A7" s="17" t="s">
+    </row>
+    <row r="13" spans="1:8" ht="12" thickBot="1">
+      <c r="A13" s="43"/>
+      <c r="B13" s="38"/>
+      <c r="C13" s="38"/>
+      <c r="D13" s="38"/>
+      <c r="E13" s="38"/>
+      <c r="F13" s="39"/>
+    </row>
+    <row r="14" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A14" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="155"/>
+      <c r="C14" s="155"/>
+      <c r="D14" s="155"/>
+      <c r="E14" s="155"/>
+      <c r="F14" s="156"/>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B15" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="24" t="s">
+      <c r="C15" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D15" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E15" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F15" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C7" s="24" t="s">
-[...13 lines deleted...]
-      <c r="A8" s="18" t="s">
+    </row>
+    <row r="16" spans="1:8" ht="12" thickBot="1">
+      <c r="A16" s="44" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" s="45"/>
+      <c r="C16" s="45"/>
+      <c r="D16" s="45"/>
+      <c r="E16" s="45"/>
+      <c r="F16" s="46"/>
+    </row>
+    <row r="17" spans="1:6" ht="12" thickBot="1">
+      <c r="F17" s="47"/>
+    </row>
+    <row r="18" spans="1:6" ht="15" customHeight="1" thickBot="1">
+      <c r="A18" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B18" s="50"/>
+      <c r="C18" s="51"/>
+      <c r="D18" s="51"/>
+      <c r="E18" s="51"/>
+      <c r="F18" s="52"/>
+    </row>
+    <row r="19" spans="1:6" ht="15.75" customHeight="1">
+      <c r="A19" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C19" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D19" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E19" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F19" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="26.25" customHeight="1">
+      <c r="A20" s="53" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="19"/>
-[...22 lines deleted...]
-      <c r="A11" s="43" t="s">
+      <c r="B20" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="54" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="24" customHeight="1">
+      <c r="A21" s="53" t="s">
+        <v>13</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" s="54" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="26.85" customHeight="1" thickBot="1">
+      <c r="A22" s="40" t="s">
+        <v>13</v>
+      </c>
+      <c r="B22" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="41" t="s">
+        <v>199</v>
+      </c>
+      <c r="D22" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="F22" s="42" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="15" customHeight="1" thickBot="1">
+      <c r="A23" s="56"/>
+      <c r="B23" s="47"/>
+      <c r="C23" s="47"/>
+      <c r="D23" s="47"/>
+      <c r="E23" s="47"/>
+      <c r="F23" s="57"/>
+    </row>
+    <row r="24" spans="1:6" ht="13.35" customHeight="1" thickBot="1">
+      <c r="A24" s="173" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="174"/>
+      <c r="C24" s="174"/>
+      <c r="D24" s="174"/>
+      <c r="E24" s="174"/>
+      <c r="F24" s="175"/>
+    </row>
+    <row r="25" spans="1:6" ht="24" customHeight="1">
+      <c r="A25" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B25" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B11" s="131" t="s">
+      <c r="C25" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D25" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E25" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F25" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="24" t="s">
-[...16 lines deleted...]
-      <c r="B12" s="68" t="s">
+    </row>
+    <row r="26" spans="1:6" ht="24" customHeight="1" thickBot="1">
+      <c r="A26" s="59" t="s">
         <v>9</v>
       </c>
-      <c r="C12" s="56" t="s">
-[...199 lines deleted...]
-      <c r="F26" s="69"/>
+      <c r="B26" s="60"/>
+      <c r="C26" s="60"/>
+      <c r="D26" s="60"/>
+      <c r="E26" s="60"/>
+      <c r="F26" s="61"/>
     </row>
     <row r="27" spans="1:6" ht="12.75" customHeight="1" thickBot="1"/>
     <row r="28" spans="1:6" ht="16.2" customHeight="1" thickBot="1">
-      <c r="A28" s="57" t="s">
+      <c r="A28" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B28" s="58"/>
-[...3 lines deleted...]
-      <c r="F28" s="60"/>
+      <c r="B28" s="50"/>
+      <c r="C28" s="51"/>
+      <c r="D28" s="51"/>
+      <c r="E28" s="51"/>
+      <c r="F28" s="52"/>
     </row>
     <row r="29" spans="1:6" ht="24" customHeight="1">
-      <c r="A29" s="103" t="s">
+      <c r="A29" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C29" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D29" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E29" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F29" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="42" customHeight="1">
+      <c r="A30" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B30" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" s="19" t="s">
+        <v>200</v>
+      </c>
+      <c r="D30" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E30" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F30" s="65" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="40.35" customHeight="1">
+      <c r="A31" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="B29" s="104" t="s">
+      <c r="F31" s="54" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="34.200000000000003">
+      <c r="A32" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="39" customHeight="1">
+      <c r="A33" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="11"/>
+      <c r="H33" s="11"/>
+    </row>
+    <row r="34" spans="1:8" ht="38.1" customHeight="1">
+      <c r="A34" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="34.200000000000003">
+      <c r="A35" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="34.200000000000003">
+      <c r="A36" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F36" s="54" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="34.200000000000003">
+      <c r="A37" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F37" s="54" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="34.200000000000003">
+      <c r="A38" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F38" s="54" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="34.200000000000003">
+      <c r="A39" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="F39" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="34.200000000000003">
+      <c r="A40" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F40" s="54" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="34.200000000000003">
+      <c r="A41" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F41" s="54" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="40.5" customHeight="1">
+      <c r="A42" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F42" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="34.200000000000003">
+      <c r="A43" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B43" s="114" t="s">
+        <v>17</v>
+      </c>
+      <c r="C43" s="114" t="s">
+        <v>213</v>
+      </c>
+      <c r="D43" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="E43" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="F43" s="115" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="34.200000000000003">
+      <c r="A44" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B44" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="65" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="34.200000000000003">
+      <c r="A45" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F45" s="54" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="34.200000000000003">
+      <c r="A46" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="34.200000000000003">
+      <c r="A47" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F47" s="54" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="34.200000000000003">
+      <c r="A48" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="54" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="34.200000000000003">
+      <c r="A49" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="F49" s="54" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="36.75" customHeight="1">
+      <c r="A50" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="F50" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="34.200000000000003">
+      <c r="A51" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F51" s="54" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="34.200000000000003">
+      <c r="A52" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="F52" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="34.200000000000003">
+      <c r="A53" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="F53" s="54" t="s">
+        <v>19</v>
+      </c>
+      <c r="G53" s="10"/>
+      <c r="H53" s="10"/>
+    </row>
+    <row r="54" spans="1:8" ht="34.799999999999997" thickBot="1">
+      <c r="A54" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B54" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" s="41" t="s">
+        <v>178</v>
+      </c>
+      <c r="D54" s="41" t="s">
+        <v>80</v>
+      </c>
+      <c r="E54" s="41" t="s">
+        <v>80</v>
+      </c>
+      <c r="F54" s="42" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="12" thickBot="1">
+      <c r="A55" s="55"/>
+      <c r="B55" s="51"/>
+      <c r="C55" s="51"/>
+      <c r="D55" s="51"/>
+      <c r="E55" s="51"/>
+      <c r="F55" s="52"/>
+    </row>
+    <row r="56" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A56" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B56" s="155"/>
+      <c r="C56" s="155"/>
+      <c r="D56" s="155"/>
+      <c r="E56" s="155"/>
+      <c r="F56" s="156"/>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B57" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C57" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D57" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E57" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F57" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C29" s="104" t="s">
-[...16 lines deleted...]
-      <c r="B30" s="20" t="s">
+    </row>
+    <row r="58" spans="1:8" ht="34.200000000000003">
+      <c r="A58" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B58" s="127" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" s="127" t="s">
+        <v>45</v>
+      </c>
+      <c r="D58" s="127" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" s="127" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="128" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" s="10"/>
+      <c r="H58" s="10"/>
+    </row>
+    <row r="59" spans="1:8" ht="34.200000000000003">
+      <c r="A59" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B59" s="127" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59" s="127" t="s">
+        <v>341</v>
+      </c>
+      <c r="D59" s="127" t="s">
+        <v>24</v>
+      </c>
+      <c r="E59" s="127" t="s">
+        <v>24</v>
+      </c>
+      <c r="F59" s="147" t="s">
+        <v>24</v>
+      </c>
+      <c r="G59" s="10"/>
+      <c r="H59" s="10"/>
+    </row>
+    <row r="60" spans="1:8" ht="51.75" customHeight="1">
+      <c r="A60" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B60" s="58" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="58" t="s">
+        <v>338</v>
+      </c>
+      <c r="D60" s="58" t="s">
+        <v>18</v>
+      </c>
+      <c r="E60" s="58" t="s">
+        <v>46</v>
+      </c>
+      <c r="F60" s="66" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="42" customHeight="1">
+      <c r="A61" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B61" s="58" t="s">
+        <v>17</v>
+      </c>
+      <c r="C61" s="58" t="s">
+        <v>223</v>
+      </c>
+      <c r="D61" s="58" t="s">
+        <v>47</v>
+      </c>
+      <c r="E61" s="58" t="s">
+        <v>48</v>
+      </c>
+      <c r="F61" s="66" t="s">
+        <v>19</v>
+      </c>
+      <c r="G61" s="10"/>
+      <c r="H61" s="11"/>
+    </row>
+    <row r="62" spans="1:8" ht="42" customHeight="1">
+      <c r="A62" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B62" s="58" t="s">
+        <v>17</v>
+      </c>
+      <c r="C62" s="58" t="s">
+        <v>224</v>
+      </c>
+      <c r="D62" s="58" t="s">
+        <v>47</v>
+      </c>
+      <c r="E62" s="58" t="s">
+        <v>49</v>
+      </c>
+      <c r="F62" s="66" t="s">
+        <v>19</v>
+      </c>
+      <c r="G62" s="10"/>
+      <c r="H62" s="10"/>
+    </row>
+    <row r="63" spans="1:8" ht="42" customHeight="1">
+      <c r="A63" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B63" s="58" t="s">
+        <v>17</v>
+      </c>
+      <c r="C63" s="58" t="s">
+        <v>225</v>
+      </c>
+      <c r="D63" s="58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" s="58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" s="10"/>
+      <c r="H63" s="10"/>
+    </row>
+    <row r="64" spans="1:8" ht="42" customHeight="1">
+      <c r="A64" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B64" s="58" t="s">
+        <v>17</v>
+      </c>
+      <c r="C64" s="58" t="s">
+        <v>226</v>
+      </c>
+      <c r="D64" s="58" t="s">
+        <v>47</v>
+      </c>
+      <c r="E64" s="58" t="s">
+        <v>50</v>
+      </c>
+      <c r="F64" s="66" t="s">
+        <v>19</v>
+      </c>
+      <c r="G64" s="10"/>
+      <c r="H64" s="10"/>
+    </row>
+    <row r="65" spans="1:8" ht="42" customHeight="1" thickBot="1">
+      <c r="A65" s="62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B65" s="60" t="s">
+        <v>17</v>
+      </c>
+      <c r="C65" s="60" t="s">
+        <v>227</v>
+      </c>
+      <c r="D65" s="60" t="s">
+        <v>42</v>
+      </c>
+      <c r="E65" s="60" t="s">
+        <v>182</v>
+      </c>
+      <c r="F65" s="61" t="s">
+        <v>19</v>
+      </c>
+      <c r="G65" s="10"/>
+      <c r="H65" s="10"/>
+    </row>
+    <row r="66" spans="1:8" ht="12" thickBot="1">
+      <c r="A66" s="51"/>
+      <c r="H66" s="15"/>
+    </row>
+    <row r="67" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A67" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B67" s="50"/>
+      <c r="C67" s="50"/>
+      <c r="D67" s="50"/>
+      <c r="E67" s="50"/>
+      <c r="F67" s="73"/>
+      <c r="H67" s="15"/>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C68" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D68" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E68" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F68" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="H68" s="15"/>
+    </row>
+    <row r="69" spans="1:8" ht="34.799999999999997" thickBot="1">
+      <c r="A69" s="67" t="s">
+        <v>184</v>
+      </c>
+      <c r="B69" s="60" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="60" t="s">
+        <v>228</v>
+      </c>
+      <c r="D69" s="60" t="s">
+        <v>43</v>
+      </c>
+      <c r="E69" s="60" t="s">
+        <v>44</v>
+      </c>
+      <c r="F69" s="61" t="s">
+        <v>36</v>
+      </c>
+      <c r="H69" s="15"/>
+    </row>
+    <row r="70" spans="1:8" ht="12" thickBot="1">
+      <c r="A70" s="68"/>
+      <c r="F70" s="69"/>
+      <c r="H70" s="15"/>
+    </row>
+    <row r="71" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A71" s="176" t="s">
+        <v>8</v>
+      </c>
+      <c r="B71" s="177"/>
+      <c r="C71" s="177"/>
+      <c r="D71" s="177"/>
+      <c r="E71" s="177"/>
+      <c r="F71" s="178"/>
+      <c r="H71" s="15"/>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B72" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C72" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D72" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E72" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F72" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="H72" s="15"/>
+    </row>
+    <row r="73" spans="1:8" ht="12" thickBot="1">
+      <c r="A73" s="70" t="s">
+        <v>9</v>
+      </c>
+      <c r="B73" s="71"/>
+      <c r="C73" s="71"/>
+      <c r="D73" s="71"/>
+      <c r="E73" s="71"/>
+      <c r="F73" s="72"/>
+      <c r="H73" s="15"/>
+    </row>
+    <row r="74" spans="1:8" ht="12" thickBot="1">
+      <c r="A74" s="51"/>
+    </row>
+    <row r="75" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A75" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B75" s="50"/>
+      <c r="C75" s="50"/>
+      <c r="D75" s="50"/>
+      <c r="E75" s="50"/>
+      <c r="F75" s="73"/>
+      <c r="H75" s="116"/>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B76" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C76" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D76" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E76" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F76" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="28.2" customHeight="1" thickBot="1">
+      <c r="A77" s="74" t="s">
+        <v>51</v>
+      </c>
+      <c r="B77" s="71" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="71" t="s">
+        <v>229</v>
+      </c>
+      <c r="D77" s="71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" s="71" t="s">
+        <v>21</v>
+      </c>
+      <c r="F77" s="72" t="s">
         <v>22</v>
       </c>
-      <c r="C30" s="20" t="s">
-[...518 lines deleted...]
-      <c r="B57" s="104" t="s">
+    </row>
+    <row r="78" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A78" s="75"/>
+      <c r="F78" s="69"/>
+      <c r="G78" s="10"/>
+    </row>
+    <row r="79" spans="1:8" ht="12" customHeight="1" thickBot="1">
+      <c r="A79" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B79" s="155"/>
+      <c r="C79" s="155"/>
+      <c r="D79" s="155"/>
+      <c r="E79" s="155"/>
+      <c r="F79" s="156"/>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B80" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C80" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D80" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E80" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F80" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C57" s="104" t="s">
-[...226 lines deleted...]
-      <c r="B69" s="68" t="s">
+    </row>
+    <row r="81" spans="1:8" ht="12" thickBot="1">
+      <c r="A81" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="C69" s="68" t="s">
-[...158 lines deleted...]
-      <c r="F81" s="83"/>
+      <c r="B81" s="71"/>
+      <c r="C81" s="71"/>
+      <c r="D81" s="71"/>
+      <c r="E81" s="71"/>
+      <c r="F81" s="72"/>
     </row>
     <row r="82" spans="1:8" ht="12" thickBot="1"/>
     <row r="83" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A83" s="57" t="s">
+      <c r="A83" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B83" s="58"/>
-[...3 lines deleted...]
-      <c r="F83" s="84"/>
+      <c r="B83" s="50"/>
+      <c r="C83" s="50"/>
+      <c r="D83" s="50"/>
+      <c r="E83" s="50"/>
+      <c r="F83" s="73"/>
     </row>
     <row r="84" spans="1:8">
-      <c r="A84" s="50" t="s">
+      <c r="A84" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B84" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B84" s="49" t="s">
+      <c r="C84" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D84" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E84" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F84" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C84" s="49" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="85" spans="1:8" ht="22.8">
-      <c r="A85" s="87" t="s">
+      <c r="A85" s="76" t="s">
+        <v>52</v>
+      </c>
+      <c r="B85" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C85" s="19" t="s">
+        <v>230</v>
+      </c>
+      <c r="D85" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" s="65" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="22.8">
+      <c r="A86" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="F86" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="22.8">
+      <c r="A87" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F87" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="29.4" customHeight="1">
+      <c r="A88" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D88" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B85" s="20" t="s">
+      <c r="E88" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F88" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="22.8">
+      <c r="A89" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="F89" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="25.8" customHeight="1">
+      <c r="A90" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="24.6" customHeight="1">
+      <c r="A91" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="F91" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="22.8">
+      <c r="A92" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="F92" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="25.5" customHeight="1">
+      <c r="A93" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F93" s="54" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="76.8" customHeight="1" thickBot="1">
+      <c r="A94" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F94" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="12" thickBot="1">
+      <c r="A95" s="55"/>
+      <c r="B95" s="51"/>
+      <c r="C95" s="51"/>
+      <c r="D95" s="51"/>
+      <c r="E95" s="51"/>
+      <c r="F95" s="52"/>
+    </row>
+    <row r="96" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A96" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B96" s="155"/>
+      <c r="C96" s="155"/>
+      <c r="D96" s="155"/>
+      <c r="E96" s="155"/>
+      <c r="F96" s="156"/>
+      <c r="G96" s="10"/>
+      <c r="H96" s="11"/>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B97" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C97" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D97" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E97" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F97" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="22.8">
+      <c r="A98" s="76" t="s">
+        <v>52</v>
+      </c>
+      <c r="B98" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C98" s="19" t="s">
+        <v>239</v>
+      </c>
+      <c r="D98" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="E98" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="F98" s="65" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="27" customHeight="1">
+      <c r="A99" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="F99" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" s="10"/>
+    </row>
+    <row r="100" spans="1:8" ht="22.8">
+      <c r="A100" s="76" t="s">
+        <v>52</v>
+      </c>
+      <c r="B100" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C100" s="19" t="s">
+        <v>241</v>
+      </c>
+      <c r="D100" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F100" s="65" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A101" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="B101" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C101" s="41" t="s">
+        <v>242</v>
+      </c>
+      <c r="D101" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="E101" s="41" t="s">
+        <v>64</v>
+      </c>
+      <c r="F101" s="42" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="12" thickBot="1">
+      <c r="A102" s="142"/>
+      <c r="B102" s="100"/>
+      <c r="C102" s="100"/>
+      <c r="D102" s="100"/>
+      <c r="E102" s="100"/>
+      <c r="F102" s="51"/>
+    </row>
+    <row r="103" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A103" s="125" t="s">
+        <v>1</v>
+      </c>
+      <c r="B103" s="126"/>
+      <c r="C103" s="50"/>
+      <c r="D103" s="50"/>
+      <c r="E103" s="50"/>
+      <c r="F103" s="73"/>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B104" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C104" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D104" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E104" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F104" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="12" thickBot="1">
+      <c r="A105" s="44" t="s">
+        <v>66</v>
+      </c>
+      <c r="B105" s="45" t="s">
+        <v>5</v>
+      </c>
+      <c r="C105" s="45" t="s">
+        <v>243</v>
+      </c>
+      <c r="D105" s="79" t="s">
+        <v>29</v>
+      </c>
+      <c r="E105" s="45" t="s">
+        <v>30</v>
+      </c>
+      <c r="F105" s="80" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="12" thickBot="1">
+      <c r="A106" s="55"/>
+      <c r="B106" s="51"/>
+      <c r="C106" s="51"/>
+      <c r="D106" s="51"/>
+      <c r="E106" s="51"/>
+      <c r="F106" s="52"/>
+    </row>
+    <row r="107" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A107" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B107" s="155"/>
+      <c r="C107" s="155"/>
+      <c r="D107" s="155"/>
+      <c r="E107" s="155"/>
+      <c r="F107" s="156"/>
+      <c r="G107" s="10"/>
+      <c r="H107" s="10"/>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B108" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C108" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D108" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E108" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F108" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="12" thickBot="1">
+      <c r="A109" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="C85" s="20" t="s">
-[...419 lines deleted...]
-      <c r="F109" s="83"/>
+      <c r="B109" s="71"/>
+      <c r="C109" s="71"/>
+      <c r="D109" s="71"/>
+      <c r="E109" s="71"/>
+      <c r="F109" s="72"/>
     </row>
     <row r="110" spans="1:8" ht="12" thickBot="1"/>
     <row r="111" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A111" s="57" t="s">
+      <c r="A111" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B111" s="58"/>
-[...4 lines deleted...]
-      <c r="G111" s="11"/>
+      <c r="B111" s="50"/>
+      <c r="C111" s="50"/>
+      <c r="D111" s="50"/>
+      <c r="E111" s="50"/>
+      <c r="F111" s="73"/>
+      <c r="G111" s="10"/>
     </row>
     <row r="112" spans="1:8">
-      <c r="A112" s="50" t="s">
+      <c r="A112" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B112" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B112" s="49" t="s">
+      <c r="C112" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D112" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E112" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F112" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C112" s="49" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="113" spans="1:6" ht="45.6">
-      <c r="A113" s="72" t="s">
-[...2 lines deleted...]
-      <c r="B113" s="20" t="s">
+      <c r="A113" s="62" t="s">
+        <v>67</v>
+      </c>
+      <c r="B113" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C113" s="19" t="s">
+        <v>244</v>
+      </c>
+      <c r="D113" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="E113" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="F113" s="81" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="46.2" thickBot="1">
+      <c r="A114" s="40" t="s">
+        <v>67</v>
+      </c>
+      <c r="B114" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C114" s="41" t="s">
+        <v>245</v>
+      </c>
+      <c r="D114" s="82" t="s">
+        <v>40</v>
+      </c>
+      <c r="E114" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="F114" s="83" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="12" thickBot="1">
+      <c r="A115" s="56"/>
+      <c r="B115" s="47"/>
+      <c r="C115" s="47"/>
+      <c r="D115" s="47"/>
+      <c r="E115" s="47"/>
+      <c r="F115" s="57"/>
+    </row>
+    <row r="116" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A116" s="173" t="s">
+        <v>8</v>
+      </c>
+      <c r="B116" s="174"/>
+      <c r="C116" s="174"/>
+      <c r="D116" s="174"/>
+      <c r="E116" s="174"/>
+      <c r="F116" s="175"/>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B117" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C117" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D117" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E117" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F117" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" ht="12" thickBot="1">
+      <c r="A118" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="C113" s="20" t="s">
-[...78 lines deleted...]
-      <c r="F118" s="83"/>
+      <c r="B118" s="71"/>
+      <c r="C118" s="71"/>
+      <c r="D118" s="71"/>
+      <c r="E118" s="71"/>
+      <c r="F118" s="72"/>
     </row>
     <row r="119" spans="1:6" ht="12" thickBot="1"/>
     <row r="120" spans="1:6" ht="12.6" thickBot="1">
-      <c r="A120" s="57" t="s">
+      <c r="A120" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B120" s="59"/>
-[...3 lines deleted...]
-      <c r="F120" s="84"/>
+      <c r="B120" s="51"/>
+      <c r="C120" s="50"/>
+      <c r="D120" s="50"/>
+      <c r="E120" s="50"/>
+      <c r="F120" s="73"/>
     </row>
     <row r="121" spans="1:6">
-      <c r="A121" s="50" t="s">
+      <c r="A121" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B121" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B121" s="49" t="s">
+      <c r="C121" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D121" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E121" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F121" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C121" s="49" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="122" spans="1:6" ht="34.799999999999997" thickBot="1">
-      <c r="A122" s="81" t="s">
+      <c r="A122" s="70" t="s">
+        <v>68</v>
+      </c>
+      <c r="B122" s="71" t="s">
+        <v>5</v>
+      </c>
+      <c r="C122" s="71" t="s">
+        <v>246</v>
+      </c>
+      <c r="D122" s="84" t="s">
+        <v>69</v>
+      </c>
+      <c r="E122" s="71" t="s">
+        <v>69</v>
+      </c>
+      <c r="F122" s="85" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="12" thickBot="1">
+      <c r="A123" s="55"/>
+      <c r="B123" s="51"/>
+      <c r="C123" s="51"/>
+      <c r="D123" s="51"/>
+      <c r="E123" s="51"/>
+      <c r="F123" s="52"/>
+    </row>
+    <row r="124" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A124" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B124" s="155"/>
+      <c r="C124" s="155"/>
+      <c r="D124" s="155"/>
+      <c r="E124" s="155"/>
+      <c r="F124" s="156"/>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B125" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C125" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D125" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E125" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F125" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="12" thickBot="1">
+      <c r="A126" s="70" t="s">
+        <v>9</v>
+      </c>
+      <c r="B126" s="71"/>
+      <c r="C126" s="71"/>
+      <c r="D126" s="71"/>
+      <c r="E126" s="71"/>
+      <c r="F126" s="72"/>
+    </row>
+    <row r="127" spans="1:6" ht="12" thickBot="1">
+      <c r="F127" s="47"/>
+    </row>
+    <row r="128" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A128" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B128" s="50"/>
+      <c r="C128" s="50"/>
+      <c r="D128" s="50"/>
+      <c r="E128" s="50"/>
+      <c r="F128" s="73"/>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B129" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C129" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D129" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E129" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F129" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" ht="46.2" thickBot="1">
+      <c r="A130" s="74" t="s">
+        <v>70</v>
+      </c>
+      <c r="B130" s="71" t="s">
+        <v>5</v>
+      </c>
+      <c r="C130" s="71" t="s">
+        <v>71</v>
+      </c>
+      <c r="D130" s="71" t="s">
+        <v>72</v>
+      </c>
+      <c r="E130" s="71" t="s">
         <v>73</v>
       </c>
-      <c r="B122" s="82" t="s">
+      <c r="F130" s="72" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" ht="12" thickBot="1">
+      <c r="A131" s="87"/>
+      <c r="B131" s="51"/>
+      <c r="C131" s="51"/>
+      <c r="D131" s="51"/>
+      <c r="E131" s="51"/>
+      <c r="F131" s="52"/>
+    </row>
+    <row r="132" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A132" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B132" s="149"/>
+      <c r="C132" s="149"/>
+      <c r="D132" s="149"/>
+      <c r="E132" s="149"/>
+      <c r="F132" s="150"/>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B133" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C133" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D133" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E133" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F133" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" ht="12" thickBot="1">
+      <c r="A134" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C122" s="82" t="s">
-[...159 lines deleted...]
-      <c r="F134" s="47"/>
+      <c r="B134" s="41"/>
+      <c r="C134" s="41"/>
+      <c r="D134" s="41"/>
+      <c r="E134" s="41"/>
+      <c r="F134" s="42"/>
     </row>
     <row r="135" spans="1:6" ht="12" thickBot="1"/>
     <row r="136" spans="1:6" ht="12.6" thickBot="1">
-      <c r="A136" s="57" t="s">
+      <c r="A136" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B136" s="58"/>
-[...3 lines deleted...]
-      <c r="F136" s="84"/>
+      <c r="B136" s="50"/>
+      <c r="C136" s="50"/>
+      <c r="D136" s="50"/>
+      <c r="E136" s="50"/>
+      <c r="F136" s="73"/>
     </row>
     <row r="137" spans="1:6">
-      <c r="A137" s="43" t="s">
+      <c r="A137" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B137" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B137" s="24" t="s">
+      <c r="C137" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D137" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E137" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F137" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C137" s="102" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="138" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A138" s="45" t="s">
-[...2 lines deleted...]
-      <c r="B138" s="46" t="s">
+      <c r="A138" s="40" t="s">
+        <v>74</v>
+      </c>
+      <c r="B138" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C138" s="41" t="s">
+        <v>247</v>
+      </c>
+      <c r="D138" s="82" t="s">
+        <v>26</v>
+      </c>
+      <c r="E138" s="41" t="s">
+        <v>75</v>
+      </c>
+      <c r="F138" s="83" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" ht="12" thickBot="1">
+      <c r="A139" s="55"/>
+      <c r="B139" s="51"/>
+      <c r="C139" s="51"/>
+      <c r="D139" s="51"/>
+      <c r="E139" s="51"/>
+      <c r="F139" s="52"/>
+    </row>
+    <row r="140" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A140" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B140" s="149"/>
+      <c r="C140" s="149"/>
+      <c r="D140" s="149"/>
+      <c r="E140" s="149"/>
+      <c r="F140" s="150"/>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B141" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C141" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D141" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E141" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F141" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" ht="12" thickBot="1">
+      <c r="A142" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C138" s="46" t="s">
-[...58 lines deleted...]
-      <c r="F142" s="47"/>
+      <c r="B142" s="41"/>
+      <c r="C142" s="41"/>
+      <c r="D142" s="41"/>
+      <c r="E142" s="41"/>
+      <c r="F142" s="42"/>
     </row>
     <row r="143" spans="1:6" ht="14.85" customHeight="1" thickBot="1"/>
     <row r="144" spans="1:6" ht="14.85" customHeight="1" thickBot="1">
-      <c r="A144" s="57" t="s">
+      <c r="A144" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B144" s="58"/>
-[...3 lines deleted...]
-      <c r="F144" s="84"/>
+      <c r="B144" s="50"/>
+      <c r="C144" s="50"/>
+      <c r="D144" s="50"/>
+      <c r="E144" s="50"/>
+      <c r="F144" s="73"/>
     </row>
     <row r="145" spans="1:7">
-      <c r="A145" s="43" t="s">
+      <c r="A145" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B145" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B145" s="24" t="s">
+      <c r="C145" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D145" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E145" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F145" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C145" s="102" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="146" spans="1:7" ht="34.200000000000003">
-      <c r="A146" s="61" t="s">
+      <c r="A146" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F146" s="54" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="34.200000000000003">
+      <c r="A147" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="F147" s="54" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="34.200000000000003">
+      <c r="A148" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F148" s="54" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="34.200000000000003">
+      <c r="A149" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D149" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B146" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D146" s="1" t="s">
+      <c r="E149" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F149" s="54" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="34.799999999999997" thickBot="1">
+      <c r="A150" s="40" t="s">
+        <v>76</v>
+      </c>
+      <c r="B150" s="41" t="s">
+        <v>190</v>
+      </c>
+      <c r="C150" s="41" t="s">
+        <v>252</v>
+      </c>
+      <c r="D150" s="41" t="s">
         <v>82</v>
       </c>
-      <c r="E146" s="1" t="s">
+      <c r="E150" s="41" t="s">
         <v>82</v>
       </c>
-      <c r="F146" s="62" t="s">
-[...13 lines deleted...]
-      <c r="D147" s="1" t="s">
+      <c r="F150" s="42" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A151" s="49"/>
+      <c r="B151" s="50"/>
+      <c r="C151" s="37"/>
+      <c r="D151" s="37"/>
+      <c r="E151" s="50"/>
+      <c r="F151" s="73"/>
+    </row>
+    <row r="152" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A152" s="163" t="s">
+        <v>8</v>
+      </c>
+      <c r="B152" s="149"/>
+      <c r="C152" s="149"/>
+      <c r="D152" s="149"/>
+      <c r="E152" s="149"/>
+      <c r="F152" s="164"/>
+      <c r="G152" s="10"/>
+    </row>
+    <row r="153" spans="1:7">
+      <c r="A153" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B153" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C153" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D153" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E153" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F153" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="34.799999999999997" thickBot="1">
+      <c r="A154" s="40" t="s">
+        <v>76</v>
+      </c>
+      <c r="B154" s="41" t="s">
+        <v>190</v>
+      </c>
+      <c r="C154" s="41" t="s">
         <v>83</v>
       </c>
-      <c r="E147" s="1" t="s">
+      <c r="D154" s="41" t="s">
+        <v>39</v>
+      </c>
+      <c r="E154" s="41" t="s">
+        <v>78</v>
+      </c>
+      <c r="F154" s="42" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="12" thickBot="1">
+      <c r="A155" s="47"/>
+    </row>
+    <row r="156" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A156" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B156" s="50"/>
+      <c r="C156" s="50"/>
+      <c r="D156" s="50"/>
+      <c r="E156" s="50"/>
+      <c r="F156" s="73"/>
+      <c r="G156" s="10"/>
+    </row>
+    <row r="157" spans="1:7">
+      <c r="A157" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B157" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C157" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D157" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E157" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F157" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="22.8">
+      <c r="A158" s="53" t="s">
         <v>84</v>
       </c>
-      <c r="F147" s="62" t="s">
-[...33 lines deleted...]
-      <c r="D149" s="1" t="s">
+      <c r="B158" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F158" s="88" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A159" s="40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B159" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C159" s="41" t="s">
         <v>86</v>
       </c>
-      <c r="E149" s="1" t="s">
-[...16 lines deleted...]
-      <c r="D150" s="46" t="s">
+      <c r="D159" s="82" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" s="83" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="14.25" customHeight="1" thickBot="1">
+      <c r="A160" s="55"/>
+      <c r="B160" s="51"/>
+      <c r="C160" s="51"/>
+      <c r="D160" s="51"/>
+      <c r="E160" s="51"/>
+      <c r="F160" s="52"/>
+    </row>
+    <row r="161" spans="1:8" ht="16.5" customHeight="1" thickBot="1">
+      <c r="A161" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B161" s="149"/>
+      <c r="C161" s="149"/>
+      <c r="D161" s="149"/>
+      <c r="E161" s="149"/>
+      <c r="F161" s="150"/>
+    </row>
+    <row r="162" spans="1:8" ht="20.25" customHeight="1">
+      <c r="A162" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B162" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C162" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D162" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E162" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F162" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" ht="12" customHeight="1" thickBot="1">
+      <c r="A163" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B163" s="41" t="s">
         <v>87</v>
       </c>
-      <c r="E150" s="46" t="s">
+      <c r="C163" s="41" t="s">
         <v>87</v>
       </c>
-      <c r="F150" s="47" t="s">
-[...189 lines deleted...]
-      <c r="G163" s="11"/>
+      <c r="D163" s="41"/>
+      <c r="E163" s="41" t="s">
+        <v>87</v>
+      </c>
+      <c r="F163" s="42"/>
+      <c r="G163" s="10"/>
     </row>
     <row r="164" spans="1:8" ht="15.6" customHeight="1" thickBot="1">
-      <c r="F164" s="55"/>
+      <c r="F164" s="47"/>
     </row>
     <row r="165" spans="1:8" ht="12" hidden="1">
       <c r="F165" s="5"/>
-      <c r="H165" s="11"/>
+      <c r="H165" s="10"/>
     </row>
     <row r="166" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A166" s="57" t="s">
+      <c r="A166" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B166" s="58"/>
-[...3 lines deleted...]
-      <c r="F166" s="84"/>
+      <c r="B166" s="50"/>
+      <c r="C166" s="50"/>
+      <c r="D166" s="50"/>
+      <c r="E166" s="50"/>
+      <c r="F166" s="73"/>
     </row>
     <row r="167" spans="1:8" ht="12">
-      <c r="A167" s="43" t="s">
+      <c r="A167" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B167" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B167" s="24" t="s">
+      <c r="C167" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D167" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E167" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F167" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C167" s="102" t="s">
-[...11 lines deleted...]
-      <c r="G167" s="22"/>
+      <c r="G167" s="20"/>
     </row>
     <row r="168" spans="1:8" ht="26.25" customHeight="1">
-      <c r="A168" s="61" t="s">
-        <v>93</v>
+      <c r="A168" s="53" t="s">
+        <v>88</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>257</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>25</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-      <c r="H168" s="11"/>
+        <v>25</v>
+      </c>
+      <c r="F168" s="88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G168" s="10"/>
+      <c r="H168" s="10"/>
     </row>
     <row r="169" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A169" s="45" t="s">
-[...15 lines deleted...]
-        <v>15</v>
+      <c r="A169" s="40" t="s">
+        <v>88</v>
+      </c>
+      <c r="B169" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C169" s="41" t="s">
+        <v>253</v>
+      </c>
+      <c r="D169" s="82" t="s">
+        <v>25</v>
+      </c>
+      <c r="E169" s="41" t="s">
+        <v>89</v>
+      </c>
+      <c r="F169" s="83" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:8" ht="12" thickBot="1">
-      <c r="A170" s="63"/>
-[...4 lines deleted...]
-      <c r="F170" s="60"/>
+      <c r="A170" s="55"/>
+      <c r="B170" s="51"/>
+      <c r="C170" s="51"/>
+      <c r="D170" s="51"/>
+      <c r="E170" s="51"/>
+      <c r="F170" s="52"/>
     </row>
     <row r="171" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A171" s="187" t="s">
-[...6 lines deleted...]
-      <c r="F171" s="189"/>
+      <c r="A171" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B171" s="149"/>
+      <c r="C171" s="149"/>
+      <c r="D171" s="149"/>
+      <c r="E171" s="149"/>
+      <c r="F171" s="150"/>
     </row>
     <row r="172" spans="1:8">
-      <c r="A172" s="80" t="s">
+      <c r="A172" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B172" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B172" s="6" t="s">
+      <c r="C172" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D172" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E172" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F172" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C172" s="100" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="173" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A173" s="109" t="s">
-[...17 lines deleted...]
-      <c r="G173" s="11"/>
+      <c r="A173" s="89" t="s">
+        <v>88</v>
+      </c>
+      <c r="B173" s="90" t="s">
+        <v>5</v>
+      </c>
+      <c r="C173" s="90" t="s">
+        <v>254</v>
+      </c>
+      <c r="D173" s="91" t="s">
+        <v>25</v>
+      </c>
+      <c r="E173" s="90" t="s">
+        <v>89</v>
+      </c>
+      <c r="F173" s="83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G173" s="10"/>
     </row>
     <row r="174" spans="1:8" ht="12" thickBot="1"/>
     <row r="175" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A175" s="151" t="s">
+      <c r="A175" s="119" t="s">
         <v>1</v>
       </c>
-      <c r="B175" s="152"/>
-[...3 lines deleted...]
-      <c r="F175" s="153"/>
+      <c r="B175" s="120"/>
+      <c r="C175" s="120"/>
+      <c r="D175" s="120"/>
+      <c r="E175" s="120"/>
+      <c r="F175" s="121"/>
     </row>
     <row r="176" spans="1:8">
-      <c r="A176" s="17" t="s">
+      <c r="A176" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B176" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B176" s="24" t="s">
+      <c r="C176" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D176" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E176" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F176" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C176" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E176" s="24" t="s">
+    </row>
+    <row r="177" spans="1:8" ht="25.2" customHeight="1">
+      <c r="A177" s="122" t="s">
+        <v>188</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F177" s="123" t="s">
+        <v>11</v>
+      </c>
+      <c r="H177" s="11"/>
+    </row>
+    <row r="178" spans="1:8" ht="23.4" customHeight="1">
+      <c r="A178" s="122" t="s">
+        <v>188</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F178" s="123" t="s">
+        <v>28</v>
+      </c>
+      <c r="H178" s="10"/>
+    </row>
+    <row r="179" spans="1:8" ht="23.4" customHeight="1">
+      <c r="A179" s="122" t="s">
+        <v>188</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F179" s="123" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" ht="24" customHeight="1" thickBot="1">
+      <c r="A180" s="124" t="s">
+        <v>188</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D180" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="F176" s="154" t="s">
-[...7 lines deleted...]
-      <c r="B177" s="1" t="s">
+      <c r="E180" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F180" s="31" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" ht="12" thickBot="1">
+      <c r="A181" s="118"/>
+      <c r="B181" s="100"/>
+      <c r="C181" s="100"/>
+      <c r="D181" s="100"/>
+      <c r="E181" s="100"/>
+      <c r="F181" s="85"/>
+    </row>
+    <row r="182" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A182" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B182" s="149"/>
+      <c r="C182" s="149"/>
+      <c r="D182" s="149"/>
+      <c r="E182" s="149"/>
+      <c r="F182" s="150"/>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B183" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C183" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D183" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E183" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F183" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8" ht="11.25" customHeight="1" thickBot="1">
+      <c r="A184" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...120 lines deleted...]
-      <c r="F184" s="47"/>
+      <c r="B184" s="41"/>
+      <c r="C184" s="108"/>
+      <c r="D184" s="48"/>
+      <c r="E184" s="41"/>
+      <c r="F184" s="42"/>
     </row>
     <row r="185" spans="1:8" ht="12" thickBot="1"/>
     <row r="186" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A186" s="57" t="s">
+      <c r="A186" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B186" s="58"/>
-[...3 lines deleted...]
-      <c r="F186" s="84"/>
+      <c r="B186" s="50"/>
+      <c r="C186" s="50"/>
+      <c r="D186" s="50"/>
+      <c r="E186" s="50"/>
+      <c r="F186" s="73"/>
     </row>
     <row r="187" spans="1:8">
-      <c r="A187" s="43" t="s">
+      <c r="A187" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B187" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B187" s="24" t="s">
+      <c r="C187" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D187" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E187" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F187" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C187" s="102" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="188" spans="1:8" ht="22.8">
-      <c r="A188" s="61" t="s">
-        <v>264</v>
+      <c r="A188" s="53" t="s">
+        <v>259</v>
       </c>
       <c r="B188" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F188" s="88" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A189" s="53" t="s">
+        <v>259</v>
+      </c>
+      <c r="B189" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C189" s="41" t="s">
+        <v>261</v>
+      </c>
+      <c r="D189" s="41" t="s">
+        <v>23</v>
+      </c>
+      <c r="E189" s="41" t="s">
+        <v>95</v>
+      </c>
+      <c r="F189" s="42" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8" ht="12" thickBot="1">
+      <c r="A190" s="55"/>
+      <c r="B190" s="51"/>
+      <c r="C190" s="51"/>
+      <c r="D190" s="51"/>
+      <c r="E190" s="51"/>
+      <c r="F190" s="52"/>
+    </row>
+    <row r="191" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A191" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B191" s="149"/>
+      <c r="C191" s="149"/>
+      <c r="D191" s="149"/>
+      <c r="E191" s="149"/>
+      <c r="F191" s="150"/>
+      <c r="G191" s="10"/>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B192" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C192" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D192" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E192" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F192" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8" ht="12" thickBot="1">
+      <c r="A193" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B189" s="46" t="s">
+      <c r="B193" s="41"/>
+      <c r="C193" s="41"/>
+      <c r="D193" s="41"/>
+      <c r="E193" s="41"/>
+      <c r="F193" s="42"/>
+    </row>
+    <row r="194" spans="1:8" ht="12" thickBot="1">
+      <c r="F194" s="47"/>
+    </row>
+    <row r="195" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A195" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B195" s="50"/>
+      <c r="C195" s="50"/>
+      <c r="D195" s="50"/>
+      <c r="E195" s="50"/>
+      <c r="F195" s="73"/>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B196" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C196" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D196" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E196" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F196" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A197" s="40" t="s">
+        <v>96</v>
+      </c>
+      <c r="B197" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C197" s="41" t="s">
+        <v>262</v>
+      </c>
+      <c r="D197" s="82" t="s">
+        <v>31</v>
+      </c>
+      <c r="E197" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="F197" s="83" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" ht="12" thickBot="1">
+      <c r="A198" s="55"/>
+      <c r="B198" s="51"/>
+      <c r="C198" s="51"/>
+      <c r="D198" s="51"/>
+      <c r="E198" s="51"/>
+      <c r="F198" s="52"/>
+    </row>
+    <row r="199" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A199" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B199" s="149"/>
+      <c r="C199" s="149"/>
+      <c r="D199" s="149"/>
+      <c r="E199" s="149"/>
+      <c r="F199" s="150"/>
+    </row>
+    <row r="200" spans="1:8" ht="12">
+      <c r="A200" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B200" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C200" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D200" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E200" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F200" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="G200" s="10"/>
+    </row>
+    <row r="201" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A201" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C189" s="46" t="s">
-[...5 lines deleted...]
-      <c r="E189" s="46" t="s">
+      <c r="B201" s="41"/>
+      <c r="C201" s="41"/>
+      <c r="D201" s="41"/>
+      <c r="E201" s="41"/>
+      <c r="F201" s="42"/>
+      <c r="G201" s="10"/>
+    </row>
+    <row r="202" spans="1:8" ht="12" thickBot="1">
+      <c r="F202" s="47"/>
+    </row>
+    <row r="203" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A203" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B203" s="50"/>
+      <c r="C203" s="50"/>
+      <c r="D203" s="50"/>
+      <c r="E203" s="50"/>
+      <c r="F203" s="73"/>
+    </row>
+    <row r="204" spans="1:8" ht="12">
+      <c r="A204" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B204" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C204" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D204" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E204" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F204" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="H204" s="10"/>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" s="53" t="s">
+        <v>97</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D205" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F205" s="88" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8" ht="12" thickBot="1">
+      <c r="A206" s="40" t="s">
+        <v>97</v>
+      </c>
+      <c r="B206" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C206" s="41" t="s">
+        <v>185</v>
+      </c>
+      <c r="D206" s="41" t="s">
+        <v>90</v>
+      </c>
+      <c r="E206" s="41" t="s">
+        <v>91</v>
+      </c>
+      <c r="F206" s="42" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" ht="12" thickBot="1">
+      <c r="A207" s="55"/>
+      <c r="B207" s="51"/>
+      <c r="C207" s="51"/>
+      <c r="D207" s="51"/>
+      <c r="E207" s="51"/>
+      <c r="F207" s="52"/>
+    </row>
+    <row r="208" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A208" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B208" s="149"/>
+      <c r="C208" s="149"/>
+      <c r="D208" s="149"/>
+      <c r="E208" s="149"/>
+      <c r="F208" s="150"/>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="A209" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B209" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C209" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D209" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E209" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F209" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" ht="12" thickBot="1">
+      <c r="A210" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B210" s="41"/>
+      <c r="C210" s="41"/>
+      <c r="D210" s="41"/>
+      <c r="E210" s="41"/>
+      <c r="F210" s="42"/>
+    </row>
+    <row r="211" spans="1:6" ht="12" thickBot="1">
+      <c r="F211" s="47"/>
+    </row>
+    <row r="212" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A212" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B212" s="50"/>
+      <c r="C212" s="50"/>
+      <c r="D212" s="50"/>
+      <c r="E212" s="50"/>
+      <c r="F212" s="73"/>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="A213" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B213" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C213" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D213" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E213" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F213" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" ht="46.2" thickBot="1">
+      <c r="A214" s="40" t="s">
+        <v>99</v>
+      </c>
+      <c r="B214" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C214" s="41" t="s">
         <v>100</v>
       </c>
-      <c r="F189" s="47" t="s">
-[...23 lines deleted...]
-      <c r="A192" s="80" t="s">
+      <c r="D214" s="82" t="s">
+        <v>101</v>
+      </c>
+      <c r="E214" s="41" t="s">
+        <v>102</v>
+      </c>
+      <c r="F214" s="83" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" ht="12" thickBot="1">
+      <c r="A215" s="129"/>
+      <c r="B215" s="86"/>
+      <c r="C215" s="86"/>
+      <c r="D215" s="86"/>
+      <c r="E215" s="86"/>
+      <c r="F215" s="105"/>
+    </row>
+    <row r="216" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A216" s="160" t="s">
+        <v>8</v>
+      </c>
+      <c r="B216" s="161"/>
+      <c r="C216" s="161"/>
+      <c r="D216" s="161"/>
+      <c r="E216" s="161"/>
+      <c r="F216" s="162"/>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B217" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B192" s="6" t="s">
+      <c r="C217" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D217" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E217" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F217" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C192" s="132" t="s">
-[...59 lines deleted...]
-      <c r="B197" s="46" t="s">
+    </row>
+    <row r="218" spans="1:6" ht="12" thickBot="1">
+      <c r="A218" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C197" s="46" t="s">
-[...283 lines deleted...]
-      <c r="F218" s="47"/>
+      <c r="B218" s="41"/>
+      <c r="C218" s="41"/>
+      <c r="D218" s="41"/>
+      <c r="E218" s="41"/>
+      <c r="F218" s="42"/>
     </row>
     <row r="219" spans="1:6" ht="12" thickBot="1"/>
     <row r="220" spans="1:6" ht="12.6" thickBot="1">
-      <c r="A220" s="57" t="s">
+      <c r="A220" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B220" s="58"/>
-[...3 lines deleted...]
-      <c r="F220" s="84"/>
+      <c r="B220" s="50"/>
+      <c r="C220" s="50"/>
+      <c r="D220" s="50"/>
+      <c r="E220" s="50"/>
+      <c r="F220" s="73"/>
     </row>
     <row r="221" spans="1:6">
-      <c r="A221" s="43" t="s">
+      <c r="A221" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B221" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B221" s="24" t="s">
+      <c r="C221" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D221" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E221" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F221" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C221" s="102" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="222" spans="1:6" ht="34.200000000000003">
-      <c r="A222" s="61" t="s">
-[...3 lines deleted...]
-        <v>108</v>
+      <c r="A222" s="53" t="s">
+        <v>263</v>
+      </c>
+      <c r="B222" s="7" t="s">
+        <v>103</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>104</v>
+      </c>
+      <c r="D222" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>15</v>
+      </c>
+      <c r="F222" s="88" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="223" spans="1:6" ht="34.200000000000003">
-      <c r="A223" s="61" t="s">
-[...3 lines deleted...]
-        <v>108</v>
+      <c r="A223" s="53" t="s">
+        <v>264</v>
+      </c>
+      <c r="B223" s="7" t="s">
+        <v>103</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>105</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>16</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="F223" s="88" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:6" ht="34.799999999999997" thickBot="1">
-      <c r="A224" s="45" t="s">
-[...15 lines deleted...]
-        <v>18</v>
+      <c r="A224" s="40" t="s">
+        <v>264</v>
+      </c>
+      <c r="B224" s="92" t="s">
+        <v>103</v>
+      </c>
+      <c r="C224" s="41" t="s">
+        <v>106</v>
+      </c>
+      <c r="D224" s="82" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="41" t="s">
+        <v>14</v>
+      </c>
+      <c r="F224" s="83" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="225" spans="1:6" ht="12" thickBot="1">
-      <c r="A225" s="63"/>
-[...4 lines deleted...]
-      <c r="F225" s="60"/>
+      <c r="A225" s="55"/>
+      <c r="B225" s="51"/>
+      <c r="C225" s="51"/>
+      <c r="D225" s="51"/>
+      <c r="E225" s="51"/>
+      <c r="F225" s="52"/>
     </row>
     <row r="226" spans="1:6" ht="12.6" thickBot="1">
-      <c r="A226" s="187" t="s">
-[...6 lines deleted...]
-      <c r="F226" s="189"/>
+      <c r="A226" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B226" s="149"/>
+      <c r="C226" s="149"/>
+      <c r="D226" s="149"/>
+      <c r="E226" s="149"/>
+      <c r="F226" s="150"/>
     </row>
     <row r="227" spans="1:6">
-      <c r="A227" s="80" t="s">
+      <c r="A227" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B227" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B227" s="6" t="s">
+      <c r="C227" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D227" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E227" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F227" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C227" s="132" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="228" spans="1:6" ht="12" thickBot="1">
-      <c r="A228" s="45" t="s">
-[...6 lines deleted...]
-      <c r="F228" s="47"/>
+      <c r="A228" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B228" s="41"/>
+      <c r="C228" s="108"/>
+      <c r="D228" s="48"/>
+      <c r="E228" s="41"/>
+      <c r="F228" s="42"/>
     </row>
     <row r="229" spans="1:6" ht="12" thickBot="1"/>
     <row r="230" spans="1:6" ht="12.6" thickBot="1">
-      <c r="A230" s="57" t="s">
+      <c r="A230" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B230" s="58"/>
-[...3 lines deleted...]
-      <c r="F230" s="84"/>
+      <c r="B230" s="50"/>
+      <c r="C230" s="50"/>
+      <c r="D230" s="50"/>
+      <c r="E230" s="50"/>
+      <c r="F230" s="73"/>
     </row>
     <row r="231" spans="1:6">
-      <c r="A231" s="43" t="s">
+      <c r="A231" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B231" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B231" s="24" t="s">
+      <c r="C231" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D231" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E231" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F231" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C231" s="102" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="232" spans="1:6" ht="23.4" thickBot="1">
-      <c r="A232" s="45" t="s">
-[...2 lines deleted...]
-      <c r="B232" s="46" t="s">
+      <c r="A232" s="40" t="s">
+        <v>107</v>
+      </c>
+      <c r="B232" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C232" s="108" t="s">
+        <v>265</v>
+      </c>
+      <c r="D232" s="109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E232" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F232" s="83" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" ht="12" thickBot="1">
+      <c r="A233" s="55"/>
+      <c r="B233" s="51"/>
+      <c r="C233" s="51"/>
+      <c r="D233" s="51"/>
+      <c r="E233" s="51"/>
+      <c r="F233" s="52"/>
+    </row>
+    <row r="234" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A234" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B234" s="149"/>
+      <c r="C234" s="149"/>
+      <c r="D234" s="149"/>
+      <c r="E234" s="149"/>
+      <c r="F234" s="150"/>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B235" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C235" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D235" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E235" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F235" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" ht="12" thickBot="1">
+      <c r="A236" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C232" s="133" t="s">
-[...58 lines deleted...]
-      <c r="F236" s="47"/>
+      <c r="B236" s="41"/>
+      <c r="C236" s="110"/>
+      <c r="D236" s="48"/>
+      <c r="E236" s="41"/>
+      <c r="F236" s="42"/>
     </row>
     <row r="237" spans="1:6" ht="12" thickBot="1"/>
     <row r="238" spans="1:6" ht="12.6" thickBot="1">
-      <c r="A238" s="57" t="s">
+      <c r="A238" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B238" s="58"/>
-[...3 lines deleted...]
-      <c r="F238" s="60"/>
+      <c r="B238" s="50"/>
+      <c r="C238" s="51"/>
+      <c r="D238" s="51"/>
+      <c r="E238" s="51"/>
+      <c r="F238" s="52"/>
     </row>
     <row r="239" spans="1:6">
-      <c r="A239" s="43" t="s">
+      <c r="A239" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B239" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C239" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D239" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E239" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F239" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" ht="29.25" customHeight="1">
+      <c r="A240" s="53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D240" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="F240" s="88" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6" ht="29.25" customHeight="1" thickBot="1">
+      <c r="A241" s="40" t="s">
+        <v>108</v>
+      </c>
+      <c r="B241" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C241" s="41" t="s">
+        <v>267</v>
+      </c>
+      <c r="D241" s="82" t="s">
+        <v>42</v>
+      </c>
+      <c r="E241" s="41" t="s">
+        <v>110</v>
+      </c>
+      <c r="F241" s="83" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" ht="12.6" customHeight="1" thickBot="1">
+      <c r="A242" s="93"/>
+      <c r="F242" s="69"/>
+    </row>
+    <row r="243" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A243" s="165" t="s">
+        <v>8</v>
+      </c>
+      <c r="B243" s="166"/>
+      <c r="C243" s="166"/>
+      <c r="D243" s="166"/>
+      <c r="E243" s="166"/>
+      <c r="F243" s="167"/>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B244" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C244" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D244" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E244" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F244" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" ht="25.5" customHeight="1">
+      <c r="A245" s="62" t="s">
+        <v>108</v>
+      </c>
+      <c r="B245" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C245" s="19" t="s">
+        <v>268</v>
+      </c>
+      <c r="D245" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E245" s="19" t="s">
+        <v>109</v>
+      </c>
+      <c r="F245" s="65" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A246" s="40" t="s">
+        <v>108</v>
+      </c>
+      <c r="B246" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C246" s="41" t="s">
+        <v>111</v>
+      </c>
+      <c r="D246" s="41" t="s">
+        <v>42</v>
+      </c>
+      <c r="E246" s="41" t="s">
+        <v>112</v>
+      </c>
+      <c r="F246" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6" ht="12" thickBot="1">
+      <c r="F247" s="47"/>
+    </row>
+    <row r="248" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A248" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B248" s="50"/>
+      <c r="C248" s="50"/>
+      <c r="D248" s="50"/>
+      <c r="E248" s="50"/>
+      <c r="F248" s="73"/>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B249" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C249" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D249" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E249" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F249" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" ht="22.8">
+      <c r="A250" s="122" t="s">
+        <v>271</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D250" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E250" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="B239" s="24" t="s">
+      <c r="F250" s="88" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A251" s="134" t="s">
+        <v>271</v>
+      </c>
+      <c r="B251" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C251" s="41" t="s">
+        <v>270</v>
+      </c>
+      <c r="D251" s="82" t="s">
+        <v>113</v>
+      </c>
+      <c r="E251" s="41" t="s">
+        <v>114</v>
+      </c>
+      <c r="F251" s="83" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6" ht="12" thickBot="1">
+      <c r="A252" s="55"/>
+      <c r="B252" s="51"/>
+      <c r="C252" s="51"/>
+      <c r="D252" s="51"/>
+      <c r="E252" s="51"/>
+      <c r="F252" s="52"/>
+    </row>
+    <row r="253" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A253" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B253" s="149"/>
+      <c r="C253" s="149"/>
+      <c r="D253" s="149"/>
+      <c r="E253" s="149"/>
+      <c r="F253" s="150"/>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B254" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C254" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D254" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E254" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F254" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C239" s="102" t="s">
-[...16 lines deleted...]
-      <c r="B240" s="1" t="s">
+    </row>
+    <row r="255" spans="1:6" ht="12" thickBot="1">
+      <c r="A255" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C240" s="1" t="s">
-[...225 lines deleted...]
-      <c r="F255" s="47"/>
+      <c r="B255" s="41"/>
+      <c r="C255" s="41"/>
+      <c r="D255" s="41"/>
+      <c r="E255" s="41"/>
+      <c r="F255" s="42"/>
     </row>
     <row r="256" spans="1:6" ht="12" thickBot="1"/>
     <row r="257" spans="1:7" ht="12.6" thickBot="1">
-      <c r="A257" s="57" t="s">
+      <c r="A257" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B257" s="58"/>
-[...3 lines deleted...]
-      <c r="F257" s="84"/>
+      <c r="B257" s="50"/>
+      <c r="C257" s="50"/>
+      <c r="D257" s="50"/>
+      <c r="E257" s="50"/>
+      <c r="F257" s="73"/>
     </row>
     <row r="258" spans="1:7" ht="19.2" customHeight="1">
-      <c r="A258" s="43" t="s">
+      <c r="A258" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B258" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B258" s="24" t="s">
+      <c r="C258" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D258" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E258" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F258" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C258" s="102" t="s">
-[...5 lines deleted...]
-      <c r="E258" s="24" t="s">
+    </row>
+    <row r="259" spans="1:7" ht="22.8">
+      <c r="A259" s="53" t="s">
+        <v>115</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E259" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F259" s="54" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A260" s="40" t="s">
+        <v>115</v>
+      </c>
+      <c r="B260" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C260" s="41" t="s">
+        <v>116</v>
+      </c>
+      <c r="D260" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="E260" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="F260" s="42" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" ht="12" thickBot="1">
+      <c r="A261" s="55"/>
+      <c r="B261" s="51"/>
+      <c r="C261" s="51"/>
+      <c r="D261" s="51"/>
+      <c r="E261" s="51"/>
+      <c r="F261" s="52"/>
+    </row>
+    <row r="262" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A262" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B262" s="149"/>
+      <c r="C262" s="149"/>
+      <c r="D262" s="149"/>
+      <c r="E262" s="149"/>
+      <c r="F262" s="150"/>
+    </row>
+    <row r="263" spans="1:7">
+      <c r="A263" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B263" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C263" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D263" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E263" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F263" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A264" s="40" t="s">
+        <v>115</v>
+      </c>
+      <c r="B264" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C264" s="92" t="s">
+        <v>272</v>
+      </c>
+      <c r="D264" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="E264" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="F264" s="42" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" ht="12" thickBot="1">
+      <c r="F265" s="47"/>
+    </row>
+    <row r="266" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A266" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B266" s="50"/>
+      <c r="C266" s="50"/>
+      <c r="D266" s="50"/>
+      <c r="E266" s="50"/>
+      <c r="F266" s="73"/>
+    </row>
+    <row r="267" spans="1:7">
+      <c r="A267" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B267" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C267" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D267" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E267" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F267" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" ht="28.5" customHeight="1">
+      <c r="A268" s="53" t="s">
+        <v>177</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D268" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E268" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F268" s="88" t="s">
+        <v>28</v>
+      </c>
+      <c r="G268" s="168"/>
+    </row>
+    <row r="269" spans="1:7" ht="22.8">
+      <c r="A269" s="53" t="s">
+        <v>177</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="F269" s="88" t="s">
+        <v>28</v>
+      </c>
+      <c r="G269" s="168"/>
+    </row>
+    <row r="270" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A270" s="40" t="s">
+        <v>177</v>
+      </c>
+      <c r="B270" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C270" s="41" t="s">
+        <v>122</v>
+      </c>
+      <c r="D270" s="82" t="s">
+        <v>40</v>
+      </c>
+      <c r="E270" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="F270" s="83" t="s">
+        <v>28</v>
+      </c>
+      <c r="G270" s="168"/>
+    </row>
+    <row r="271" spans="1:7" ht="12" thickBot="1">
+      <c r="A271" s="55"/>
+      <c r="B271" s="51"/>
+      <c r="C271" s="51"/>
+      <c r="D271" s="51"/>
+      <c r="E271" s="51"/>
+      <c r="F271" s="52"/>
+    </row>
+    <row r="272" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A272" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B272" s="149"/>
+      <c r="C272" s="149"/>
+      <c r="D272" s="149"/>
+      <c r="E272" s="149"/>
+      <c r="F272" s="150"/>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B273" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C273" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D273" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E273" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F273" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8" ht="12" thickBot="1">
+      <c r="A274" s="70" t="s">
+        <v>9</v>
+      </c>
+      <c r="B274" s="71"/>
+      <c r="C274" s="71"/>
+      <c r="D274" s="71"/>
+      <c r="E274" s="71"/>
+      <c r="F274" s="72"/>
+    </row>
+    <row r="275" spans="1:8" ht="12" thickBot="1">
+      <c r="F275" s="47"/>
+    </row>
+    <row r="276" spans="1:8" ht="19.2" customHeight="1" thickBot="1">
+      <c r="A276" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B276" s="50"/>
+      <c r="C276" s="126"/>
+      <c r="D276" s="50"/>
+      <c r="E276" s="50"/>
+      <c r="F276" s="73"/>
+    </row>
+    <row r="277" spans="1:8" ht="15.6">
+      <c r="A277" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B277" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C277" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D277" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E277" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F277" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="G277" s="21"/>
+    </row>
+    <row r="278" spans="1:8" ht="22.8" customHeight="1">
+      <c r="A278" s="143" t="s">
+        <v>123</v>
+      </c>
+      <c r="B278" s="144" t="s">
+        <v>5</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E278" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F278" s="145" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8" ht="22.8" customHeight="1" thickBot="1">
+      <c r="A279" s="143" t="s">
+        <v>123</v>
+      </c>
+      <c r="B279" s="144" t="s">
+        <v>5</v>
+      </c>
+      <c r="C279" s="48" t="s">
+        <v>274</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E279" s="48" t="s">
+        <v>194</v>
+      </c>
+      <c r="F279" s="145" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8" ht="12" thickBot="1">
+      <c r="A280" s="55"/>
+      <c r="B280" s="51"/>
+      <c r="C280" s="51"/>
+      <c r="D280" s="51"/>
+      <c r="E280" s="51"/>
+      <c r="F280" s="52"/>
+    </row>
+    <row r="281" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A281" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B281" s="149"/>
+      <c r="C281" s="149"/>
+      <c r="D281" s="149"/>
+      <c r="E281" s="149"/>
+      <c r="F281" s="150"/>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B282" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C282" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D282" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E282" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F282" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8" ht="12" thickBot="1">
+      <c r="A283" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B283" s="41"/>
+      <c r="C283" s="41"/>
+      <c r="D283" s="41"/>
+      <c r="E283" s="41"/>
+      <c r="F283" s="42"/>
+    </row>
+    <row r="284" spans="1:8" ht="14.4" customHeight="1" thickBot="1">
+      <c r="H284" s="21"/>
+    </row>
+    <row r="285" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A285" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B285" s="50"/>
+      <c r="C285" s="50"/>
+      <c r="D285" s="50"/>
+      <c r="E285" s="50"/>
+      <c r="F285" s="73"/>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B286" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C286" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D286" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E286" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F286" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" s="53" t="s">
+        <v>125</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C287" s="112" t="s">
+        <v>126</v>
+      </c>
+      <c r="D287" s="111" t="s">
+        <v>127</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="F287" s="88" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8" ht="12" thickBot="1">
+      <c r="A288" s="40" t="s">
+        <v>125</v>
+      </c>
+      <c r="B288" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C288" s="41" t="s">
+        <v>128</v>
+      </c>
+      <c r="D288" s="41" t="s">
+        <v>55</v>
+      </c>
+      <c r="E288" s="41" t="s">
+        <v>129</v>
+      </c>
+      <c r="F288" s="83" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A289" s="55"/>
+      <c r="B289" s="51"/>
+      <c r="C289" s="51"/>
+      <c r="D289" s="51"/>
+      <c r="E289" s="51"/>
+      <c r="F289" s="52"/>
+      <c r="G289" s="10"/>
+    </row>
+    <row r="290" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A290" s="160" t="s">
+        <v>8</v>
+      </c>
+      <c r="B290" s="161"/>
+      <c r="C290" s="161"/>
+      <c r="D290" s="161"/>
+      <c r="E290" s="161"/>
+      <c r="F290" s="162"/>
+    </row>
+    <row r="291" spans="1:7">
+      <c r="A291" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B291" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C291" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D291" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E291" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F291" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" ht="12" thickBot="1">
+      <c r="A292" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B292" s="41"/>
+      <c r="C292" s="108"/>
+      <c r="D292" s="48"/>
+      <c r="E292" s="41"/>
+      <c r="F292" s="42"/>
+    </row>
+    <row r="293" spans="1:7" ht="12" thickBot="1">
+      <c r="F293" s="47"/>
+    </row>
+    <row r="294" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A294" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B294" s="50"/>
+      <c r="C294" s="50"/>
+      <c r="D294" s="50"/>
+      <c r="E294" s="50"/>
+      <c r="F294" s="73"/>
+    </row>
+    <row r="295" spans="1:7">
+      <c r="A295" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B295" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C295" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D295" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E295" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F295" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" ht="22.8">
+      <c r="A296" s="53" t="s">
+        <v>278</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D296" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F296" s="88" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" ht="22.8">
+      <c r="A297" s="53" t="s">
+        <v>279</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D297" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F297" s="88" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" ht="22.8">
+      <c r="A298" s="53" t="s">
+        <v>279</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D298" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E298" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F298" s="88" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A299" s="40" t="s">
+        <v>279</v>
+      </c>
+      <c r="B299" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C299" s="41" t="s">
+        <v>131</v>
+      </c>
+      <c r="D299" s="82" t="s">
+        <v>93</v>
+      </c>
+      <c r="E299" s="41" t="s">
+        <v>132</v>
+      </c>
+      <c r="F299" s="83" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" ht="12" thickBot="1">
+      <c r="A300" s="55"/>
+      <c r="B300" s="51"/>
+      <c r="C300" s="51"/>
+      <c r="D300" s="51"/>
+      <c r="E300" s="51"/>
+      <c r="F300" s="52"/>
+    </row>
+    <row r="301" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A301" s="160" t="s">
+        <v>8</v>
+      </c>
+      <c r="B301" s="161"/>
+      <c r="C301" s="161"/>
+      <c r="D301" s="161"/>
+      <c r="E301" s="161"/>
+      <c r="F301" s="162"/>
+    </row>
+    <row r="302" spans="1:7">
+      <c r="A302" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B302" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C302" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D302" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E302" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F302" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" ht="12" thickBot="1">
+      <c r="A303" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B303" s="41"/>
+      <c r="C303" s="108"/>
+      <c r="D303" s="48"/>
+      <c r="E303" s="41"/>
+      <c r="F303" s="42"/>
+    </row>
+    <row r="304" spans="1:7" ht="12" thickBot="1">
+      <c r="F304" s="47"/>
+    </row>
+    <row r="305" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B305" s="50"/>
+      <c r="C305" s="50"/>
+      <c r="D305" s="50"/>
+      <c r="E305" s="50"/>
+      <c r="F305" s="73"/>
+    </row>
+    <row r="306" spans="1:7">
+      <c r="A306" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B306" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C306" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D306" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E306" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F306" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" ht="45.6">
+      <c r="A307" s="133" t="s">
+        <v>133</v>
+      </c>
+      <c r="B307" s="137" t="s">
+        <v>5</v>
+      </c>
+      <c r="C307" s="140" t="s">
+        <v>280</v>
+      </c>
+      <c r="D307" s="138" t="s">
+        <v>39</v>
+      </c>
+      <c r="E307" s="138" t="s">
+        <v>39</v>
+      </c>
+      <c r="F307" s="139" t="s">
+        <v>39</v>
+      </c>
+      <c r="G307" s="168"/>
+    </row>
+    <row r="308" spans="1:7" ht="45.6">
+      <c r="A308" s="53" t="s">
+        <v>133</v>
+      </c>
+      <c r="B308" s="113" t="s">
+        <v>5</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D308" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E308" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F308" s="88" t="s">
+        <v>39</v>
+      </c>
+      <c r="G308" s="168"/>
+    </row>
+    <row r="309" spans="1:7" ht="46.2" thickBot="1">
+      <c r="A309" s="107" t="s">
+        <v>133</v>
+      </c>
+      <c r="B309" s="60" t="s">
+        <v>5</v>
+      </c>
+      <c r="C309" s="48" t="s">
+        <v>282</v>
+      </c>
+      <c r="D309" s="82" t="s">
+        <v>80</v>
+      </c>
+      <c r="E309" s="41" t="s">
+        <v>134</v>
+      </c>
+      <c r="F309" s="83" t="s">
+        <v>39</v>
+      </c>
+      <c r="G309" s="168"/>
+    </row>
+    <row r="310" spans="1:7" ht="12" thickBot="1">
+      <c r="A310" s="56"/>
+      <c r="B310" s="47"/>
+      <c r="C310" s="47"/>
+      <c r="D310" s="47"/>
+      <c r="E310" s="47"/>
+      <c r="F310" s="57"/>
+    </row>
+    <row r="311" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A311" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B311" s="149"/>
+      <c r="C311" s="149"/>
+      <c r="D311" s="149"/>
+      <c r="E311" s="149"/>
+      <c r="F311" s="150"/>
+    </row>
+    <row r="312" spans="1:7">
+      <c r="A312" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B312" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C312" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D312" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E312" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F312" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" ht="12" thickBot="1">
+      <c r="A313" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B313" s="41"/>
+      <c r="C313" s="41"/>
+      <c r="D313" s="41"/>
+      <c r="E313" s="41"/>
+      <c r="F313" s="42"/>
+    </row>
+    <row r="314" spans="1:7" ht="12" thickBot="1">
+      <c r="A314" s="51"/>
+      <c r="B314" s="51"/>
+      <c r="C314" s="51"/>
+      <c r="D314" s="51"/>
+      <c r="F314" s="51"/>
+    </row>
+    <row r="315" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B315" s="51"/>
+      <c r="C315" s="51"/>
+      <c r="D315" s="51"/>
+      <c r="E315" s="51"/>
+      <c r="F315" s="52"/>
+    </row>
+    <row r="316" spans="1:7">
+      <c r="A316" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B316" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C316" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D316" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E316" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F316" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" ht="22.8">
+      <c r="A317" s="53" t="s">
+        <v>135</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D317" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F317" s="88" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" ht="23.4" thickBot="1">
+      <c r="A318" s="40" t="s">
+        <v>135</v>
+      </c>
+      <c r="B318" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C318" s="41" t="s">
+        <v>284</v>
+      </c>
+      <c r="D318" s="82" t="s">
+        <v>53</v>
+      </c>
+      <c r="E318" s="41" t="s">
+        <v>54</v>
+      </c>
+      <c r="F318" s="83" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" ht="12" thickBot="1">
+      <c r="A319" s="55"/>
+      <c r="B319" s="51"/>
+      <c r="C319" s="51"/>
+      <c r="D319" s="51"/>
+      <c r="E319" s="51"/>
+      <c r="F319" s="52"/>
+    </row>
+    <row r="320" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A320" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B320" s="155"/>
+      <c r="C320" s="155"/>
+      <c r="D320" s="155"/>
+      <c r="E320" s="155"/>
+      <c r="F320" s="156"/>
+      <c r="G320" s="23"/>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B321" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C321" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D321" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E321" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F321" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8" ht="22.8">
+      <c r="A322" s="53" t="s">
+        <v>135</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D322" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="F322" s="88" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8" ht="22.8">
+      <c r="A323" s="53" t="s">
+        <v>135</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D323" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="F323" s="88" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A324" s="40" t="s">
+        <v>135</v>
+      </c>
+      <c r="B324" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C324" s="41" t="s">
+        <v>286</v>
+      </c>
+      <c r="D324" s="82" t="s">
+        <v>53</v>
+      </c>
+      <c r="E324" s="41" t="s">
+        <v>137</v>
+      </c>
+      <c r="F324" s="83" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8" ht="12" thickBot="1">
+      <c r="F325" s="47"/>
+      <c r="H325" s="117"/>
+    </row>
+    <row r="326" spans="1:8" ht="15.6" customHeight="1" thickBot="1">
+      <c r="A326" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B326" s="50"/>
+      <c r="C326" s="50"/>
+      <c r="D326" s="50"/>
+      <c r="E326" s="50"/>
+      <c r="F326" s="73"/>
+      <c r="H326" s="24"/>
+    </row>
+    <row r="327" spans="1:8" ht="30" customHeight="1">
+      <c r="A327" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B327" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C327" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D327" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E327" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F327" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8" ht="27" customHeight="1">
+      <c r="A328" s="53" t="s">
+        <v>138</v>
+      </c>
+      <c r="B328" s="113" t="s">
+        <v>5</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F328" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8" ht="12" thickBot="1">
+      <c r="A329" s="40" t="s">
+        <v>138</v>
+      </c>
+      <c r="B329" s="71" t="s">
+        <v>5</v>
+      </c>
+      <c r="C329" s="41" t="s">
+        <v>289</v>
+      </c>
+      <c r="D329" s="41" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="41" t="s">
+        <v>14</v>
+      </c>
+      <c r="F329" s="42" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A330" s="94"/>
+      <c r="B330" s="86"/>
+      <c r="C330" s="86"/>
+      <c r="D330" s="86"/>
+      <c r="E330" s="86"/>
+      <c r="F330" s="105"/>
+    </row>
+    <row r="331" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A331" s="157" t="s">
+        <v>8</v>
+      </c>
+      <c r="B331" s="158"/>
+      <c r="C331" s="158"/>
+      <c r="D331" s="158"/>
+      <c r="E331" s="158"/>
+      <c r="F331" s="159"/>
+    </row>
+    <row r="332" spans="1:8" ht="32.25" customHeight="1">
+      <c r="A332" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B332" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C332" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D332" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E332" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F332" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8" ht="28.5" customHeight="1" thickBot="1">
+      <c r="A333" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B333" s="41"/>
+      <c r="C333" s="41"/>
+      <c r="D333" s="41"/>
+      <c r="E333" s="41"/>
+      <c r="F333" s="83"/>
+    </row>
+    <row r="334" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A334" s="10"/>
+    </row>
+    <row r="335" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A335" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B335" s="50"/>
+      <c r="C335" s="51"/>
+      <c r="D335" s="51"/>
+      <c r="E335" s="51"/>
+      <c r="F335" s="52"/>
+    </row>
+    <row r="336" spans="1:8" ht="12">
+      <c r="A336" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B336" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C336" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D336" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E336" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F336" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="G336" s="12"/>
+    </row>
+    <row r="337" spans="1:8" ht="22.8">
+      <c r="A337" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D337" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F337" s="88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337" s="12"/>
+    </row>
+    <row r="338" spans="1:8" ht="22.8">
+      <c r="A338" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D338" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F338" s="88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G338" s="12"/>
+    </row>
+    <row r="339" spans="1:8" ht="22.8">
+      <c r="A339" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D339" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F339" s="88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G339" s="11"/>
+    </row>
+    <row r="340" spans="1:8" ht="22.8">
+      <c r="A340" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D340" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="F340" s="88" t="s">
+        <v>19</v>
+      </c>
+      <c r="G340" s="11"/>
+    </row>
+    <row r="341" spans="1:8" ht="22.8">
+      <c r="A341" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D341" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F258" s="71" t="s">
-[...7 lines deleted...]
-      <c r="B259" s="1" t="s">
+      <c r="E341" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F341" s="88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G341" s="11"/>
+    </row>
+    <row r="342" spans="1:8" ht="22.8">
+      <c r="A342" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D342" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="F342" s="88" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8" ht="27" customHeight="1">
+      <c r="A343" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D343" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F343" s="88" t="s">
+        <v>39</v>
+      </c>
+      <c r="H343" s="12"/>
+    </row>
+    <row r="344" spans="1:8" ht="24.75" customHeight="1">
+      <c r="A344" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D344" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F344" s="88" t="s">
+        <v>24</v>
+      </c>
+      <c r="G344" s="10"/>
+      <c r="H344" s="12"/>
+    </row>
+    <row r="345" spans="1:8" ht="22.5" customHeight="1">
+      <c r="A345" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D345" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F345" s="88" t="s">
+        <v>31</v>
+      </c>
+      <c r="H345" s="12"/>
+    </row>
+    <row r="346" spans="1:8" ht="23.25" customHeight="1">
+      <c r="A346" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D346" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F346" s="88" t="s">
+        <v>14</v>
+      </c>
+      <c r="H346" s="11"/>
+    </row>
+    <row r="347" spans="1:8" ht="21" customHeight="1">
+      <c r="A347" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D347" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F347" s="88" t="s">
+        <v>28</v>
+      </c>
+      <c r="H347" s="11"/>
+    </row>
+    <row r="348" spans="1:8" ht="25.5" customHeight="1">
+      <c r="A348" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D348" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="F348" s="88" t="s">
+        <v>36</v>
+      </c>
+      <c r="H348" s="11"/>
+    </row>
+    <row r="349" spans="1:8" ht="23.25" customHeight="1">
+      <c r="A349" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D349" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="F349" s="88" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8" ht="25.5" customHeight="1">
+      <c r="A350" s="95" t="s">
+        <v>139</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D350" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="F350" s="88" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8" ht="25.5" customHeight="1" thickBot="1">
+      <c r="A351" s="96" t="s">
+        <v>139</v>
+      </c>
+      <c r="B351" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C351" s="41" t="s">
+        <v>303</v>
+      </c>
+      <c r="D351" s="82" t="s">
+        <v>42</v>
+      </c>
+      <c r="E351" s="41" t="s">
+        <v>110</v>
+      </c>
+      <c r="F351" s="83" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1">
+      <c r="A352" s="129"/>
+      <c r="B352" s="86"/>
+      <c r="C352" s="86"/>
+      <c r="D352" s="86"/>
+      <c r="E352" s="86"/>
+      <c r="F352" s="105"/>
+    </row>
+    <row r="353" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1">
+      <c r="A353" s="157" t="s">
+        <v>8</v>
+      </c>
+      <c r="B353" s="158"/>
+      <c r="C353" s="158"/>
+      <c r="D353" s="158"/>
+      <c r="E353" s="158"/>
+      <c r="F353" s="159"/>
+      <c r="G353" s="15"/>
+    </row>
+    <row r="354" spans="1:8" ht="18" customHeight="1">
+      <c r="A354" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B354" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C354" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D354" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E354" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F354" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8" ht="12" thickBot="1">
+      <c r="A355" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...1475 lines deleted...]
-      <c r="F355" s="94"/>
+      <c r="B355" s="41"/>
+      <c r="C355" s="41"/>
+      <c r="D355" s="41"/>
+      <c r="E355" s="41"/>
+      <c r="F355" s="83"/>
     </row>
     <row r="356" spans="1:8" ht="12" thickBot="1">
       <c r="F356" s="5"/>
     </row>
     <row r="357" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A357" s="57" t="s">
+      <c r="A357" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B357" s="40"/>
-[...3 lines deleted...]
-      <c r="F357" s="42"/>
+      <c r="B357" s="37"/>
+      <c r="C357" s="38"/>
+      <c r="D357" s="38"/>
+      <c r="E357" s="38"/>
+      <c r="F357" s="39"/>
     </row>
     <row r="358" spans="1:8">
-      <c r="A358" s="43" t="s">
+      <c r="A358" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B358" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B358" s="24" t="s">
+      <c r="C358" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D358" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E358" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F358" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C358" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E358" s="24" t="s">
+    </row>
+    <row r="359" spans="1:8" ht="43.8" thickBot="1">
+      <c r="A359" s="97" t="s">
+        <v>144</v>
+      </c>
+      <c r="B359" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C359" s="101" t="s">
+        <v>304</v>
+      </c>
+      <c r="D359" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E359" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F359" s="42" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8" ht="12" thickBot="1">
+      <c r="A360" s="43"/>
+      <c r="B360" s="38"/>
+      <c r="C360" s="38"/>
+      <c r="D360" s="38"/>
+      <c r="E360" s="38"/>
+      <c r="F360" s="39"/>
+    </row>
+    <row r="361" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A361" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B361" s="155"/>
+      <c r="C361" s="155"/>
+      <c r="D361" s="155"/>
+      <c r="E361" s="155"/>
+      <c r="F361" s="156"/>
+    </row>
+    <row r="362" spans="1:8" ht="12">
+      <c r="A362" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B362" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C362" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D362" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E362" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F362" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="G362" s="10"/>
+    </row>
+    <row r="363" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A363" s="89" t="s">
+        <v>9</v>
+      </c>
+      <c r="B363" s="90" t="s">
+        <v>87</v>
+      </c>
+      <c r="C363" s="90" t="s">
+        <v>87</v>
+      </c>
+      <c r="D363" s="90"/>
+      <c r="E363" s="90" t="s">
+        <v>87</v>
+      </c>
+      <c r="F363" s="98"/>
+      <c r="G363" s="10"/>
+    </row>
+    <row r="364" spans="1:8" ht="12" thickBot="1">
+      <c r="A364" s="51"/>
+    </row>
+    <row r="365" spans="1:8" ht="21.75" customHeight="1" thickBot="1">
+      <c r="A365" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B365" s="50"/>
+      <c r="C365" s="99"/>
+      <c r="D365" s="99"/>
+      <c r="E365" s="50"/>
+      <c r="F365" s="73"/>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B366" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C366" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D366" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E366" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F366" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8" ht="22.8">
+      <c r="A367" s="53" t="s">
+        <v>145</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D367" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="E367" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F367" s="88" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A368" s="40" t="s">
+        <v>145</v>
+      </c>
+      <c r="B368" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C368" s="41" t="s">
+        <v>306</v>
+      </c>
+      <c r="D368" s="82" t="s">
+        <v>39</v>
+      </c>
+      <c r="E368" s="41" t="s">
+        <v>39</v>
+      </c>
+      <c r="F368" s="83" t="s">
+        <v>39</v>
+      </c>
+      <c r="H368" s="10"/>
+    </row>
+    <row r="369" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A369" s="55"/>
+      <c r="B369" s="51"/>
+      <c r="C369" s="51"/>
+      <c r="D369" s="51"/>
+      <c r="E369" s="51"/>
+      <c r="F369" s="52"/>
+      <c r="H369" s="10"/>
+    </row>
+    <row r="370" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A370" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B370" s="155"/>
+      <c r="C370" s="155"/>
+      <c r="D370" s="155"/>
+      <c r="E370" s="155"/>
+      <c r="F370" s="156"/>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B371" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C371" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D371" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E371" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F371" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8" ht="12" thickBot="1">
+      <c r="A372" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B372" s="41"/>
+      <c r="C372" s="41"/>
+      <c r="D372" s="41"/>
+      <c r="E372" s="41"/>
+      <c r="F372" s="83"/>
+    </row>
+    <row r="373" spans="1:8" ht="12" thickBot="1">
+      <c r="A373" s="51"/>
+    </row>
+    <row r="374" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A374" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B374" s="50"/>
+      <c r="C374" s="50"/>
+      <c r="D374" s="50"/>
+      <c r="E374" s="50"/>
+      <c r="F374" s="73"/>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B375" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C375" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D375" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E375" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F375" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8" ht="22.8">
+      <c r="A376" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D376" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F376" s="88" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8" ht="22.8">
+      <c r="A377" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D377" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F377" s="88" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8" ht="22.8">
+      <c r="A378" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D378" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F378" s="88" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8" ht="22.8">
+      <c r="A379" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D379" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="F379" s="88" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8" ht="26.25" customHeight="1">
+      <c r="A380" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D380" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="F358" s="44" t="s">
-[...4 lines deleted...]
-      <c r="A359" s="117" t="s">
+      <c r="E380" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F380" s="54" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8" ht="22.8">
+      <c r="A381" s="62" t="s">
+        <v>308</v>
+      </c>
+      <c r="B381" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C381" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="D381" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="E381" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F381" s="81" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8" ht="22.8">
+      <c r="A382" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D382" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F382" s="88" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8" ht="22.8">
+      <c r="A383" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D383" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F383" s="88" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8" ht="22.8">
+      <c r="A384" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D384" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="F384" s="88" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7" ht="27" customHeight="1" thickBot="1">
+      <c r="A385" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B385" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C385" s="41" t="s">
         <v>149</v>
       </c>
-      <c r="B359" s="46" t="s">
+      <c r="D385" s="82" t="s">
+        <v>14</v>
+      </c>
+      <c r="E385" s="41" t="s">
+        <v>14</v>
+      </c>
+      <c r="F385" s="83" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7" ht="12" thickBot="1">
+      <c r="A386" s="55"/>
+      <c r="B386" s="51"/>
+      <c r="C386" s="51"/>
+      <c r="D386" s="51"/>
+      <c r="E386" s="51"/>
+      <c r="F386" s="52"/>
+    </row>
+    <row r="387" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A387" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B387" s="155"/>
+      <c r="C387" s="155"/>
+      <c r="D387" s="155"/>
+      <c r="E387" s="155"/>
+      <c r="F387" s="156"/>
+    </row>
+    <row r="388" spans="1:7">
+      <c r="A388" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B388" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C388" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D388" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E388" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F388" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="389" spans="1:7" ht="12" thickBot="1">
+      <c r="A389" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C359" s="121" t="s">
-[...470 lines deleted...]
-      <c r="F389" s="47"/>
+      <c r="B389" s="41"/>
+      <c r="C389" s="41"/>
+      <c r="D389" s="100"/>
+      <c r="E389" s="100"/>
+      <c r="F389" s="42"/>
     </row>
     <row r="390" spans="1:7" ht="12" thickBot="1"/>
     <row r="391" spans="1:7" ht="12.6" thickBot="1">
-      <c r="A391" s="57" t="s">
+      <c r="A391" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B391" s="58"/>
-[...3 lines deleted...]
-      <c r="F391" s="60"/>
+      <c r="B391" s="50"/>
+      <c r="C391" s="51"/>
+      <c r="D391" s="51"/>
+      <c r="E391" s="51"/>
+      <c r="F391" s="52"/>
     </row>
     <row r="392" spans="1:7" ht="12">
-      <c r="A392" s="43" t="s">
+      <c r="A392" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B392" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B392" s="24" t="s">
+      <c r="C392" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D392" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E392" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F392" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C392" s="24" t="s">
-[...11 lines deleted...]
-      <c r="G392" s="11"/>
+      <c r="G392" s="10"/>
     </row>
     <row r="393" spans="1:7">
-      <c r="A393" s="61" t="s">
+      <c r="A393" s="53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F393" s="54" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="394" spans="1:7">
+      <c r="A394" s="53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E394" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="F394" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="395" spans="1:7">
+      <c r="A395" s="53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E395" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F395" s="54" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7">
+      <c r="A396" s="53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E396" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F396" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7">
+      <c r="A397" s="53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C397" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="D397" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E397" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="F397" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7" ht="22.8">
+      <c r="A398" s="53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="F398" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7">
+      <c r="A399" s="53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C399" s="8" t="s">
+        <v>319</v>
+      </c>
+      <c r="D399" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E399" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F399" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7" ht="12" thickBot="1">
+      <c r="A400" s="53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B400" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C400" s="101" t="s">
+        <v>320</v>
+      </c>
+      <c r="D400" s="101" t="s">
+        <v>24</v>
+      </c>
+      <c r="E400" s="101" t="s">
+        <v>24</v>
+      </c>
+      <c r="F400" s="42" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="401" spans="1:6" ht="12" thickBot="1">
+      <c r="A401" s="55"/>
+      <c r="B401" s="51"/>
+      <c r="C401" s="51"/>
+      <c r="D401" s="51"/>
+      <c r="E401" s="51"/>
+      <c r="F401" s="52"/>
+    </row>
+    <row r="402" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A402" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B402" s="155"/>
+      <c r="C402" s="155"/>
+      <c r="D402" s="155"/>
+      <c r="E402" s="155"/>
+      <c r="F402" s="156"/>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="A403" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B403" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C403" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D403" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E403" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F403" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6" ht="12" thickBot="1">
+      <c r="A404" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C393" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B394" s="1" t="s">
+      <c r="B404" s="41"/>
+      <c r="C404" s="41"/>
+      <c r="D404" s="41"/>
+      <c r="E404" s="41"/>
+      <c r="F404" s="42"/>
+    </row>
+    <row r="405" spans="1:6" ht="12" thickBot="1">
+      <c r="F405" s="47"/>
+    </row>
+    <row r="406" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A406" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B406" s="50"/>
+      <c r="C406" s="51"/>
+      <c r="D406" s="51"/>
+      <c r="E406" s="51"/>
+      <c r="F406" s="52"/>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B407" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C407" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D407" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E407" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F407" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6" ht="23.4" thickBot="1">
+      <c r="A408" s="40" t="s">
+        <v>322</v>
+      </c>
+      <c r="B408" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C408" s="41" t="s">
+        <v>321</v>
+      </c>
+      <c r="D408" s="41" t="s">
+        <v>57</v>
+      </c>
+      <c r="E408" s="41" t="s">
+        <v>152</v>
+      </c>
+      <c r="F408" s="42" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6" ht="12" thickBot="1">
+      <c r="A409" s="55"/>
+      <c r="B409" s="51"/>
+      <c r="C409" s="51"/>
+      <c r="D409" s="51"/>
+      <c r="E409" s="51"/>
+      <c r="F409" s="52"/>
+    </row>
+    <row r="410" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A410" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B410" s="155"/>
+      <c r="C410" s="155"/>
+      <c r="D410" s="155"/>
+      <c r="E410" s="155"/>
+      <c r="F410" s="156"/>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="A411" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B411" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C411" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D411" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E411" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F411" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6" ht="12" thickBot="1">
+      <c r="A412" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C394" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B395" s="1" t="s">
+      <c r="B412" s="41"/>
+      <c r="C412" s="41"/>
+      <c r="D412" s="41"/>
+      <c r="E412" s="41"/>
+      <c r="F412" s="42"/>
+    </row>
+    <row r="413" spans="1:6" ht="12" thickBot="1">
+      <c r="A413" s="86"/>
+      <c r="B413" s="86"/>
+      <c r="C413" s="86"/>
+      <c r="D413" s="86"/>
+      <c r="E413" s="86"/>
+      <c r="F413" s="86"/>
+    </row>
+    <row r="414" spans="1:6" ht="12.6" thickBot="1">
+      <c r="A414" s="130" t="s">
+        <v>1</v>
+      </c>
+      <c r="B414" s="131"/>
+      <c r="C414" s="131"/>
+      <c r="D414" s="131"/>
+      <c r="E414" s="131"/>
+      <c r="F414" s="132"/>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B415" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C415" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D415" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E415" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F415" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6" ht="22.8">
+      <c r="A416" s="53" t="s">
+        <v>323</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="F416" s="54" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A417" s="53" t="s">
+        <v>323</v>
+      </c>
+      <c r="B417" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C417" s="41" t="s">
+        <v>193</v>
+      </c>
+      <c r="D417" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="E417" s="41" t="s">
+        <v>153</v>
+      </c>
+      <c r="F417" s="42" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8" ht="12" thickBot="1">
+      <c r="A418" s="55"/>
+      <c r="B418" s="51"/>
+      <c r="C418" s="51"/>
+      <c r="D418" s="51"/>
+      <c r="E418" s="51"/>
+      <c r="F418" s="52"/>
+    </row>
+    <row r="419" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A419" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B419" s="155"/>
+      <c r="C419" s="155"/>
+      <c r="D419" s="155"/>
+      <c r="E419" s="155"/>
+      <c r="F419" s="156"/>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B420" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C420" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D420" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E420" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F420" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A421" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="C395" s="1" t="s">
-[...386 lines deleted...]
-      <c r="G421" s="11"/>
+      <c r="B421" s="41"/>
+      <c r="C421" s="41"/>
+      <c r="D421" s="41"/>
+      <c r="E421" s="41"/>
+      <c r="F421" s="42"/>
+      <c r="G421" s="10"/>
     </row>
     <row r="422" spans="1:8" ht="12" thickBot="1"/>
     <row r="423" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A423" s="57" t="s">
+      <c r="A423" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B423" s="58"/>
-[...3 lines deleted...]
-      <c r="F423" s="84"/>
+      <c r="B423" s="50"/>
+      <c r="C423" s="50"/>
+      <c r="D423" s="50"/>
+      <c r="E423" s="50"/>
+      <c r="F423" s="73"/>
     </row>
     <row r="424" spans="1:8">
-      <c r="A424" s="43" t="s">
+      <c r="A424" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B424" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B424" s="24" t="s">
+      <c r="C424" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D424" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E424" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F424" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C424" s="134" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="425" spans="1:8" ht="12" thickBot="1">
-      <c r="A425" s="45" t="s">
-[...2 lines deleted...]
-      <c r="B425" s="46" t="s">
+      <c r="A425" s="40" t="s">
+        <v>324</v>
+      </c>
+      <c r="B425" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C425" s="41" t="s">
+        <v>191</v>
+      </c>
+      <c r="D425" s="82" t="s">
+        <v>78</v>
+      </c>
+      <c r="E425" s="41" t="s">
+        <v>78</v>
+      </c>
+      <c r="F425" s="83" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A426" s="55"/>
+      <c r="B426" s="51"/>
+      <c r="C426" s="51"/>
+      <c r="D426" s="51"/>
+      <c r="E426" s="51"/>
+      <c r="F426" s="52"/>
+      <c r="G426" s="10"/>
+    </row>
+    <row r="427" spans="1:8" ht="15" customHeight="1" thickBot="1">
+      <c r="A427" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B427" s="149"/>
+      <c r="C427" s="149"/>
+      <c r="D427" s="149"/>
+      <c r="E427" s="149"/>
+      <c r="F427" s="150"/>
+      <c r="H427" s="10"/>
+    </row>
+    <row r="428" spans="1:8" ht="17.100000000000001" customHeight="1">
+      <c r="A428" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B428" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C428" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D428" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E428" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F428" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1">
+      <c r="A429" s="102" t="s">
         <v>9</v>
       </c>
-      <c r="C425" s="46" t="s">
-[...60 lines deleted...]
-      <c r="F429" s="126"/>
+      <c r="B429" s="103"/>
+      <c r="C429" s="103"/>
+      <c r="D429" s="103"/>
+      <c r="E429" s="103"/>
+      <c r="F429" s="104"/>
     </row>
     <row r="430" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1"/>
     <row r="431" spans="1:8" ht="12" customHeight="1" thickBot="1">
-      <c r="A431" s="57" t="s">
+      <c r="A431" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B431" s="58"/>
-[...3 lines deleted...]
-      <c r="F431" s="84"/>
+      <c r="B431" s="50"/>
+      <c r="C431" s="50"/>
+      <c r="D431" s="50"/>
+      <c r="E431" s="50"/>
+      <c r="F431" s="73"/>
     </row>
     <row r="432" spans="1:8" ht="21" customHeight="1">
-      <c r="A432" s="43" t="s">
+      <c r="A432" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B432" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B432" s="24" t="s">
+      <c r="C432" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D432" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E432" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F432" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C432" s="24" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="433" spans="1:8" ht="22.8">
-      <c r="A433" s="61" t="s">
-        <v>159</v>
+      <c r="A433" s="53" t="s">
+        <v>154</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="F433" s="54" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="434" spans="1:8" ht="23.4" thickBot="1">
-      <c r="A434" s="45" t="s">
-[...11 lines deleted...]
-      <c r="E434" s="46" t="s">
+      <c r="A434" s="40" t="s">
+        <v>154</v>
+      </c>
+      <c r="B434" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C434" s="41" t="s">
+        <v>155</v>
+      </c>
+      <c r="D434" s="41" t="s">
+        <v>57</v>
+      </c>
+      <c r="E434" s="41" t="s">
+        <v>152</v>
+      </c>
+      <c r="F434" s="42" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8" ht="12" thickBot="1">
+      <c r="A435" s="55"/>
+      <c r="B435" s="51"/>
+      <c r="C435" s="51"/>
+      <c r="D435" s="51"/>
+      <c r="E435" s="51"/>
+      <c r="F435" s="52"/>
+    </row>
+    <row r="436" spans="1:8" ht="12.6" thickBot="1">
+      <c r="A436" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B436" s="155"/>
+      <c r="C436" s="155"/>
+      <c r="D436" s="155"/>
+      <c r="E436" s="155"/>
+      <c r="F436" s="156"/>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B437" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C437" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D437" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E437" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F437" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8" ht="23.4" thickBot="1">
+      <c r="A438" s="40" t="s">
+        <v>154</v>
+      </c>
+      <c r="B438" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C438" s="41" t="s">
+        <v>326</v>
+      </c>
+      <c r="D438" s="41" t="s">
+        <v>156</v>
+      </c>
+      <c r="E438" s="41" t="s">
         <v>157</v>
       </c>
-      <c r="F434" s="47" t="s">
-[...58 lines deleted...]
-        <v>15</v>
+      <c r="F438" s="42" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="439" spans="1:8" ht="12" thickBot="1"/>
     <row r="440" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A440" s="57" t="s">
+      <c r="A440" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B440" s="58"/>
-[...4 lines deleted...]
-      <c r="H440" s="11"/>
+      <c r="B440" s="50"/>
+      <c r="C440" s="50"/>
+      <c r="D440" s="50"/>
+      <c r="E440" s="50"/>
+      <c r="F440" s="73"/>
+      <c r="H440" s="10"/>
     </row>
     <row r="441" spans="1:8" ht="12">
-      <c r="A441" s="43" t="s">
+      <c r="A441" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B441" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B441" s="24" t="s">
+      <c r="C441" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D441" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E441" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F441" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C441" s="102" t="s">
-[...30 lines deleted...]
-        <v>15</v>
+      <c r="H441" s="10"/>
+    </row>
+    <row r="442" spans="1:8" s="10" customFormat="1" ht="25.2" customHeight="1" thickBot="1">
+      <c r="A442" s="40" t="s">
+        <v>158</v>
+      </c>
+      <c r="B442" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C442" s="41" t="s">
+        <v>159</v>
+      </c>
+      <c r="D442" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E442" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F442" s="42" t="s">
+        <v>11</v>
       </c>
       <c r="G442" s="4"/>
       <c r="H442" s="4"/>
     </row>
     <row r="443" spans="1:8" ht="13.8" customHeight="1" thickBot="1">
-      <c r="A443" s="163"/>
-[...4 lines deleted...]
-      <c r="F443" s="127"/>
+      <c r="A443" s="129"/>
+      <c r="B443" s="86"/>
+      <c r="C443" s="86"/>
+      <c r="D443" s="86"/>
+      <c r="E443" s="86"/>
+      <c r="F443" s="105"/>
     </row>
     <row r="444" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A444" s="216" t="s">
-[...6 lines deleted...]
-      <c r="F444" s="217"/>
+      <c r="A444" s="151" t="s">
+        <v>8</v>
+      </c>
+      <c r="B444" s="152"/>
+      <c r="C444" s="152"/>
+      <c r="D444" s="152"/>
+      <c r="E444" s="152"/>
+      <c r="F444" s="153"/>
     </row>
     <row r="445" spans="1:8">
-      <c r="A445" s="43" t="s">
+      <c r="A445" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B445" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B445" s="24" t="s">
+      <c r="C445" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D445" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E445" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F445" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C445" s="148" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="446" spans="1:8" ht="12" thickBot="1">
-      <c r="A446" s="45" t="s">
-[...6 lines deleted...]
-      <c r="F446" s="47"/>
+      <c r="A446" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B446" s="41"/>
+      <c r="C446" s="41"/>
+      <c r="D446" s="41"/>
+      <c r="E446" s="41"/>
+      <c r="F446" s="42"/>
     </row>
     <row r="447" spans="1:8" ht="12" thickBot="1"/>
     <row r="448" spans="1:8" ht="12.6" thickBot="1">
-      <c r="A448" s="114" t="s">
+      <c r="A448" s="94" t="s">
         <v>1</v>
       </c>
-      <c r="B448" s="97"/>
-[...6 lines deleted...]
-      <c r="A449" s="128" t="s">
+      <c r="B448" s="86"/>
+      <c r="C448" s="86"/>
+      <c r="D448" s="86"/>
+      <c r="E448" s="86"/>
+      <c r="F448" s="105"/>
+    </row>
+    <row r="449" spans="1:7">
+      <c r="A449" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B449" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B449" s="24" t="s">
+      <c r="C449" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D449" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E449" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F449" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C449" s="148" t="s">
-[...5 lines deleted...]
-      <c r="E449" s="24" t="s">
+    </row>
+    <row r="450" spans="1:7" ht="34.200000000000003">
+      <c r="A450" s="53" t="s">
+        <v>327</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D450" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="F449" s="44" t="s">
-[...7 lines deleted...]
-      <c r="B450" s="1" t="s">
+      <c r="E450" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F450" s="54" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="451" spans="1:7" ht="34.799999999999997" thickBot="1">
+      <c r="A451" s="53" t="s">
+        <v>327</v>
+      </c>
+      <c r="B451" s="90" t="s">
+        <v>5</v>
+      </c>
+      <c r="C451" s="41" t="s">
+        <v>161</v>
+      </c>
+      <c r="D451" s="90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E451" s="90" t="s">
+        <v>21</v>
+      </c>
+      <c r="F451" s="106" t="s">
+        <v>22</v>
+      </c>
+      <c r="G451" s="141"/>
+    </row>
+    <row r="452" spans="1:7" ht="15.6" customHeight="1" thickBot="1">
+      <c r="A452" s="43"/>
+      <c r="B452" s="38"/>
+      <c r="C452" s="38"/>
+      <c r="D452" s="38"/>
+      <c r="E452" s="38"/>
+      <c r="F452" s="39"/>
+    </row>
+    <row r="453" spans="1:7" ht="15" customHeight="1" thickBot="1">
+      <c r="A453" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B453" s="155"/>
+      <c r="C453" s="155"/>
+      <c r="D453" s="155"/>
+      <c r="E453" s="155"/>
+      <c r="F453" s="156"/>
+    </row>
+    <row r="454" spans="1:7">
+      <c r="A454" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B454" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C454" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D454" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E454" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F454" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="455" spans="1:7" ht="12" thickBot="1">
+      <c r="A455" s="89" t="s">
         <v>9</v>
       </c>
-      <c r="C450" s="1" t="s">
-[...79 lines deleted...]
-      <c r="F455" s="129"/>
+      <c r="B455" s="90"/>
+      <c r="C455" s="90"/>
+      <c r="D455" s="90"/>
+      <c r="E455" s="90"/>
+      <c r="F455" s="106"/>
     </row>
     <row r="456" spans="1:7" ht="12" thickBot="1"/>
     <row r="457" spans="1:7" ht="15.6" customHeight="1" thickBot="1">
-      <c r="A457" s="57" t="s">
+      <c r="A457" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B457" s="59"/>
-[...3 lines deleted...]
-      <c r="F457" s="60"/>
+      <c r="B457" s="51"/>
+      <c r="C457" s="51"/>
+      <c r="D457" s="51"/>
+      <c r="E457" s="51"/>
+      <c r="F457" s="52"/>
     </row>
     <row r="458" spans="1:7" ht="18.75" customHeight="1">
-      <c r="A458" s="43" t="s">
+      <c r="A458" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B458" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B458" s="24" t="s">
+      <c r="C458" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D458" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E458" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F458" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C458" s="134" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="459" spans="1:7" ht="22.8">
-      <c r="A459" s="61" t="s">
+      <c r="A459" s="53" t="s">
+        <v>162</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E459" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F459" s="54" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="460" spans="1:7" ht="12" thickBot="1">
+      <c r="A460" s="40" t="s">
+        <v>162</v>
+      </c>
+      <c r="B460" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C460" s="41" t="s">
+        <v>329</v>
+      </c>
+      <c r="D460" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="E460" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="F460" s="42" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="461" spans="1:7" ht="12" thickBot="1">
+      <c r="A461" s="43"/>
+      <c r="B461" s="38"/>
+      <c r="C461" s="38"/>
+      <c r="D461" s="38"/>
+      <c r="E461" s="38"/>
+      <c r="F461" s="39"/>
+    </row>
+    <row r="462" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A462" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B462" s="155"/>
+      <c r="C462" s="155"/>
+      <c r="D462" s="155"/>
+      <c r="E462" s="155"/>
+      <c r="F462" s="156"/>
+    </row>
+    <row r="463" spans="1:7">
+      <c r="A463" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B463" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C463" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D463" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E463" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F463" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="464" spans="1:7" ht="12" thickBot="1">
+      <c r="A464" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B464" s="41"/>
+      <c r="C464" s="41"/>
+      <c r="D464" s="41"/>
+      <c r="E464" s="41"/>
+      <c r="F464" s="42"/>
+    </row>
+    <row r="465" spans="1:7" ht="12" thickBot="1">
+      <c r="A465" s="51"/>
+    </row>
+    <row r="466" spans="1:7" ht="12.6" thickBot="1">
+      <c r="A466" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="B466" s="50"/>
+      <c r="C466" s="51"/>
+      <c r="D466" s="51"/>
+      <c r="E466" s="51"/>
+      <c r="F466" s="52"/>
+    </row>
+    <row r="467" spans="1:7">
+      <c r="A467" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B467" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C467" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D467" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E467" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F467" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="468" spans="1:7" ht="22.8">
+      <c r="A468" s="53" t="s">
+        <v>164</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E468" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="F468" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="469" spans="1:7" ht="16.5" customHeight="1">
+      <c r="A469" s="53" t="s">
+        <v>164</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F469" s="54" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="470" spans="1:7" ht="27.6" customHeight="1" thickBot="1">
+      <c r="A470" s="40" t="s">
+        <v>164</v>
+      </c>
+      <c r="B470" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="C470" s="41" t="s">
         <v>167</v>
       </c>
-      <c r="B459" s="1" t="s">
+      <c r="D470" s="41" t="s">
+        <v>72</v>
+      </c>
+      <c r="E470" s="41" t="s">
+        <v>163</v>
+      </c>
+      <c r="F470" s="42" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="471" spans="1:7" ht="12.6" customHeight="1" thickBot="1">
+      <c r="A471" s="55"/>
+      <c r="B471" s="51"/>
+      <c r="C471" s="51"/>
+      <c r="D471" s="51"/>
+      <c r="E471" s="51"/>
+      <c r="F471" s="52"/>
+    </row>
+    <row r="472" spans="1:7" ht="13.8" customHeight="1" thickBot="1">
+      <c r="A472" s="154" t="s">
+        <v>8</v>
+      </c>
+      <c r="B472" s="155"/>
+      <c r="C472" s="155"/>
+      <c r="D472" s="155"/>
+      <c r="E472" s="155"/>
+      <c r="F472" s="156"/>
+    </row>
+    <row r="473" spans="1:7" ht="16.5" customHeight="1">
+      <c r="A473" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B473" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C473" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D473" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E473" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F473" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="474" spans="1:7" ht="12" thickBot="1">
+      <c r="A474" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="C459" s="1" t="s">
-[...219 lines deleted...]
-      <c r="F474" s="83"/>
+      <c r="B474" s="71"/>
+      <c r="C474" s="71"/>
+      <c r="D474" s="71"/>
+      <c r="E474" s="71"/>
+      <c r="F474" s="72"/>
     </row>
     <row r="475" spans="1:7" ht="12" thickBot="1"/>
     <row r="476" spans="1:7" ht="12.6" thickBot="1">
-      <c r="A476" s="57" t="s">
+      <c r="A476" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B476" s="58"/>
-[...3 lines deleted...]
-      <c r="F476" s="84"/>
+      <c r="B476" s="50"/>
+      <c r="C476" s="50"/>
+      <c r="D476" s="50"/>
+      <c r="E476" s="50"/>
+      <c r="F476" s="73"/>
     </row>
     <row r="477" spans="1:7" ht="12">
-      <c r="A477" s="43" t="s">
+      <c r="A477" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B477" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B477" s="24" t="s">
+      <c r="C477" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D477" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="E477" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F477" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C477" s="102" t="s">
-[...5 lines deleted...]
-      <c r="E477" s="24" t="s">
+      <c r="G477" s="10"/>
+    </row>
+    <row r="478" spans="1:7" ht="34.200000000000003">
+      <c r="A478" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B478" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E478" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="F478" s="64" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="479" spans="1:7" ht="34.200000000000003">
+      <c r="A479" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E479" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F479" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="480" spans="1:7" ht="34.200000000000003">
+      <c r="A480" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E480" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F480" s="54" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="481" spans="1:7" ht="34.200000000000003">
+      <c r="A481" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D481" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="F477" s="44" t="s">
-[...11 lines deleted...]
-      <c r="C478" s="1" t="s">
+      <c r="E481" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F481" s="54" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="482" spans="1:7" ht="34.200000000000003">
+      <c r="A482" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E482" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="F482" s="54" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="483" spans="1:7" ht="34.200000000000003">
+      <c r="A483" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E483" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="F483" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="484" spans="1:7" ht="23.25" customHeight="1">
+      <c r="A484" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E484" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="F484" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="485" spans="1:7" ht="34.200000000000003">
+      <c r="A485" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C485" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="D478" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E478" s="10" t="s">
+      <c r="D485" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E485" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="F485" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="486" spans="1:7" ht="34.200000000000003">
+      <c r="A486" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C486" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="F478" s="74" t="s">
+      <c r="D486" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E486" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="F486" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="487" spans="1:7" ht="34.200000000000003">
+      <c r="A487" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E487" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="F487" s="54" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="488" spans="1:7" ht="34.200000000000003">
+      <c r="A488" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D488" s="1" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C479" s="1" t="s">
+      <c r="E488" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F488" s="54" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="489" spans="1:7" ht="35.4" customHeight="1">
+      <c r="A489" s="63" t="s">
+        <v>189</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E489" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F489" s="54" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="490" spans="1:7" ht="36" customHeight="1" thickBot="1">
+      <c r="A490" s="133" t="s">
+        <v>189</v>
+      </c>
+      <c r="B490" s="71" t="s">
+        <v>5</v>
+      </c>
+      <c r="C490" s="71" t="s">
         <v>337</v>
       </c>
-      <c r="D479" s="1" t="s">
-[...36 lines deleted...]
-      <c r="C481" s="1" t="s">
+      <c r="D490" s="71" t="s">
+        <v>93</v>
+      </c>
+      <c r="E490" s="71" t="s">
+        <v>130</v>
+      </c>
+      <c r="F490" s="72" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="491" spans="1:7" ht="12" thickBot="1">
+      <c r="A491" s="55"/>
+      <c r="B491" s="51"/>
+      <c r="C491" s="51"/>
+      <c r="D491" s="51"/>
+      <c r="E491" s="51"/>
+      <c r="F491" s="52"/>
+    </row>
+    <row r="492" spans="1:7" ht="14.4" customHeight="1" thickBot="1">
+      <c r="A492" s="148" t="s">
+        <v>8</v>
+      </c>
+      <c r="B492" s="149"/>
+      <c r="C492" s="149"/>
+      <c r="D492" s="149"/>
+      <c r="E492" s="149"/>
+      <c r="F492" s="150"/>
+    </row>
+    <row r="493" spans="1:7">
+      <c r="A493" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B493" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C493" s="22" t="s">
+        <v>344</v>
+      </c>
+      <c r="D493" s="22" t="s">
         <v>345</v>
       </c>
-      <c r="D481" s="1" t="s">
-[...16 lines deleted...]
-      <c r="C482" s="1" t="s">
+      <c r="E493" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="F493" s="30" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="494" spans="1:7" ht="34.799999999999997" thickBot="1">
+      <c r="A494" s="146" t="s">
+        <v>189</v>
+      </c>
+      <c r="B494" s="71" t="s">
+        <v>5</v>
+      </c>
+      <c r="C494" s="41" t="s">
         <v>339</v>
       </c>
-      <c r="D482" s="1" t="s">
-[...139 lines deleted...]
-      <c r="D489" s="1" t="s">
+      <c r="D494" s="41" t="s">
+        <v>69</v>
+      </c>
+      <c r="E494" s="41" t="s">
+        <v>69</v>
+      </c>
+      <c r="F494" s="42" t="s">
         <v>28</v>
       </c>
-      <c r="E489" s="1" t="s">
-[...82 lines deleted...]
-      </c>
     </row>
     <row r="495" spans="1:7" ht="12">
-      <c r="G495" s="11"/>
+      <c r="G495" s="10"/>
     </row>
     <row r="500" spans="7:8" ht="12">
-      <c r="G500" s="11"/>
+      <c r="G500" s="10"/>
     </row>
     <row r="503" spans="7:8" ht="12">
-      <c r="G503" s="11"/>
-      <c r="H503" s="11"/>
+      <c r="G503" s="10"/>
+      <c r="H503" s="10"/>
     </row>
     <row r="508" spans="7:8" ht="12">
-      <c r="H508" s="11"/>
+      <c r="H508" s="10"/>
     </row>
     <row r="509" spans="7:8" ht="27" customHeight="1"/>
     <row r="510" spans="7:8" ht="29.25" customHeight="1"/>
     <row r="522" ht="39" customHeight="1"/>
     <row r="528" ht="36" customHeight="1"/>
     <row r="530" ht="45.75" customHeight="1"/>
   </sheetData>
   <mergeCells count="49">
-    <mergeCell ref="A492:F492"/>
-[...34 lines deleted...]
-    <mergeCell ref="G307:G309"/>
     <mergeCell ref="A124:F124"/>
     <mergeCell ref="A132:F132"/>
     <mergeCell ref="A140:F140"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A14:F14"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A56:F56"/>
     <mergeCell ref="A79:F79"/>
     <mergeCell ref="A96:F96"/>
     <mergeCell ref="A107:F107"/>
     <mergeCell ref="A116:F116"/>
     <mergeCell ref="A71:F71"/>
+    <mergeCell ref="A243:F243"/>
+    <mergeCell ref="A253:F253"/>
+    <mergeCell ref="A262:F262"/>
+    <mergeCell ref="A320:F320"/>
+    <mergeCell ref="G268:G270"/>
+    <mergeCell ref="G307:G309"/>
+    <mergeCell ref="A199:F199"/>
+    <mergeCell ref="A208:F208"/>
+    <mergeCell ref="A216:F216"/>
+    <mergeCell ref="A226:F226"/>
+    <mergeCell ref="A234:F234"/>
+    <mergeCell ref="A152:F152"/>
+    <mergeCell ref="A191:F191"/>
+    <mergeCell ref="A161:F161"/>
+    <mergeCell ref="A171:F171"/>
+    <mergeCell ref="A182:F182"/>
+    <mergeCell ref="A331:F331"/>
+    <mergeCell ref="A353:F353"/>
+    <mergeCell ref="A361:F361"/>
+    <mergeCell ref="A272:F272"/>
+    <mergeCell ref="A281:F281"/>
+    <mergeCell ref="A290:F290"/>
+    <mergeCell ref="A301:F301"/>
+    <mergeCell ref="A311:F311"/>
+    <mergeCell ref="A370:F370"/>
+    <mergeCell ref="A387:F387"/>
+    <mergeCell ref="A402:F402"/>
+    <mergeCell ref="A410:F410"/>
+    <mergeCell ref="A436:F436"/>
+    <mergeCell ref="A419:F419"/>
+    <mergeCell ref="A427:F427"/>
+    <mergeCell ref="A492:F492"/>
+    <mergeCell ref="A444:F444"/>
+    <mergeCell ref="A453:F453"/>
+    <mergeCell ref="A462:F462"/>
+    <mergeCell ref="A472:F472"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100464399E714B5A94FBD60F78A6DEDD36E" ma:contentTypeVersion="4" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="906f9c55a5cd3bdbecf6bbdaeca550d1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d55a4f33-f110-4168-8f5c-2ccbfe92d31e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c9b0b59b8ca20601e9e71aa0aecab5fd" ns2:_="">
     <xsd:import namespace="d55a4f33-f110-4168-8f5c-2ccbfe92d31e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_bpm_StatoId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_OperazioneId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_ErroreId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_Sintesi" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d55a4f33-f110-4168-8f5c-2ccbfe92d31e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_bpm_StatoId" ma:index="8" nillable="true" ma:displayName="_bpm_StatoId" ma:internalName="_bpm_StatoId" ma:readOnly="true">
       <xsd:simpleType>
@@ -11186,72 +10740,81 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{478B7097-8FEF-4072-8181-9F38B8DCAA45}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d55a4f33-f110-4168-8f5c-2ccbfe92d31e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D46B17D-EBA9-4471-A963-E85F4797A035}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>