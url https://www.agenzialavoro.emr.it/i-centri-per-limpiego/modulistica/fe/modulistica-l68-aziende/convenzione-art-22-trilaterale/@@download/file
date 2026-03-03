--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -1,8738 +1,13635 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0F90E041" w14:textId="77777777" w:rsidR="003D0248" w:rsidRDefault="00E04030" w:rsidP="003D0248">
+    <w:p w14:paraId="48D1A129" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:ind w:left="490" w:right="434"/>
+        <w:ind w:left="575"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="627BC387" wp14:editId="4108FED7">
-            <wp:extent cx="2046681" cy="662940"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70F68107" wp14:editId="3BC0DC09">
+            <wp:extent cx="2049875" cy="662940"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="image1.jpeg"/>
+            <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.jpeg"/>
+                    <pic:cNvPr id="1" name="Image 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:blip r:embed="rId5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2046681" cy="662940"/>
+                      <a:ext cx="2049875" cy="662940"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16804A4D" w14:textId="77777777" w:rsidR="003D0248" w:rsidRDefault="003D0248" w:rsidP="003D0248">
-[...306 lines deleted...]
-    <w:p w14:paraId="6F1E6667" w14:textId="43BC34AC" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="008026D0">
+    <w:p w14:paraId="2D208075" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1822"/>
-[...6 lines deleted...]
-          <w:tab w:val="left" w:pos="8069"/>
+          <w:tab w:val="left" w:pos="5509"/>
         </w:tabs>
-        <w:ind w:left="142" w:right="151"/>
+        <w:spacing w:before="273" w:line="276" w:lineRule="exact"/>
+        <w:ind w:right="542"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Allegato</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>n.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Ufficio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>per il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>collocamento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>mirato</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52ECC4D2" w14:textId="03FA791D" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:ind w:right="513"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ambito </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Territoriale</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E20">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di Ferrara</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3436430C" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="165"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20B6F76E" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>CONVENZIONE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>PER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>L’INSERIMENTO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>LAVORATIVO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>DELLE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>PERSONE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CON DISABILITA’ALL’INTERNO DI COOPERATIVA SOCIALE DI TIPO B)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263F0929" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="9" w:right="195"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(Art.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>22 L. R. 17/05 -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CONVENZIONE QUADRO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>STIPULATA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CON REPERTORIO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>N.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4F2756" w14:textId="644B4F77" w:rsidR="001D1AC7" w:rsidRPr="00E65E20" w:rsidRDefault="00E65E20">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3480"/>
+        </w:tabs>
+        <w:ind w:left="-1" w:right="189"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65E20">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>RPI 13/01/2026 0000003)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A4E5FD" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F17C2EB" w14:textId="590F2308" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2828"/>
+          <w:tab w:val="left" w:pos="8553"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="227" w:right="224"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>L’AGENZIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>REGIONALE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>LAVORO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>DELL’EMILIA-ROMAGNA,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sede</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>legale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in Bologna, Viale A. Moro 38, d’ora in poi denominata semplicemente “Agenzia Lavoro”, rappresentata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>stipula</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646426">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>questa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646426">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646426">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>convenzione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646426">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646426">
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidR="00646426" w:rsidRPr="00646426">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00646426" w:rsidRPr="00646426">
+        <w:t xml:space="preserve">Celati Antonella titolare della E.Q. di Direzione Collocamento Mirato </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646426">
+        <w:t xml:space="preserve">dell'Ambito Territoriale di </w:t>
+      </w:r>
+      <w:r w:rsidR="00646426" w:rsidRPr="00646426">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ferrara</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646426">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9DB16C" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="206"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35AC6669" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2998"/>
+          <w:tab w:val="left" w:pos="3490"/>
+          <w:tab w:val="left" w:pos="3756"/>
+          <w:tab w:val="left" w:pos="3813"/>
+          <w:tab w:val="left" w:pos="4840"/>
+          <w:tab w:val="left" w:pos="5942"/>
+          <w:tab w:val="left" w:pos="6327"/>
+          <w:tab w:val="left" w:pos="6988"/>
+          <w:tab w:val="left" w:pos="7678"/>
+          <w:tab w:val="left" w:pos="9206"/>
+        </w:tabs>
+        <w:ind w:left="227" w:right="228"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">L’IMPRESA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>con sede in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Via </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cod. </w:t>
+      </w:r>
       <w:r>
         <w:t>Fiscale/P.IVA</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:spacing w:val="255"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007B0077" w:rsidRPr="00AC3716">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:t>nella</w:t>
       </w:r>
-      <w:r w:rsidR="00A62015">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>persona</w:t>
       </w:r>
-      <w:r w:rsidR="00A62015">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>del</w:t>
       </w:r>
-      <w:r w:rsidR="00A62015">
-[...29 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">suo legale rappresentante </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>referente</w:t>
-[...40 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">referente per la gestione della convenzione, tel. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
         <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>e-mail</w:t>
       </w:r>
-      <w:r w:rsidR="008026D0">
-[...3 lines deleted...]
-        <w:t>a quale secondo il prospetto riepilogativo aziendale presentato in</w:t>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>quale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>secondo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>prospetto riepilogativo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>aziendale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>data</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>presentato in data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:w w:val="150"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:t>risulta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="74"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:t>obbligata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="74"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:t>all’assunzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="74"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="74"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>n.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E18C62" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1907"/>
+        </w:tabs>
+        <w:ind w:left="227" w:right="229"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>risulta obbligata all’assunzione</w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lavoratori,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>di</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="1"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cui </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>già coperti mediante il ricorso agli altri strumenti previsti dalla normativa ed in particolare (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specificare modalità di </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>copertura</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
-[...66 lines deleted...]
-    <w:p w14:paraId="35E6B9B2" w14:textId="77777777" w:rsidR="00D1719C" w:rsidRDefault="00D1719C" w:rsidP="00AF5ECC">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D354F5" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:ind w:left="142" w:right="151"/>
+        <w:spacing w:before="274"/>
+        <w:ind w:left="227" w:right="227"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="13A5E964" w14:textId="7E83791A" w:rsidR="00E71D66" w:rsidRDefault="00AF5ECC" w:rsidP="00AF5ECC">
+      <w:r>
+        <w:t>Qualora</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>convenzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>riguardi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>un’azienda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>committente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>che</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ha</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dipendenti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>quindi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>con una quota di riserva pari ad 1 persona con disabilità, la stessa dichiara che non è possibile ottemperare a tale obbligo attraverso l’assunzione diretta in azienda per le seguenti motivazioni:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6F0E2D" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:ind w:left="142" w:right="151"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="3AC1592E" w14:textId="77777777" w:rsidR="002C2572" w:rsidRDefault="002C2572" w:rsidP="00E71D66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="017F9FA8" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:ind w:left="142" w:right="151"/>
-[...1335 lines deleted...]
-          <w:sz w:val="19"/>
+        <w:spacing w:before="63"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11254E0F" wp14:editId="7CC4C75A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="786EAF5F" wp14:editId="494AC7EC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1358265</wp:posOffset>
+                  <wp:posOffset>774191</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>172720</wp:posOffset>
+                  <wp:posOffset>201447</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5105400" cy="1270"/>
+                <wp:extent cx="5944235" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Freeform 9"/>
+                <wp:docPr id="3" name="Graphic 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5105400" cy="1270"/>
+                          <a:ext cx="5944235" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
-                          <a:gdLst>
-[...4 lines deleted...]
-                          </a:gdLst>
+                          <a:gdLst/>
                           <a:ahLst/>
-                          <a:cxnLst>
-[...7 lines deleted...]
-                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="8040">
+                            <a:path w="5944235">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="8040" y="0"/>
+                                <a:pt x="5943823" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
-                        <a:noFill/>
-                        <a:ln w="6096">
+                        <a:ln w="6186">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...7 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4D3A8CD9" id="Freeform 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.95pt;margin-top:13.6pt;width:402pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8040,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCERtYiqwIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1peklQZ1iaNdh&#10;QLcVaPYBiizHxmRRk5Q43dePou3UzbaXYX4QKJM6JA8vV9f7VrOdcr4BU/DsJOVMGQllYzYF/7a6&#10;e3fJmQ/ClEKDUQV/Up5fL1+/uursQuVQgy6VYwhi/KKzBa9DsIsk8bJWrfAnYJVBZQWuFQGvbpOU&#10;TnSI3uokT9PzpANXWgdSeY9/b3slXxJ+VSkZvlaVV4HpgmNsgU5H5zqeyfJKLDZO2LqRQxjiH6Jo&#10;RWPQ6QHqVgTBtq75DaptpAMPVTiR0CZQVY1UlANmk6VH2TzWwirKBcnx9kCT/3+w8svuwbGmLPic&#10;MyNaLNGdUyoSzuaRnc76BRo92gcX8/P2HuR3j4rkhSZePNqwdfcZSkQR2wDEyL5ybXyJubI9Ef90&#10;IF7tA5P48yxLz2Yp1keiLssvqC6JWIxv5daHjwoIR+zufejLVqJEpJdD6CuEqFqNFXz7jqUsz07n&#10;dAxlPphlo9mbhK1S1rHLdDb2wsEoH40IK0uziz+DnY52ESyfgGECmzFEUY9Ry70ZwkaJiTgnKRFl&#10;wUeCVhjcyBAioFFM8S+26PvYtn8zuHA4AMet7zjD1l/3nFgRYmTRRRRZV3DiIv5oYadWQKpwVDp0&#10;8qzVZmpFz6dR9Wp8ER1g3/QCOY2xTkpr4K7RmmqrTQzlPJ2fEzcedFNGZYzGu836Rju2E3Go6YvJ&#10;INgLM+t8uBW+7u1I1efsYGtK8lIrUX4Y5CAa3csIpJF0avDY0/0QrKF8wv520O8Q3Hko1OB+ctbh&#10;/ii4/7EVTnGmPxkc0Hk2w5ZigS6zs4scL26qWU81wkiEKnjg2BFRvAn9ktpa12xq9JQRDwbe41xV&#10;TRwAiq+ParjgjiAahn0Wl9D0TlbPW3f5CwAA//8DAFBLAwQUAAYACAAAACEA+AjRUd0AAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjSbmJQmk4IsXGFjQPHtDFtReNUTbaW&#10;/XrcE7vZ7z09f843k+vECYfQetKQLBQIpMrblmoNn4ft3QOIEA1Z03lCDb8YYFNcX+Ums36kDzzt&#10;Yy24hEJmNDQx9pmUoWrQmbDwPRJ7335wJvI61NIOZuRy18lUqXvpTEt8oTE9vjRY/eyPTkP5tUu2&#10;593rMrjDqn9/k7U6y1Hr25vp+QlExCn+h2HGZ3QomKn0R7JBdBrSZPnIUR7WKYg5oJI1K+WsrEAW&#10;ubx8ofgDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhEbWIqsCAAC9BQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+AjRUd0AAAAKAQAADwAAAAAA&#10;AAAAAAAAAAAFBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAA8GAAAAAA==&#10;" path="m,l8040,e" filled="f" strokeweight=".48pt">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5105400,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="7BF7204B" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:60.95pt;margin-top:15.85pt;width:468.05pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5944235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJyU/1FgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5yPNsuMOMXQoMOA&#10;oivQDDsrshwbk0WNVOL034+S4yTrbsN8ECjxiXzko7y8O7ZWHAxSA66Qk9FYCuM0lI3bFfL75uHD&#10;QgoKypXKgjOFfDUk71bv3y07n5sp1GBLg4KDOMo7X8g6BJ9nGenatIpG4I1jZwXYqsBb3GUlqo6j&#10;tzabjsfzrAMsPYI2RHy67p1yleJXldHhW1WRCcIWkrmFtGJat3HNVkuV71D5utEnGuofWLSqcZz0&#10;HGqtghJ7bP4K1TYagaAKIw1tBlXVaJNq4Gom4zfVvNTKm1QLN4f8uU30/8Lqp8OLf8ZInfwj6J/E&#10;Hck6T/nZEzd0whwrbCOWiYtj6uLruYvmGITmw9tPNzfT2a0Umn2T6cfU5Ezlw129p/DFQIqjDo8U&#10;eg3KwVL1YOmjG0xkJaOGNmkYpGANUQrWcNtr6FWI9yK5aIruQiSetXAwG0je8IY5U7t4rbtGcSmz&#10;xXQmxVAlY3sEGzEN96o3Umq2r4uzLrKYTxbzNBoEtikfGmsjC8Ld9t6iOKg4mOmLdXCEP2AeKawV&#10;1T0uuU4w60469dJEkbZQvj6j6HiaC0m/9gqNFPar43GJoz8YOBjbwcBg7yE9kNQgzrk5/lDoRUxf&#10;yMDKPsEwjCofRIuln7HxpoPP+wBVExVNM9QzOm14glOBp9cWn8j1PqEu/4TVbwAAAP//AwBQSwME&#10;FAAGAAgAAAAhANeH7EjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;naBCE+JUCIS4oKoUpHJ0k20cEa9D1m0DX49zguPMPs3OFMvRdeKIA7eeNCQzBQKp8nVLjYb3t6er&#10;BQgOhmrTeUIN38iwLM/PCpPX/kSveNyERsQQ4txosCH0uZRcWXSGZ75Hire9H5wJUQ6NrAdziuGu&#10;k6lSN9KZluIHa3p8sFh9bg5OQ2o/xi3P+UU977c/rB5X2dd6pfXlxXh/ByLgGP5gmOrH6lDGTjt/&#10;oJpFF3WaZBHVcJ3cgpgANV/EdbvJyUCWhfw/ofwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEASclP9RYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA14fsSN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l5943823,e" filled="f" strokeweight=".17183mm">
+                <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="181C9234" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B2181C7" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="63"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F3041A8" wp14:editId="74F728D8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54E47EAD" wp14:editId="5CDC99CC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1358265</wp:posOffset>
+                  <wp:posOffset>774191</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>347980</wp:posOffset>
+                  <wp:posOffset>201389</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5106035" cy="1270"/>
+                <wp:extent cx="5944235" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Freeform 8"/>
+                <wp:docPr id="4" name="Graphic 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5106035" cy="1270"/>
+                          <a:ext cx="5944235" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
-                          <a:gdLst>
-[...4 lines deleted...]
-                          </a:gdLst>
+                          <a:gdLst/>
                           <a:ahLst/>
-                          <a:cxnLst>
-[...7 lines deleted...]
-                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="8041">
+                            <a:path w="5944235">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="8041" y="0"/>
+                                <a:pt x="5943823" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
-                        <a:noFill/>
-                        <a:ln w="6096">
+                        <a:ln w="6186">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...7 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4EB3737E" id="Freeform 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.95pt;margin-top:27.4pt;width:402.05pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8041,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCB8hKYqwIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSxfgtb8tOu6aumEVoaQ&#10;BkxaeQDXcZoIx8fYbtPx9BzbSZcVcYPIhXWcc/yd7/ze3B5bSQ7C2AZUQbNJSolQHMpG7Qr6fXN/&#10;saDEOqZKJkGJgj4LS29Xb9/cdHopcqhBlsIQBFF22emC1s7pZZJYXouW2QlooVBZgWmZw6vZJaVh&#10;HaK3MsnTdJ50YEptgAtr8e86Kukq4FeV4O5bVVnhiCwocnPhNOHc+jNZ3bDlzjBdN7ynwf6BRcsa&#10;hU5PUGvmGNmb5g+otuEGLFRuwqFNoKoaLkIMGE2WnkXzVDMtQiyYHKtPabL/D5Z/PTwa0pQFxUIp&#10;1mKJ7o0QPuFk4bPTabtEoyf9aHx8Vj8A/2FRkbzS+ItFG7LtvkCJKGzvIGTkWJnWv8RYyTEk/vmU&#10;eHF0hOPPyyydp9NLSjjqsvwq1CVhy+Et31v3SUDAYYcH62LZSpRC0sue+gZLXLUSK/j+gqQkz6bX&#10;4ejLfDLLBrN3CdmkpCOLdJadG+WDUcDK0mwREc/tpoOdB8tHYBjAbqDI6oE1P6qeNkqE+TlJQ6I0&#10;WJ+gDZIbMoQIaORD/Ist+j63jW96FwYH4Lz1DSXY+tsYhmbOM/MuvEg6bASfC/+jhYPYQFC5s9Kh&#10;kxetVGOr8HzMKqrxhXeAfROF4NRzHZVWwX0jZaitVJ7KPL2eByoWZFN6pWdjzW57Jw05MD/U4fPB&#10;INgrM22sWzNbR7ugijEb2KsyeKkFKz/2smONjDICSUx6aHDf03EItlA+Y38biDsEdx4KNZhflHS4&#10;Pwpqf+6ZEZTIzwoH9DqbzfzCCZfZ5VWOFzPWbMcapjhCFdRR7Agv3rm4pPbaNLsaPcWSKPiAc1U1&#10;fgACv8iqv+COCGno95lfQuN7sHrZuqvfAAAA//8DAFBLAwQUAAYACAAAACEAPULSY98AAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixpYah0TSeEQAJ2YmzSjllj2kLjVE26&#10;dW+Pd4Kj7V+f/69YTq4TBxxC60lDMlMgkCpvW6o1bD5fbjIQIRqypvOEGk4YYFleXhQmt/5IH3hY&#10;x1owhEJuNDQx9rmUoWrQmTDzPRLfvvzgTORxqKUdzJHhrpOpUvfSmZb4Q2N6fGqw+lmPTkM6Pcdu&#10;tdq8p9vvUe229vWUvXmtr6+mxwWIiFP8C8O5PleHkjvt/Ug2iI4Zye0DRzXM71jhHFBJxnZ73swV&#10;yLKQ/xXKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCB8hKYqwIAAL0FAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA9QtJj3wAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" path="m,l8041,e" filled="f" strokeweight=".48pt">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5106035,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="41615723" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:60.95pt;margin-top:15.85pt;width:468.05pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5944235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJyU/1FgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5yPNsuMOMXQoMOA&#10;oivQDDsrshwbk0WNVOL034+S4yTrbsN8ECjxiXzko7y8O7ZWHAxSA66Qk9FYCuM0lI3bFfL75uHD&#10;QgoKypXKgjOFfDUk71bv3y07n5sp1GBLg4KDOMo7X8g6BJ9nGenatIpG4I1jZwXYqsBb3GUlqo6j&#10;tzabjsfzrAMsPYI2RHy67p1yleJXldHhW1WRCcIWkrmFtGJat3HNVkuV71D5utEnGuofWLSqcZz0&#10;HGqtghJ7bP4K1TYagaAKIw1tBlXVaJNq4Gom4zfVvNTKm1QLN4f8uU30/8Lqp8OLf8ZInfwj6J/E&#10;Hck6T/nZEzd0whwrbCOWiYtj6uLruYvmGITmw9tPNzfT2a0Umn2T6cfU5Ezlw129p/DFQIqjDo8U&#10;eg3KwVL1YOmjG0xkJaOGNmkYpGANUQrWcNtr6FWI9yK5aIruQiSetXAwG0je8IY5U7t4rbtGcSmz&#10;xXQmxVAlY3sEGzEN96o3Umq2r4uzLrKYTxbzNBoEtikfGmsjC8Ld9t6iOKg4mOmLdXCEP2AeKawV&#10;1T0uuU4w60469dJEkbZQvj6j6HiaC0m/9gqNFPar43GJoz8YOBjbwcBg7yE9kNQgzrk5/lDoRUxf&#10;yMDKPsEwjCofRIuln7HxpoPP+wBVExVNM9QzOm14glOBp9cWn8j1PqEu/4TVbwAAAP//AwBQSwME&#10;FAAGAAgAAAAhANeH7EjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;naBCE+JUCIS4oKoUpHJ0k20cEa9D1m0DX49zguPMPs3OFMvRdeKIA7eeNCQzBQKp8nVLjYb3t6er&#10;BQgOhmrTeUIN38iwLM/PCpPX/kSveNyERsQQ4txosCH0uZRcWXSGZ75Hire9H5wJUQ6NrAdziuGu&#10;k6lSN9KZluIHa3p8sFh9bg5OQ2o/xi3P+UU977c/rB5X2dd6pfXlxXh/ByLgGP5gmOrH6lDGTjt/&#10;oJpFF3WaZBHVcJ3cgpgANV/EdbvJyUCWhfw/ofwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEASclP9RYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA14fsSN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l5943823,e" filled="f" strokeweight=".17183mm">
+                <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7C66B3" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="127CDA74" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="63"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5953AA50" wp14:editId="3BA82FD4">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="160516FB" wp14:editId="5C4F55ED">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1358265</wp:posOffset>
+                  <wp:posOffset>774191</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>523240</wp:posOffset>
+                  <wp:posOffset>201388</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5105400" cy="1270"/>
+                <wp:extent cx="5944235" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Freeform 7"/>
+                <wp:docPr id="5" name="Graphic 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5105400" cy="1270"/>
+                          <a:ext cx="5944235" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
-                          <a:gdLst>
-[...4 lines deleted...]
-                          </a:gdLst>
+                          <a:gdLst/>
                           <a:ahLst/>
-                          <a:cxnLst>
-[...7 lines deleted...]
-                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="8040">
+                            <a:path w="5944235">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="8040" y="0"/>
+                                <a:pt x="5943823" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
-                        <a:noFill/>
-                        <a:ln w="6096">
+                        <a:ln w="6186">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...7 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5E3517BD" id="Freeform 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.95pt;margin-top:41.2pt;width:402pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8040,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCP2FDVrAIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EcTysm7dqqUT2hhC&#10;GjBp5Qe4jtNEOD5ju03Hr+d8SbqswBdEPljn3Pm5u+derq73rWY75XwDpuDZScqZMhLKxmwK/m11&#10;9+6CMx+EKYUGowr+pDy/Xr5+ddXZhcqhBl0qxxDE+EVnC16HYBdJ4mWtWuFPwCqDygpcKwJe3SYp&#10;negQvdVJnqbnSQeutA6k8h7/3vZKviT8qlIyfK0qrwLTBcfYAp2OznU8k+WVWGycsHUjhzDEP0TR&#10;isag0wPUrQiCbV3zG1TbSAceqnAioU2gqhqpKAfMJkuPsnmshVWUC5Lj7YEm//9g5Zfdg2NNWfA5&#10;Z0a0WKI7p1QknM0jO531CzR6tA8u5uftPcjvHhXJC028eLRh6+4zlIgitgGIkX3l2vgSc2V7Iv7p&#10;QLzaBybx51mWns1SrI9EXZbPqS6JWIxv5daHjwoIR+zufejLVqJEpJdD6CuEqFqNFXz7jqUsz04v&#10;6RjKfDDLRrM3CVulrGMX6WzshYNRPhoRVpZm8z+DnY52ESyfgGECmzFEUY9Ry70ZwkaJiTgnKRFl&#10;wUeCVhjcyBAioFFM8S+26PvYtn8zuHA4AMet7zjD1l/3nFgRYmTRRRRZV3DiIv5oYadWQKpwVDp0&#10;8qzVZmpFz6dR9Wp8ER1g3/QCOY2xTkpr4K7RmmqrTQzlPL08J2486KaMyhiNd5v1jXZsJ+JQ0xeT&#10;QbAXZtb5cCt83duRqs/ZwdaU5KVWovwwyEE0upcRSCPp1OCxp/shWEP5hP3toN8huPNQqMH95KzD&#10;/VFw/2MrnOJMfzI4oJfZDFuKBbrMzuY5XtxUs55qhJEIVfDAsSOieBP6JbW1rtnU6CkjHgy8x7mq&#10;mjgAFF8f1XDBHUE0DPssLqHpnayet+7yFwAAAP//AwBQSwMEFAAGAAgAAAAhAK3o6indAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4saTeNUZpOCLFxhY0Dx7QxbUXjVE22&#10;lj097gmO/v3p9+d8O7lOnHEIrScNyUKBQKq8banW8HHc3W1AhGjIms4TavjBANvi+io3mfUjveP5&#10;EGvBJRQyo6GJsc+kDFWDzoSF75F49+UHZyKPQy3tYEYud51MlVpLZ1riC43p8bnB6vtwchrKz32y&#10;u+xflsEdV/3bq6zVRY5a395MT48gIk7xD4ZZn9WhYKfSn8gG0WlIk+UDoxo26QrEDKjknpNyTtYg&#10;i1z+f6H4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI/YUNWsAgAAvQUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK3o6indAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAABgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAQBgAAAAA=&#10;" path="m,l8040,e" filled="f" strokeweight=".48pt">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5105400,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="7F4F15F6" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:60.95pt;margin-top:15.85pt;width:468.05pt;height:.1pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5944235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJyU/1FgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5yPNsuMOMXQoMOA&#10;oivQDDsrshwbk0WNVOL034+S4yTrbsN8ECjxiXzko7y8O7ZWHAxSA66Qk9FYCuM0lI3bFfL75uHD&#10;QgoKypXKgjOFfDUk71bv3y07n5sp1GBLg4KDOMo7X8g6BJ9nGenatIpG4I1jZwXYqsBb3GUlqo6j&#10;tzabjsfzrAMsPYI2RHy67p1yleJXldHhW1WRCcIWkrmFtGJat3HNVkuV71D5utEnGuofWLSqcZz0&#10;HGqtghJ7bP4K1TYagaAKIw1tBlXVaJNq4Gom4zfVvNTKm1QLN4f8uU30/8Lqp8OLf8ZInfwj6J/E&#10;Hck6T/nZEzd0whwrbCOWiYtj6uLruYvmGITmw9tPNzfT2a0Umn2T6cfU5Ezlw129p/DFQIqjDo8U&#10;eg3KwVL1YOmjG0xkJaOGNmkYpGANUQrWcNtr6FWI9yK5aIruQiSetXAwG0je8IY5U7t4rbtGcSmz&#10;xXQmxVAlY3sEGzEN96o3Umq2r4uzLrKYTxbzNBoEtikfGmsjC8Ld9t6iOKg4mOmLdXCEP2AeKawV&#10;1T0uuU4w60469dJEkbZQvj6j6HiaC0m/9gqNFPar43GJoz8YOBjbwcBg7yE9kNQgzrk5/lDoRUxf&#10;yMDKPsEwjCofRIuln7HxpoPP+wBVExVNM9QzOm14glOBp9cWn8j1PqEu/4TVbwAAAP//AwBQSwME&#10;FAAGAAgAAAAhANeH7EjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;naBCE+JUCIS4oKoUpHJ0k20cEa9D1m0DX49zguPMPs3OFMvRdeKIA7eeNCQzBQKp8nVLjYb3t6er&#10;BQgOhmrTeUIN38iwLM/PCpPX/kSveNyERsQQ4txosCH0uZRcWXSGZ75Hire9H5wJUQ6NrAdziuGu&#10;k6lSN9KZluIHa3p8sFh9bg5OQ2o/xi3P+UU977c/rB5X2dd6pfXlxXh/ByLgGP5gmOrH6lDGTjt/&#10;oJpFF3WaZBHVcJ3cgpgANV/EdbvJyUCWhfw/ofwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEASclP9RYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA14fsSN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l5943823,e" filled="f" strokeweight=".17183mm">
+                <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA7FE00" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="00B60F83">
+    <w:p w14:paraId="5AD541EC" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="424ED3E6" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6523FE3C" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8309"/>
+        </w:tabs>
+        <w:ind w:left="203"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...4 lines deleted...]
-    <w:p w14:paraId="60C84A3F" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="00B60F83">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="69"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>COOPERATIVA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>SOCIALE/CONSORZIO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sede</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30DD4247" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:spacing w:before="3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2723"/>
+          <w:tab w:val="left" w:pos="3760"/>
+          <w:tab w:val="left" w:pos="5796"/>
+          <w:tab w:val="left" w:pos="9628"/>
+          <w:tab w:val="left" w:pos="9746"/>
+        </w:tabs>
+        <w:ind w:left="203" w:right="173"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...15 lines deleted...]
-    <w:p w14:paraId="569145AB" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00B60F83">
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Via </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Codice Fiscale / P.IVA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">nella persona del suo legale rappresentante </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>quale,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>fine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sottoscrivere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>presente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>convenzione,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dichiara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>che</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Cooperativa/Consorzio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in possesso dei seguenti requisiti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334468A6" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="545"/>
-          <w:tab w:val="left" w:pos="547"/>
+          <w:tab w:val="left" w:pos="768"/>
+          <w:tab w:val="left" w:pos="5041"/>
         </w:tabs>
-        <w:spacing w:before="90"/>
-[...21 lines deleted...]
-          <w:i/>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="768" w:hanging="565"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">è iscritta/o alla CCIA di </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626F6D63" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="768"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="4027"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="768" w:hanging="565"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:i/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1E2A8F75" w14:textId="6C787635" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00B60F83">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">costituita </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C45AEF" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:spacing w:before="9"/>
-[...2 lines deleted...]
-          <w:sz w:val="19"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79B9A88F" wp14:editId="79527C53">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AA04E85" wp14:editId="22F133F6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1172210</wp:posOffset>
+                  <wp:posOffset>684275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>172720</wp:posOffset>
+                  <wp:posOffset>183368</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5029835" cy="1270"/>
+                <wp:extent cx="1828800" cy="7620"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Freeform 6"/>
+                <wp:docPr id="6" name="Graphic 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5029835" cy="1270"/>
+                          <a:ext cx="1828800" cy="7620"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
-                          <a:gdLst>
-[...4 lines deleted...]
-                          </a:gdLst>
+                          <a:gdLst/>
                           <a:ahLst/>
-                          <a:cxnLst>
-[...7 lines deleted...]
-                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="7921">
+                            <a:path w="1828800" h="7620">
                               <a:moveTo>
-                                <a:pt x="0" y="0"/>
+                                <a:pt x="1828800" y="7619"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="7921" y="0"/>
+                                <a:pt x="0" y="7619"/>
                               </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1828800" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1828800" y="7619"/>
+                              </a:lnTo>
+                              <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
-                        <a:noFill/>
-[...17 lines deleted...]
-                        </a:extLst>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="518D67E2" id="Freeform 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.3pt;margin-top:13.6pt;width:396.05pt;height:.1pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7921,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6eq4nrAIAALwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EcTysi5dq6UT2hhC&#10;GjBp5Qe4jtNEOLax3abj13M+J11W4AsiHyw7d37uuefOd3V96CTZC+tarUqanaWUCMV11aptSb+t&#10;795dUuI8UxWTWomSPglHr1evX131Zily3WhZCUsARLllb0raeG+WSeJ4IzrmzrQRCoy1th3zcLTb&#10;pLKsB/ROJnmaFkmvbWWs5sI5+HsbjXSF+HUtuP9a1054IksK3DyuFtdNWJPVFVtuLTNNywca7B9Y&#10;dKxVEPQIdcs8Izvb/gbVtdxqp2t/xnWX6LpuucAcIJssPcnmsWFGYC4gjjNHmdz/g+Vf9g+WtFVJ&#10;C0oU66BEd1aIIDgpgjq9cUtwejQPNuTnzL3m3x0YkheWcHDgQzb9Z10BCtt5jYocatuFm5ArOaDw&#10;T0fhxcETDj8v0nxxeX5BCQdbls+xLglbjnf5zvmPQiMO2987H8tWwQ5Frwbqayhx3Umo4Nt3JCXZ&#10;5azAZSjz0S0b3d4kZJ2SnswXeXbqlI9OiLWYF/M/Yp2PbgErn2AB/+3IkDUjaX5QA2vYERaeSYo6&#10;Ge2CPmvgNgoECOAUMvyLL8Q+9Y13hhAW+v+08y0l0PmbmK1hPjALIcKW9CVFKcKPTu/FWqPJn1QO&#10;gjxbpZp64fUpq2iGGyEAtE3cYNDAdVJZpe9aKbG0UgUqRbooUBunZVsFY2Dj7HZzIy3Zs/Cm8QvJ&#10;ANgLN2Odv2WuiX5oijlbvVMVRmkEqz4Me89aGfcAJEF07O/Q0vENbHT1BO1tdRwhMPJg02j7k5Ie&#10;xkdJ3Y8ds4IS+UnB+1xks1mYN3iYXcxzONipZTO1MMUBqqSeQkeE7Y2PM2pnbLttIFKGOij9Hp5V&#10;3Yb+R36R1XCAEYEyDOMszKDpGb2eh+7qFwAAAP//AwBQSwMEFAAGAAgAAAAhANUn/HfhAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQdYhKXEKcCpBAbCrRFxK7STwkUWM7&#10;2G6b/j3uCpZ35ujOmWI+6p4dyPnOGgl3kwQYmdqqzjQSNuvX2xkwH9Ao7K0hCSfyMC8vLwrMlT2a&#10;JR1WoWGxxPgcJbQhDDnnvm5Jo5/YgUzcfVunMcToGq4cHmO57nmaJBnX2Jl4ocWBXlqqd6u9loCn&#10;t13l7j/FMmyfFx/vN8nXj9hIeX01Pj0CCzSGPxjO+lEdyuhU2b1RnvUxz6ZZRCWkIgUWgQeRCWDV&#10;eTAFXhb8/wflLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6eq4nrAIAALwFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDVJ/x34QAAAAkBAAAP&#10;AAAAAAAAAAAAAAAAAAYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" path="m,l7921,e" filled="f" strokeweight=".48pt">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5029835,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="6E5E4529" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:14.45pt;width:2in;height:.6pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1828800,7620" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCN5VyQHQIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05ySDMjTjG06DCg&#10;6Ao0xc6KLMfGZFGjlNj5+1Gy5XrbZRiWg02Zz/R7j2R2t32r2UWha8AUfLVYcqaMhLIxp4K/Hh4+&#10;bDlzXphSaDCq4Ffl+O3+/btdZ3O1hhp0qZBREePyzha89t7mWeZkrVrhFmCVoWQF2ApPRzxlJYqO&#10;qrc6Wy+Xm6wDLC2CVM7R0/shyfexflUp6b9WlVOe6YITNx+vGK/HcM32O5GfUNi6kSMN8Q8sWtEY&#10;+uhU6l54wc7Y/FGqbSSCg8ovJLQZVFUjVdRAalbL39S81MKqqIXMcXayyf2/svLp8mKfMVB39hHk&#10;d0eOZJ11+ZQJBzdi+grbgCXirI8uXicXVe+ZpIer7Xq7XZLZknI3m3U0ORN5eleenf+sINYRl0fn&#10;hx6UKRJ1imRvUojUydBDHXvoOaMeImfUw+PQQyt8eC+QCyHrZkTqkUdItnBRB4gwHyRMbCPZ1cdQ&#10;jci+wbSZw0nWr8CUTncbqw6wpDzl0n3AzL/898ibzcQxlZManBpoB+mR/2QHaZkb7kA35UOjdXDA&#10;4el4p5FdRNiO+Bvlz2BxGIb+h0k4Qnl9RtbRyhTc/TgLVJzpL4ZmMuxXCjAFxxSg13cQtzCaj84f&#10;+m8CLbMUFtzT+DxBmniRp8kg/gEwYMObBj6dPVRNGJvIbWA0HmhNov5xpcMezs8R9fbHs/8JAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAFNLyH3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3&#10;pP4H6yqxUTtF0CbEqSqkTJ1aGBjd+EgC8Tm13Tb99xwTbPfunt59r9xMbhAXDLH3pCFbKBBIjbc9&#10;tRre3+qHNYiYDFkzeEINN4ywqWZ3pSmsv9IeL4fUCg6hWBgNXUpjIWVsOnQmLvyIxLdPH5xJLEMr&#10;bTBXDneDXCr1LJ3piT90ZsTXDpvvw9lpqE9ZFmsZbB5D337c9ruV/dppfT+fti8gEk7pzwy/+IwO&#10;FTMd/ZlsFANrtWL0pGG5zkGw4TF/4sWRB5WBrEr5v0H1AwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAI3lXJAdAgAAwAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAAU0vIfcAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" path="m1828800,7619l,7619,,,1828800,r,7619xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="72E17935" w14:textId="6A35372A" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4482"/>
+        </w:tabs>
+        <w:spacing w:before="96"/>
+        <w:ind w:left="85" w:right="75"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 Vedi art. 6 Convenzione </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65E20">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Quadro Rep n.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E20" w:rsidRPr="00E65E20">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65E20">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E20" w:rsidRPr="00E65E20">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13/01/2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65E20">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65E20">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65E20">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Costituzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>antecedente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>almeno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>anno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>stipula</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>convenzione trilaterale. In mancanza di tale requisito, la cooperativa è tenuta ad acquisire il parere favorevole da parte di un'associazione di rappresentanza, assistenza e tutela delle cooperative, firmataria della Convenzione Quadro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF3E628" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001D1AC7">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1260" w:right="992" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DD168C4" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="769"/>
+          <w:tab w:val="left" w:pos="805"/>
+          <w:tab w:val="left" w:pos="4405"/>
+          <w:tab w:val="left" w:pos="9750"/>
+        </w:tabs>
+        <w:spacing w:before="77"/>
+        <w:ind w:right="169" w:hanging="603"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>è iscritta/o all’Albo Regionale di cui all’art.4 della LR 12/2014, sez. B o sez. C, al n.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con provvedimento del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AD180B" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="769" w:right="228"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dotata/o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>idonea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>organizzazione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tecnologica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>aziendale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>svolge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="39"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>seguenti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attività, ulteriori rispetto allo svolgimento della commessa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C804D1E" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="769" w:hanging="566"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>non</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ha</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in corso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">procedure </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>concorsuali;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211B39B0" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:before="117"/>
+        <w:ind w:left="769" w:hanging="566"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in regola con le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>contribuzioni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>assicurative</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e previdenziali dei </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dipendenti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C80DAD9" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="769" w:hanging="566"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ottemperante agli obblighi della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>68/99;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66587C5D" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:before="117"/>
+        <w:ind w:left="769" w:right="231"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>applica il C.C.N.L. della cooperazione sociale, sottoscritto dalle organizzazioni sindacali comparativamente più rappresentative a livello nazionale e l'eventuale contratto provinciale integrativo della cooperazione sociale ovvero il contratto del settore di attività nel quale avviene l'inserimento lavorativo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA7EB34" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="768"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="768" w:hanging="565"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>rispetta le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>norme in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>materia di tutela</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e sicurezza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>del lavoro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di barriere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> architettoniche;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F7078E" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:before="266" w:line="228" w:lineRule="auto"/>
+        <w:ind w:left="769" w:right="218"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ha correttamente adempiuto agli obblighi relativi a precedenti convenzioni stipulate ai sensi dell'art. 22 L. R. 17/05;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E98829" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="114"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="581961DD" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="203" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Premesso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60CC3460" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15021F98" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="383"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Che</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>l’art.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>L.R.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>17/05</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>prevede</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>possibilità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>stipulare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>convenzioni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>gli</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uffici</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per il collocamento mirato, le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>cooperative</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sociali di tipo B e i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>loro consorzi, e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>datori di lavoro privati soggetti agli obblighi della L.68/99, finalizzate al conferimento di commesse di lavoro da parte dei datori di lavoro obbligati alle cooperative sociali/consorzi, a fronte dell’inserimento di persone con disabilità, per le quali risulti particolarmente difficile il ricorso alle vie ordinarie del collocamento mirato;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D82C018" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="769"/>
+          <w:tab w:val="left" w:pos="9467"/>
+        </w:tabs>
+        <w:spacing w:before="78"/>
+        <w:ind w:right="391"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Che, ai sensi della Deliberazione di Giunta Regionale Emilia-Romagna n. 2125 del 15/12/2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Regione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Emilia-Romagna,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Associazioni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>categoria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>datori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lavoro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e dei lavoratori nonché le Associazioni di rappresentanza delle cooperative sociali, hanno sottoscritto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nuova</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Convenzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Quadro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>stipulata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>medesime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Parti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C102332" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3392"/>
+          <w:tab w:val="left" w:pos="4827"/>
+        </w:tabs>
+        <w:spacing w:line="275" w:lineRule="exact"/>
+        <w:ind w:left="769"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">n. repertorio n. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, per la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>definizione:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42232422" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="592E06A4" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1196"/>
+          <w:tab w:val="left" w:pos="1891"/>
+          <w:tab w:val="left" w:pos="3462"/>
+          <w:tab w:val="left" w:pos="3981"/>
+          <w:tab w:val="left" w:pos="4766"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="6020"/>
+          <w:tab w:val="left" w:pos="7409"/>
+          <w:tab w:val="left" w:pos="7743"/>
+          <w:tab w:val="left" w:pos="8433"/>
+        </w:tabs>
+        <w:ind w:right="393"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>delle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>caratteristiche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>datori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lavoro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>committenti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>delle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cooperative </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sociali/consorzi destinatarie degli inserimenti lavorativi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C196B2" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1196"/>
+        </w:tabs>
+        <w:ind w:hanging="427"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>delle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>caratteristiche dei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lavoratori con disabilità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>inserire;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EBF11B0" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1196"/>
+        </w:tabs>
+        <w:ind w:hanging="427"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>percentuale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>massima</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>copertura dell’aliquota</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d’obbligo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031683C7" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1196"/>
+        </w:tabs>
+        <w:ind w:hanging="427"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>calcolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>valore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>delle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>commesse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in rapporto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alle unità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>coprire;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CA2012" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="123CFD8E" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48D7DEBE" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:ind w:left="0" w:right="295"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Convengono</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>stipulano quanto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>segue:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C88F4AB" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D1F0F33" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B96F184" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BC3490" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="547"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57394975" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BC402D7" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="563"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>L’Impresa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>impegna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>affidare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Cooperativa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sociale/Consorzio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la/e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>commessa/e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di lavoro/esecuzione di servizio sotto descritta/e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(inserire descrizione della/e commessa/e):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39ADDD2E" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62846C8F" wp14:editId="6BEEE400">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A633092" wp14:editId="6A4B2076">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1172210</wp:posOffset>
+                  <wp:posOffset>1359408</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>347980</wp:posOffset>
+                  <wp:posOffset>174536</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5029200" cy="1270"/>
+                <wp:extent cx="5105400" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Freeform 5"/>
+                <wp:docPr id="7" name="Graphic 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5029200" cy="1270"/>
+                          <a:ext cx="5105400" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
-                          <a:gdLst>
-[...4 lines deleted...]
-                          </a:gdLst>
+                          <a:gdLst/>
                           <a:ahLst/>
-                          <a:cxnLst>
-[...7 lines deleted...]
-                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="7920">
+                            <a:path w="5105400">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="7920" y="0"/>
+                                <a:pt x="5105399" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
-                        <a:noFill/>
                         <a:ln w="6096">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...7 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="10B0623A" id="Freeform 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.3pt;margin-top:27.4pt;width:396pt;height:.1pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7920,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTm9VLqQIAALwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EbQmLX1Zq6UT2hhC&#10;GjBp5Qe4jtNEOD5ju03Hr+d8SbqswBdEPlh27vzcc8+d7+r6WGt2UM5XYDI+HqWcKSMhr8wu4982&#10;dxeXnPkgTC40GJXxJ+X59fr1q6vGrtQEStC5cgxBjF81NuNlCHaVJF6WqhZ+BFYZNBbgahHw6HZJ&#10;7kSD6LVOJmk6TxpwuXUglff497Y18jXhF4WS4WtReBWYzjhyC7Q6WrdxTdZXYrVzwpaV7GiIf2BR&#10;i8pg0BPUrQiC7V31G1RdSQceijCSUCdQFJVUlANmM07PsnkshVWUC4rj7Ukm//9g5ZfDg2NVnvEZ&#10;Z0bUWKI7p1QUnM2iOo31K3R6tA8u5uftPcjvHg3JC0s8ePRh2+Yz5Igi9gFIkWPh6ngTc2VHEv7p&#10;JLw6Bibx5yydLLGanEm0jScLqksiVv1duffhowLCEYd7H9qy5bgj0fOO+gYhilpjBd9esJSNL6dz&#10;Wroyn9zGvdubhG1S1rAFhj93mvROhLVczP+M9a53i1iTARby3/UMRdmTlkfTscYdE/GZpKSTBR/1&#10;2SC3XiBEQKeY4V98Mfa5b3unC+Gw/88733GGnb9ts7UiRGYxRNyyJuMkRfxRw0FtgEzhrHIY5Nmq&#10;zdCLrg9ZtWa8EQNg27QbChq5Dipr4K7SmkqrTaQyT5dz0saDrvJojGy8221vtGMHEd80fTEZBHvh&#10;Zp0Pt8KXrR+Z2pwd7E1OUUol8g/dPohKt3sE0ig69Xds6fYNbCF/wvZ20I4QHHm4KcH95KzB8ZFx&#10;/2MvnOJMfzL4Ppfj6TTOGzpMZwtsL+aGlu3QIoxEqIwHjh0RtzehnVF766pdiZHGpIOB9/isiir2&#10;P/FrWXUHHBEkQzfO4gwansnreeiufwEAAP//AwBQSwMEFAAGAAgAAAAhABkuqhvbAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ2lMCXEqqMi9FC7cnHjzI+J1FLtNeHuW&#10;Ez3O7KfZmXy3uEGccQq9Jw33qwQEUu1tT62Gz4/ybgsiREPWDJ5Qww8G2BXXV7nJrJ/pHc/H2AoO&#10;oZAZDV2MYyZlqDt0Jqz8iMS3xk/ORJZTK+1kZg53g1wniZLO9MQfOjPivsP6+3hyGt6m5pA2av1a&#10;pqWKrvo6POybWevbm+XlGUTEJf7D8Fefq0PBnSp/IhvEwHq7UYxqSDc8gYGnR8VGxUaagCxyebmg&#10;+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDTm9VLqQIAALwFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAZLqob2wAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAAMFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACwYAAAAA&#10;" path="m,l7920,e" filled="f" strokeweight=".48pt">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5029200,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="4E27E860" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:107.05pt;margin-top:13.75pt;width:402pt;height:.1pt;z-index:-15726080;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5105400,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANw/t5FAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNVuMOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7eHjsrDgapBVfK6SSXwjgNVet2pfy+uX/3&#10;SQoKylXKgjOlfDEkb1dv3yx7X5gZNGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GUVqp6j&#10;dzab5fk86wErj6ANEZ+uB6dcpfh1bXT4VtdkgrClZG4hrZjWbVyz1VIVO1S+afWJhvoHFp1qHSc9&#10;h1qroMQe279Cda1GIKjDREOXQV232qQauJpp/qqa50Z5k2rh5pA/t4n+X1j9eHj2Txipk38A/ZO4&#10;I1nvqTh74oZOmGONXcQycXFMXXw5d9Ecg9B8eDPNbz7k3GzNvunsY2pyporxrt5T+GIgxVGHBwqD&#10;BtVoqWa09NGNJrKSUUObNAxSsIYoBWu4HTT0KsR7kVw0RX8hEs86OJgNJG94xZypXbzWXaNiKe8X&#10;CynGKhk7INiIabhXg5FSs31dnHWRxTxfzNNoENi2um+tjSwId9s7i+Kg4mCmL9bBEf6AeaSwVtQM&#10;uOQ6waw76TRIE0XaQvXyhKLnaS4l/dorNFLYr47HJY7+aOBobEcDg72D9EBSgzjn5vhDoRcxfSkD&#10;K/sI4zCqYhQtln7GxpsOPu8D1G1UNM3QwOi04QlOBZ5eW3wi1/uEuvwTVr8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAqwiDk3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWNoJ&#10;aNU1nRACBGgXBocd08RrqzVOabKt/HvcE9zs956eP5fryfXihGPoPClIFwkIJONtR42Cr8/nmxxE&#10;iJqs7j2hgh8MsK4uL0pdWH+mDzxtYyO4hEKhFbQxDoWUwbTodFj4AYm9vR+djryOjbSjPnO56+Uy&#10;Se6l0x3xhVYP+NiiOWyPToEx9ffm7TXL9t3knt5f8ki7g1Xq+mp6WIGIOMW/MMz4jA4VM9X+SDaI&#10;XsEyvU05ykN2B2IOJGnOSj0rGciqlP9fqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;DcP7eRQCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAKsIg5N4AAAAKAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" path="m,l5105399,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:i/>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D459879" wp14:editId="1BD2971C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F293D63" wp14:editId="4C24D5BB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1172210</wp:posOffset>
+                  <wp:posOffset>1359408</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>523240</wp:posOffset>
+                  <wp:posOffset>349796</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5029200" cy="1270"/>
+                <wp:extent cx="5105400" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Freeform 4"/>
+                <wp:docPr id="8" name="Graphic 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5105400" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5105400">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5105399" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7E56A2FD" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:107.05pt;margin-top:27.55pt;width:402pt;height:.1pt;z-index:-15725568;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5105400,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANw/t5FAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNVuMOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7eHjsrDgapBVfK6SSXwjgNVet2pfy+uX/3&#10;SQoKylXKgjOlfDEkb1dv3yx7X5gZNGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GUVqp6j&#10;dzab5fk86wErj6ANEZ+uB6dcpfh1bXT4VtdkgrClZG4hrZjWbVyz1VIVO1S+afWJhvoHFp1qHSc9&#10;h1qroMQe279Cda1GIKjDREOXQV232qQauJpp/qqa50Z5k2rh5pA/t4n+X1j9eHj2Txipk38A/ZO4&#10;I1nvqTh74oZOmGONXcQycXFMXXw5d9Ecg9B8eDPNbz7k3GzNvunsY2pyporxrt5T+GIgxVGHBwqD&#10;BtVoqWa09NGNJrKSUUObNAxSsIYoBWu4HTT0KsR7kVw0RX8hEs86OJgNJG94xZypXbzWXaNiKe8X&#10;CynGKhk7INiIabhXg5FSs31dnHWRxTxfzNNoENi2um+tjSwId9s7i+Kg4mCmL9bBEf6AeaSwVtQM&#10;uOQ6waw76TRIE0XaQvXyhKLnaS4l/dorNFLYr47HJY7+aOBobEcDg72D9EBSgzjn5vhDoRcxfSkD&#10;K/sI4zCqYhQtln7GxpsOPu8D1G1UNM3QwOi04QlOBZ5eW3wi1/uEuvwTVr8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQA4oJwy3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJNC&#10;aRTiVAgBgooLpYceHXubRI3XIXbb8PZsTnDav9HMt8VqdJ044RBaTwrSWQICyXjbUq1g+/Vyk4EI&#10;UZPVnSdU8IMBVuXlRaFz68/0iadNrAWbUMi1gibGPpcymAadDjPfI/Ft7wenI49DLe2gz2zuOjlP&#10;knvpdEuc0Ogenxo0h83RKTCm+v54f1su9+3ontevWaTdwSp1fTU+PoCIOMY/MUz4jA4lM1X+SDaI&#10;TsE8vUtZqmCx4DoJkjTjrpo2tyDLQv5/ofwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;DcP7eRQCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAOKCcMt4AAAAKAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" path="m,l5105399,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591424" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C284DD0" wp14:editId="713DE719">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1359408</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>524917</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5105400" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5105400" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5105400">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5105399" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="42D90849" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:107.05pt;margin-top:41.35pt;width:402pt;height:.1pt;z-index:-15725056;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5105400,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANw/t5FAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNVuMOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7eHjsrDgapBVfK6SSXwjgNVet2pfy+uX/3&#10;SQoKylXKgjOlfDEkb1dv3yx7X5gZNGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GUVqp6j&#10;dzab5fk86wErj6ANEZ+uB6dcpfh1bXT4VtdkgrClZG4hrZjWbVyz1VIVO1S+afWJhvoHFp1qHSc9&#10;h1qroMQe279Cda1GIKjDREOXQV232qQauJpp/qqa50Z5k2rh5pA/t4n+X1j9eHj2Txipk38A/ZO4&#10;I1nvqTh74oZOmGONXcQycXFMXXw5d9Ecg9B8eDPNbz7k3GzNvunsY2pyporxrt5T+GIgxVGHBwqD&#10;BtVoqWa09NGNJrKSUUObNAxSsIYoBWu4HTT0KsR7kVw0RX8hEs86OJgNJG94xZypXbzWXaNiKe8X&#10;CynGKhk7INiIabhXg5FSs31dnHWRxTxfzNNoENi2um+tjSwId9s7i+Kg4mCmL9bBEf6AeaSwVtQM&#10;uOQ6waw76TRIE0XaQvXyhKLnaS4l/dorNFLYr47HJY7+aOBobEcDg72D9EBSgzjn5vhDoRcxfSkD&#10;K/sI4zCqYhQtln7GxpsOPu8D1G1UNM3QwOi04QlOBZ5eW3wi1/uEuvwTVr8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCnZIES3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLG2F&#10;aCl1J4QAAdqFwYFjmnhttcYpTbaVtyc9wdG/P/3+XK1nO4gjTb53jJCuEhDE2pmeW4TPj6erAoQP&#10;io0aHBPCD3lY1+dnlSqNO/E7HbehFbGEfakQuhDGUkqvO7LKr9xIHHc7N1kV4ji10kzqFMvtILMk&#10;uZFW9RwvdGqkh470fnuwCFo335vXlzzf9bN9fHsuAn/tDeLlxXx/ByLQHP5gWPSjOtTRqXEHNl4M&#10;CFl6nUYUochyEAuQpEVMmiW5BVlX8v8L9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;DcP7eRQCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAp2SBEt4AAAAKAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" path="m,l5105399,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0AF6D7" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65AC7ABB" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24ED55F7" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001D1AC7">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1180" w:right="992" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4007AC23" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="632"/>
+        </w:tabs>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="389" w:hanging="430"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>predette</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lavorazioni/servizi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>saranno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>eseguite</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>secondo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>seguenti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>modalità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(indicare modalità, luogo di esecuzione, ecc.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01639887" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="15"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591936" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6ED78F4F" wp14:editId="5EA1B2D2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1173480</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>170895</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5029200" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5029200" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
-                          <a:gdLst>
-[...4 lines deleted...]
-                          </a:gdLst>
+                          <a:gdLst/>
                           <a:ahLst/>
-                          <a:cxnLst>
-[...7 lines deleted...]
-                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="7920">
+                            <a:path w="5029200">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="7920" y="0"/>
+                                <a:pt x="5029200" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
-                        <a:noFill/>
                         <a:ln w="6096">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...7 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2D0A5C03" id="Freeform 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.3pt;margin-top:41.2pt;width:396pt;height:.1pt;z-index:-15726080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7920,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9oxlbqAIAALwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+BG1JSteu1dIJbQwh&#10;DZi08gNcx2kiHJ+x3abj13O+JF1W4AWRB8vOnb/77rvzXV0fGs32yvkaTM6z85QzZSQUtdnm/Nv6&#10;7uySMx+EKYQGo3L+pDy/Xr1+ddXapZpABbpQjiGI8cvW5rwKwS6TxMtKNcKfg1UGjSW4RgQ8um1S&#10;ONEieqOTSZrOkhZcYR1I5T3+ve2MfEX4Zalk+FqWXgWmc47cAq2O1k1ck9WVWG6dsFUtexriH1g0&#10;ojYY9Ah1K4JgO1f/BtXU0oGHMpxLaBIoy1oqygGzydKTbB4rYRXlguJ4e5TJ/z9Y+WX/4Fhd5HzK&#10;mRENlujOKRUFZ9OoTmv9Ep0e7YOL+Xl7D/K7R0PywhIPHn3Ypv0MBaKIXQBS5FC6Jt7EXNmBhH86&#10;Cq8OgUn8eZFOFlhNziTassmc6pKI5XBX7nz4qIBwxP7eh65sBe5I9KKnvkaIstFYwbdnLGXZ5XRG&#10;S1/mo1s2uL1J2DplLZtj+FOnyeBEWIv57M9Y7wa3iDUZYSH/7cBQVANpeTA9a9wxEZ9JSjpZ8FGf&#10;NXIbBEIEdIoZ/sUXY5/6dnf6EA77/7TzHWfY+ZsuWytCZBZDxC1rc05SxB8N7NUayBROKodBnq3a&#10;jL3o+phVZ8YbMQC2TbehoJHrqLIG7mqtqbTaRCqzdDEjbTzouojGyMa77eZGO7YX8U3TF5NBsBdu&#10;1vlwK3zV+ZGpy9nBzhQUpVKi+NDvg6h1t0cgjaJTf8eW7t7ABoonbG8H3QjBkYebCtxPzlocHzn3&#10;P3bCKc70J4Pvc5FNp3He0GF6Mcf2Ym5s2YwtwkiEynng2BFxexO6GbWzrt5WGCkjHQy8x2dV1rH/&#10;iV/Hqj/giCAZ+nEWZ9D4TF7PQ3f1CwAA//8DAFBLAwQUAAYACAAAACEAjGCIUtsAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDaE0IcSqoyL20vXBz4s2PiO3Idpvw9mxP&#10;cJzZT7MzxXYxI7ugD4OzEh5XCTC0jdOD7SScjtVDBixEZbUanUUJPxhgW97eFCrXbrafeDnEjlGI&#10;DbmS0Mc45ZyHpkejwspNaOnWOm9UJOk7rr2aKdyMPE0SwY0aLH3o1YS7Hpvvw9lI+PDtftOK9L3a&#10;VCKa+mv/tGtnKe/vlrdXYBGX+AfDtT5Vh5I61e5sdWAj6WwtCJWQpWtgBLw8CzLqqyGAlwX/v6D8&#10;BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH2jGVuoAgAAvAUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIxgiFLbAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAAgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAKBgAAAAA=&#10;" path="m,l7920,e" filled="f" strokeweight=".48pt">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5029200,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="168A14E8" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.4pt;margin-top:13.45pt;width:396pt;height:.1pt;z-index:-15724544;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5029200,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUTZMODwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CLFuNOsXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJdpJ1t2E+CJT4RD7yUb6961srjgapAVfIxWwuhXEaysbtC/m6ffjw&#10;WQoKypXKgjOFPBmSd+v37247n5sl1GBLg4KDOMo7X8g6BJ9nGenatIpm4I1jZwXYqsBb3Gclqo6j&#10;tzZbzuerrAMsPYI2RHy6GZxyneJXldHhe1WRCcIWkrmFtGJad3HN1rcq36PydaNHGuofWLSqcZz0&#10;HGqjghIHbP4K1TYagaAKMw1tBlXVaJNq4GoW8zfVvNTKm1QLN4f8uU30/8Lqp+OLf8ZInfwj6J/E&#10;Hck6T/nZEzc0YvoK24hl4qJPXTydu2j6IDQffpwvb1gaKTT7FstPqcmZyqe7+kDhq4EURx0fKQwa&#10;lJOl6snSvZtMZCWjhjZpGKRgDVEK1nA3aOhViPciuWiK7kIknrVwNFtI3vCGOVO7eK27Rp1Lmapk&#10;7IBgI6bhXg1GSs32dXHWRRar+c0qjQaBbcqHxtrIgnC/u7cojioOZvpiHRzhD5hHChtF9YBLrhFm&#10;3ajTIE0UaQfl6RlFx9NcSPp1UGiksN8cj0sc/cnAydhNBgZ7D+mBpAZxzm3/Q6EXMX0hAyv7BNMw&#10;qnwSLZZ+xsabDr4cAlRNVDTN0MBo3PAEpwLH1xafyPU+oS7/hPVvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAHOlOpN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTCKVtiFMh&#10;KkCAECKtenbiJQnY6yh22/D3LCc4zuxo9k2xnpwVRxxD70nBfJaAQGq86alVsNveXy1BhKjJaOsJ&#10;FXxjgHV5flbo3PgTveOxiq3gEgq5VtDFOORShqZDp8PMD0h8+/Cj05Hl2Eoz6hOXOyvTJMmk0z3x&#10;h04PeNdh81UdnIKHt7rHvXx+2mwe0VafuH99mVKlLi+m2xsQEaf4F4ZffEaHkplqfyAThGW9vGb0&#10;qCDNViA4sFpkbNRsLOYgy0L+X1D+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANRNkw4P&#10;AgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABzp&#10;TqTeAAAACQEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" path="m,l5029200,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="61CE4947" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="00B60F83">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487592448" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C561C7E" wp14:editId="0E9017CB">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1173480</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>346155</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5029200" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="11" name="Graphic 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5029200" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5029200">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5029200" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4596D390" id="Graphic 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.4pt;margin-top:27.25pt;width:396pt;height:.1pt;z-index:-15724032;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5029200,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUTZMODwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CLFuNOsXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJdpJ1t2E+CJT4RD7yUb6961srjgapAVfIxWwuhXEaysbtC/m6ffjw&#10;WQoKypXKgjOFPBmSd+v37247n5sl1GBLg4KDOMo7X8g6BJ9nGenatIpm4I1jZwXYqsBb3Gclqo6j&#10;tzZbzuerrAMsPYI2RHy6GZxyneJXldHhe1WRCcIWkrmFtGJad3HN1rcq36PydaNHGuofWLSqcZz0&#10;HGqjghIHbP4K1TYagaAKMw1tBlXVaJNq4GoW8zfVvNTKm1QLN4f8uU30/8Lqp+OLf8ZInfwj6J/E&#10;Hck6T/nZEzc0YvoK24hl4qJPXTydu2j6IDQffpwvb1gaKTT7FstPqcmZyqe7+kDhq4EURx0fKQwa&#10;lJOl6snSvZtMZCWjhjZpGKRgDVEK1nA3aOhViPciuWiK7kIknrVwNFtI3vCGOVO7eK27Rp1Lmapk&#10;7IBgI6bhXg1GSs32dXHWRRar+c0qjQaBbcqHxtrIgnC/u7cojioOZvpiHRzhD5hHChtF9YBLrhFm&#10;3ajTIE0UaQfl6RlFx9NcSPp1UGiksN8cj0sc/cnAydhNBgZ7D+mBpAZxzm3/Q6EXMX0hAyv7BNMw&#10;qnwSLZZ+xsabDr4cAlRNVDTN0MBo3PAEpwLH1xafyPU+oS7/hPVvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAdxXle94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaMOVf8IcSpE&#10;BQhQhQioZydekoC9jmK3DW/P9kSPMzua/SZbD86KA/ah9aTgepKAQKq8aalW8PnxcLUCEaImo60n&#10;VPCLAdb56CLTqfFHesdDEWvBJRRSraCJsUulDFWDToeJ75D49uV7pyPLvpam10cud1ZOk2QhnW6J&#10;PzS6w/sGq59i7xQ8vpUt7uTL82bzhLb4xt32dZgqdTke7m5BRBzifxhO+IwOOTOVfk8mCMt6NWP0&#10;qGA+m4PgwM1ywUZ5MpYg80yeL8j/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANRNkw4P&#10;AgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHcV&#10;5XveAAAACQEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" path="m,l5029200,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487592960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48ED90B3" wp14:editId="5CD50794">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1173480</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>521415</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5029200" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="12" name="Graphic 12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5029200" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5029200">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5029200" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7DF2D8D1" id="Graphic 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.4pt;margin-top:41.05pt;width:396pt;height:.1pt;z-index:-15723520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5029200,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUTZMODwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CLFuNOsXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJdpJ1t2E+CJT4RD7yUb6961srjgapAVfIxWwuhXEaysbtC/m6ffjw&#10;WQoKypXKgjOFPBmSd+v37247n5sl1GBLg4KDOMo7X8g6BJ9nGenatIpm4I1jZwXYqsBb3Gclqo6j&#10;tzZbzuerrAMsPYI2RHy6GZxyneJXldHhe1WRCcIWkrmFtGJad3HN1rcq36PydaNHGuofWLSqcZz0&#10;HGqjghIHbP4K1TYagaAKMw1tBlXVaJNq4GoW8zfVvNTKm1QLN4f8uU30/8Lqp+OLf8ZInfwj6J/E&#10;Hck6T/nZEzc0YvoK24hl4qJPXTydu2j6IDQffpwvb1gaKTT7FstPqcmZyqe7+kDhq4EURx0fKQwa&#10;lJOl6snSvZtMZCWjhjZpGKRgDVEK1nA3aOhViPciuWiK7kIknrVwNFtI3vCGOVO7eK27Rp1Lmapk&#10;7IBgI6bhXg1GSs32dXHWRRar+c0qjQaBbcqHxtrIgnC/u7cojioOZvpiHRzhD5hHChtF9YBLrhFm&#10;3ajTIE0UaQfl6RlFx9NcSPp1UGiksN8cj0sc/cnAydhNBgZ7D+mBpAZxzm3/Q6EXMX0hAyv7BNMw&#10;qnwSLZZ+xsabDr4cAlRNVDTN0MBo3PAEpwLH1xafyPU+oS7/hPVvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAe9e0U94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTgEoa4lSI&#10;ChAghBpQz068JAF7HcVuG/6e7QmOMzuafVOsJmfFHsfQe1IwnyUgkBpvemoVfLzfX2QgQtRktPWE&#10;Cn4wwKo8PSl0bvyBNrivYiu4hEKuFXQxDrmUoenQ6TDzAxLfPv3odGQ5ttKM+sDlzso0SRbS6Z74&#10;Q6cHvOuw+a52TsHDW93jVj4/rdePaKsv3L6+TKlS52fT7Q2IiFP8C8MRn9GhZKba78gEYVlnV4we&#10;FWTpHAQHltcLNuqjcQmyLOT/BeUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANRNkw4P&#10;AgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHvX&#10;tFPeAAAACQEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" path="m,l5029200,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DF3667" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6236F292" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7104B895" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4406"/>
+        </w:tabs>
+        <w:spacing w:before="270"/>
+        <w:ind w:left="632" w:right="78"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Il Consorzio dichiara che affiderà la commessa alla/alle propria/e consorziata/e cooperativa/e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>sociale/i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>che assumerà/anno la/le persona/e con disabilità così come</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>previsto dalla presente convenzione e che, come</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>disposto dalla Convenzione Quadro, è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in possesso di tutti i requisiti previsti dalla stessa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2A1B65" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3369E7DB" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F08132" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25991D54" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="632"/>
+          <w:tab w:val="left" w:pos="2419"/>
+        </w:tabs>
+        <w:ind w:right="491" w:hanging="430"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>L’Impresa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>impegna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>corrispondere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>quale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>costo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>commessa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>somma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Euro</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>+ IVA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E06E1E6" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="89"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69153DB5" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="628"/>
+          <w:tab w:val="left" w:pos="632"/>
+          <w:tab w:val="left" w:pos="4453"/>
+          <w:tab w:val="left" w:pos="5602"/>
+          <w:tab w:val="left" w:pos="8553"/>
+        </w:tabs>
+        <w:ind w:right="78" w:hanging="430"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La quota relativa al costo del lavoro è pari ad </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Euro</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>corrisponde ad un orario settimanale di ore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">per </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dipendente/i.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EED48CE" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="185"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="200EF0F0" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="628"/>
+          <w:tab w:val="left" w:pos="632"/>
+        </w:tabs>
+        <w:ind w:right="75" w:hanging="430"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La quota di cui all’art. 2, co. 1 corrisponde, ai sensi dell’art. 8 della Convenzione Quadro, al trattamento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>economico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lordo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>previsto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CCNL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>applicato</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dall’azienda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>committente,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>unitamente ai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>contributi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sociali,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>assicurativi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>previdenziali</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>carico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>datore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lavoro,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>TFR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>eventuali altri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>costi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>previsti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>generalità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lavoratori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e/o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>connessi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>specifica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mansione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maggiorato di una percentuale pari (o superiore) al 20% a fronte degli oneri relativi alle misure di </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>accompagnamento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783DE274" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="122"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79256FFA" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="628"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>commessa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>l’Impresa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>adempie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>all’obbligo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>previsto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dall’art.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Legge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>marzo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C45C321" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="5827"/>
+        </w:tabs>
+        <w:ind w:left="628"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>n.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>68 per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>copertura</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>n.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">posti, pari al </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della quota</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d’obbligo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5BA5D4" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="251"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F56B83" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="7" w:right="295"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432A74F4" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED591DA" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="31"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72493088" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="632"/>
+        </w:tabs>
+        <w:ind w:right="390"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Cooperativa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sociale/Consorzio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>impegna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>eseguire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>l’opera,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>l’attività</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>servizio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la propria organizzazione e nel rispetto dei tempi e delle modalità previste dall’art. 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD7D786" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F743546" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="632"/>
+        </w:tabs>
+        <w:ind w:right="390"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Si</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>impegna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>altresì</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mantenere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>riservatezza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>relativamente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>prodotto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lavorato,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tecniche utilizzate e a quant’altro di cui venga a conoscenza, attinente all’Impresa, in ragione dell’affidamento delle commesse di lavoro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282CB98A" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="274"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D6A764" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="632"/>
+        </w:tabs>
+        <w:spacing w:before="276"/>
+        <w:ind w:right="385"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Cooperativa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sociale/Consorzio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>impegna,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(entro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dieci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>giorni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>norma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dalla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sottoscrizione della presente convenzione), ad assumere la/e persona/e con disabilità individuata/e in accordo con l’Ufficio per il Collocamento mirato, in possesso delle caratteristiche definite dall’art. 4 della Convenzione Quadro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E09361" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5982A0DE" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="49"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487593472" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7390AFD3" wp14:editId="10B6238C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684275</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>192841</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1828800" cy="7620"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Graphic 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1828800" cy="7620"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1828800" h="7620">
+                              <a:moveTo>
+                                <a:pt x="1828800" y="7619"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="7619"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1828800" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1828800" y="7619"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="39E1E933" id="Graphic 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:15.2pt;width:2in;height:.6pt;z-index:-15723008;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1828800,7620" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCN5VyQHQIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05ySDMjTjG06DCg&#10;6Ao0xc6KLMfGZFGjlNj5+1Gy5XrbZRiWg02Zz/R7j2R2t32r2UWha8AUfLVYcqaMhLIxp4K/Hh4+&#10;bDlzXphSaDCq4Ffl+O3+/btdZ3O1hhp0qZBREePyzha89t7mWeZkrVrhFmCVoWQF2ApPRzxlJYqO&#10;qrc6Wy+Xm6wDLC2CVM7R0/shyfexflUp6b9WlVOe6YITNx+vGK/HcM32O5GfUNi6kSMN8Q8sWtEY&#10;+uhU6l54wc7Y/FGqbSSCg8ovJLQZVFUjVdRAalbL39S81MKqqIXMcXayyf2/svLp8mKfMVB39hHk&#10;d0eOZJ11+ZQJBzdi+grbgCXirI8uXicXVe+ZpIer7Xq7XZLZknI3m3U0ORN5eleenf+sINYRl0fn&#10;hx6UKRJ1imRvUojUydBDHXvoOaMeImfUw+PQQyt8eC+QCyHrZkTqkUdItnBRB4gwHyRMbCPZ1cdQ&#10;jci+wbSZw0nWr8CUTncbqw6wpDzl0n3AzL/898ibzcQxlZManBpoB+mR/2QHaZkb7kA35UOjdXDA&#10;4el4p5FdRNiO+Bvlz2BxGIb+h0k4Qnl9RtbRyhTc/TgLVJzpL4ZmMuxXCjAFxxSg13cQtzCaj84f&#10;+m8CLbMUFtzT+DxBmniRp8kg/gEwYMObBj6dPVRNGJvIbWA0HmhNov5xpcMezs8R9fbHs/8JAAD/&#10;/wMAUEsDBBQABgAIAAAAIQC46Usk3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xb8IwEIX3&#10;SvwH65C6FTulhZLGQVWlTExAh44mviYp8TnYBsK/73Vqt3t3T+++V6xH14sLhth50pDNFAik2tuO&#10;Gg0f++rhBURMhqzpPaGGG0ZYl5O7wuTWX2mLl11qBIdQzI2GNqUhlzLWLToTZ35A4tuXD84klqGR&#10;Npgrh7tePiq1kM50xB9aM+B7i/Vxd3YaqlOWxUoGu4qhaz5v283Sfm+0vp+Ob68gEo7pzwy/+IwO&#10;JTMd/JlsFD1rtWT0pGGunkCwYb565sWBh2wBsizk/wblDwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCN5VyQHQIAAMAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC46Usk3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" path="m1828800,7619l,7619,,,1828800,r,7619xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03623A12" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="144"/>
+        <w:ind w:left="85" w:right="73"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="6"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Comma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>aggiungere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>caso di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>commessa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>affidata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Consorzio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>che</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>non</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>esegue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>direttamente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>lavori ma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>li affida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">propria </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>consorziata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5A7AB6" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001D1AC7">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1180" w:right="992" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C227E79" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="632"/>
+          <w:tab w:val="left" w:pos="4386"/>
+          <w:tab w:val="left" w:pos="8049"/>
+          <w:tab w:val="left" w:pos="8944"/>
+        </w:tabs>
+        <w:spacing w:before="77"/>
+        <w:ind w:right="334"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>L’Impresa e la Cooperativa sociale/Consorzio convengono di attribuire alla/e persona/e con disabilità/i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>assumere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>livello</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>inquadramento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CCNL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425AA014" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3376"/>
+          <w:tab w:val="left" w:pos="3683"/>
+          <w:tab w:val="left" w:pos="4276"/>
+          <w:tab w:val="left" w:pos="4868"/>
+          <w:tab w:val="left" w:pos="6275"/>
+          <w:tab w:val="left" w:pos="7093"/>
+          <w:tab w:val="left" w:pos="7836"/>
+          <w:tab w:val="left" w:pos="8723"/>
+          <w:tab w:val="left" w:pos="9157"/>
+        </w:tabs>
+        <w:ind w:left="632"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>una</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>retribuzione</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>annua</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>lorda</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(RAL)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29BBFAFB" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2849"/>
+          <w:tab w:val="left" w:pos="7568"/>
+        </w:tabs>
+        <w:ind w:left="632"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> e con il seguente orario di lavoro </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B982F40" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08596958" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="632"/>
+        </w:tabs>
+        <w:ind w:right="388"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La Cooperativa sociale/Consorzio si impegna ad inserire la/e persona/e con disabilità affidandole mansioni compatibili con il suo/loro stato di salute, secondo quanto previsto dal “Progetto individuale di inserimento lavorativo” definito in accordo con l’Ufficio per il Collocamento mirato.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692B0632" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="329992F8" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="632"/>
+        </w:tabs>
+        <w:ind w:right="388"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La/le persona/e con disabilità inserite nell’ambito della presente convenzione saranno computate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>copertura</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>quota</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d’obbligo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dell’azienda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>committente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>non</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>cooperativa sociale, ai sensi dell’art. 3 della Convenzione Quadro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A7EFA9" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DA20FBE" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D42D4B2" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="231"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07E6A76E" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B1D6B1" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F8612D3" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
+          <w:tab w:val="left" w:pos="4382"/>
+        </w:tabs>
+        <w:ind w:right="395"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="41DE1776" w14:textId="6F9194A8" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="00B60F83">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La Cooperativa sociale/Consorzio nomina come referente del percorso di inserimento lavorativo il/la sig./</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in qualità di tutor della/e persona/e con disabilità </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>inserita/e.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358D1047" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="391"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La Cooperativa sociale/Consorzio è tenuta, nel caso di risoluzione del rapporto di lavoro con la/le persona/e con disabilità inserita/e a fronte della presente convenzione, a comunicare entro 5 giorni la cessazione all’Ufficio per il Collocamento mirato e a collaborare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>stesso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ufficio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sostituzione,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>norma,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>entro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>giorni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>come</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>previsto dall'art.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Convenzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Quadro,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della/le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>persona/e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>disabilità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>altra/e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>possesso dei prescritti requisiti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB655A5" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="273"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1100A3B0" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:spacing w:before="2"/>
-[...119 lines deleted...]
-        <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22BB0ED3" w14:textId="4FE0BACD" w:rsidR="00B40273" w:rsidRDefault="007A39AA">
+    <w:p w14:paraId="60945D72" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="545"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="2866"/>
+          <w:tab w:val="left" w:pos="634"/>
+          <w:tab w:val="left" w:pos="769"/>
         </w:tabs>
-        <w:ind w:right="415"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="2DADE9F2" w14:textId="26861868" w:rsidR="00B40273" w:rsidRPr="00B84B2F" w:rsidRDefault="00E04030" w:rsidP="006F24DC">
+        <w:spacing w:before="1"/>
+        <w:ind w:right="387" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Cooperativa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sociale/Consorzio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>impegna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>comunicazione,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>periodicità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>norma semestrale, all’Ufficio per il Collocamento mirato del percorso di inserimento lavorativo della/e persona/e con disabilità con particolare riferimento alle effettive possibilità di stabilizzazione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>posto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lavoro,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mediante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>l’assunzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>parte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dell’impresa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>committente o della cooperativa sociale stessa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D1B555" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="276"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26264C55" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="545"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="9261"/>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
         </w:tabs>
-        <w:spacing w:before="2"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="11C8DB74" w14:textId="3900C19F" w:rsidR="00B40273" w:rsidRPr="00332486" w:rsidRDefault="00E04030" w:rsidP="006F24DC">
+        <w:spacing w:before="276"/>
+        <w:ind w:right="392"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La Cooperativa sociale/Consorzio informa il/la lavoratore/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>trice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sui rischi per la sicurezza e la salute connessi all'attività produttiva svolta e ne cura la formazione nell'uso delle attrezzature necessarie allo svolgimento dell'attività lavorativa, in conformità alle disposizioni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>D.Lgs.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>81/2008</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>come</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>coordinato</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>D.Lgs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>n.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>106/2009</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>successivi ulteriori decreti integrativi e correttivi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264B132D" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="545"/>
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="1707"/>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
         </w:tabs>
-        <w:spacing w:before="90"/>
-        <w:ind w:hanging="429"/>
+        <w:spacing w:before="77"/>
+        <w:ind w:right="389"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...185 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La Cooperativa sociale/Consorzio garantisce nei confronti della persona con disabilità l’osservanza di tutti gli obblighi di sicurezza e prevenzione dei rischi previsti nei confronti degli altri dipendenti ed è responsabile per la violazione degli stessi obblighi così come individuati dalla legge e dai contratti collettivi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292B64F7" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="66"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487593984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="367E68EF" wp14:editId="2A8C5FB5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684275</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>203219</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1828800" cy="7620"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Graphic 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1828800" cy="7620"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1828800" h="7620">
+                              <a:moveTo>
+                                <a:pt x="1828800" y="7620"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="7620"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1828800" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1828800" y="7620"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="32CBEE9C" id="Graphic 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:16pt;width:2in;height:.6pt;z-index:-15722496;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1828800,7620" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtoy8XFgIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05y6AIjTjG06DCg&#10;6Ao0w86KLMfGZFMjldj5+1Fy5LrbZRjmg0yJT/TjI+nt7dBacTZIDXSFXC2WUphOQ9l0x0J+2z98&#10;2EhBXnWlstCZQl4Mydvd+3fb3uVmDTXY0qDgIB3lvStk7b3Ls4x0bVpFC3CmY2cF2CrPWzxmJaqe&#10;o7c2Wy+XN1kPWDoEbYj49H50yl2MX1VG+69VRcYLW0jm5uOKcT2ENdttVX5E5epGX2mof2DRqqbj&#10;j06h7pVX4oTNH6HaRiMQVH6hoc2gqhptYg6czWr5WzYvtXIm5sLikJtkov8XVj+dX9wzBurkHkH/&#10;IFYk6x3lkyds6IoZKmwDlomLIap4mVQ0gxeaD1eb9WazZLE1+z7erKPImcrTXX0i/9lAjKPOj+TH&#10;GpTJUnWy9NAlE7mSoYY21tBLwTVEKbiGh7GGTvlwL5ALpuhnROorj+Bs4Wz2EGE+pDCxfUv2FWa7&#10;OZzTegtM7vR2MeoIS5knX3qPmPmX/x45EzSF0xbIhLKNqU9GlIMP54IT2KZ8aKwNChAeD3cWxVmF&#10;6YhPEJOvzGCxGcb6h044QHl5RtHzyBSSfp4UGinsl457MsxXMjAZh2Sgt3cQpzCKj+T3w3eFTjg2&#10;C+m5fZ4gdbzKU2eEpCZsuNnBp5OHqgltE7mNjK4bHpOYwHWkwxzO9xH1+uPZ/QIAAP//AwBQSwME&#10;FAAGAAgAAAAhAD7iLOXcAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXor&#10;zo9aSoiDqko5cYL20KOJt0kgXgfbQHj7bk/tbWd3NPtNuZnsIK7oQ+9IQbpIQCA1zvTUKvj8qJ9e&#10;QYSoyejBESq4Y4BNNXsodWHcjXZ43cdWcAiFQivoYhwLKUPTodVh4UYkvn07b3Vk6VtpvL5xuB1k&#10;liQv0uqe+EOnR3zvsDntL1ZBfU7TUEtvVsH37dd9t12a41apx/n0tgYRcYp/ZvjFZ3SomOngLmSC&#10;GFgnS0aPCvKMO7EhXz3z4sBDnoGsSvm/QfUDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;7aMvFxYCAADABAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAPuIs5dwAAAAJAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" path="m1828800,7620l,7620,,,1828800,r,7620xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00CD1361" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="82" w:line="256" w:lineRule="auto"/>
+        <w:ind w:left="85" w:right="73"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:position w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Compilare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ogni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>lavoratore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>disabile.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Rif.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Art.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Convenzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Quadro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Delibera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>n.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>2125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>15/12/2025. Nelle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>province dove è previsto il salario d'ingresso deve essere indicata la percentuale iniziale applicata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566D13D4" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001D1AC7">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1180" w:right="992" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="319E9092" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="73"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00332486">
-[...150 lines deleted...]
-    <w:p w14:paraId="6197A1EB" w14:textId="77777777" w:rsidR="00B40273" w:rsidRPr="00CA21A7" w:rsidRDefault="00E04030">
+    </w:p>
+    <w:p w14:paraId="2B1D0D34" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:before="274"/>
+        <w:ind w:right="394"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La validità e l’efficacia del contratto di affidamento della commessa costituiscono il presupposto per l’esistenza della presente Convenzione. La regolare esecuzione della commessa ed i casi di inadempimento o recesso sono regolati dalla disciplina generale dei </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>contratti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14904767" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:spacing w:before="121"/>
-        <w:ind w:left="543"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E100724" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:ind w:right="394"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Il verificarsi di qualunque causa di scioglimento del contratto di affidamento della commessa comporta pertanto la decadenza di diritto della presente Convenzione, con conseguente ripristino degli obblighi occupazionali ex art. 3 L.68/1999 a carico dell’Azienda committente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EEF048" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3484CBE7" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:ind w:right="392"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Parti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sono</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tenute</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>comunicare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CA21A7">
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>immediatamente</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-    <w:p w14:paraId="112B97BB" w14:textId="2E22215A" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>all’Ufficio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Collocamento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mirato il verificarsi di cause e/o eventi che dovessero determinare la cessazione della commessa. In tal caso l’Ufficio attiverà le iniziative più opportune per favorire la possibile ricollocazione del lavoratore persona con disabilità.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658F3D46" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:tabs>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CA21A7">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="432E96E6" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5FC1AE" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...112 lines deleted...]
-    <w:p w14:paraId="312C4B12" w14:textId="78F5816F" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D961F09" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="547"/>
+          <w:tab w:val="left" w:pos="694"/>
+          <w:tab w:val="left" w:pos="769"/>
         </w:tabs>
-        <w:spacing w:before="76"/>
-        <w:ind w:right="315"/>
+        <w:ind w:right="391" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>La Cooperativa sociale/Consorzio si impegna a eseguire l’opera, l’attività o il servizio con la propria organizzazione e nel rispetto dei tempi e delle modalità previste dall’art.</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="0B48C4B7" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+        <w:t>L’Agenzia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Regionale per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il Lavoro,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il tramite</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dell’Ufficio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>collocamento mirato,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>si riserva di attivare in ogni momento verifiche sul corretto adempimento dei contenuti della presente convenzione e, qualora ne riscontri l’inosservanza, può dichiarare decaduta la convenzione stessa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53314242" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:spacing w:before="1"/>
-[...38 lines deleted...]
-    <w:p w14:paraId="3C0708C4" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C7BB57" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406AB885" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:spacing w:before="9"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79EEAF80" w14:textId="540FA65C" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="59359DD5" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="547"/>
+          <w:tab w:val="left" w:pos="793"/>
         </w:tabs>
-        <w:ind w:right="309"/>
+        <w:ind w:right="387"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La Cooperativa sociale/Consorzio si impegna, (entro </w:t>
-[...99 lines deleted...]
-    <w:p w14:paraId="54CFC346" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+        <w:t>L’Agenzia Regionale per il Lavoro, l’Impresa e la Cooperativa sociale/Consorzio si impegnano</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>utilizzare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>personali,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>anche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sensibili,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>relativi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>persona</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>disabilità, esclusivamente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>finalità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>connesse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>l’attuazione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>presente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>convenzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nonché nel rispetto e nei limiti consentiti dal D.lgs. 196/03 e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dal GDPR 679/16 – “Regolamento europeo sulla protezione dei dati personali”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F4D436" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41834559" w14:textId="1596A9DC" w:rsidR="00B40273" w:rsidRDefault="00E04030">
-[...262 lines deleted...]
-    <w:p w14:paraId="640836E7" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+    <w:p w14:paraId="637E01AB" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7412E63E" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="1"/>
       </w:pPr>
-    </w:p>
-[...113 lines deleted...]
-    <w:p w14:paraId="420DAC6D" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      <w:r>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1417D2A9" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="686"/>
-          <w:tab w:val="left" w:pos="4298"/>
+          <w:tab w:val="left" w:pos="698"/>
+          <w:tab w:val="left" w:pos="769"/>
         </w:tabs>
-        <w:spacing w:before="1"/>
-        <w:ind w:right="318"/>
+        <w:spacing w:before="276"/>
+        <w:ind w:right="393" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>La Cooperativa sociale/Consorzio nomina come referente del percorso di inserimento lavorativo</w:t>
-[...28 lines deleted...]
-        <w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>presente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>convenzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>valida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="72"/>
+          <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> lavoro con la/le persona/e disabili inserite a fronte della presente convenzione, a richiedere all’Ufficio per il Collocamento mirato, entro 5 giorni dalla cessazione, la sostituzione del/i disabile/i con altro/i in possesso dei prescritti requisiti. </w:t>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mesi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>decorrenti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dalla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>stipula</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>utile a tutti gli effetti a rideterminare le modalità di adempimento della quota d’obbligo precedentemente utilizzata dall’Impresa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F953DD" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28134783" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Articolo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...53 lines deleted...]
-    <w:p w14:paraId="14A89F7F" w14:textId="6AA8E1E4" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06AB3ABE" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:spacing w:before="7"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DDE96EF" w14:textId="4794701E" w:rsidR="00B40273" w:rsidRDefault="00E04030">
-[...66 lines deleted...]
-    <w:p w14:paraId="51497135" w14:textId="39FF3B57" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="71F94FCE" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="686"/>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
         </w:tabs>
-        <w:ind w:right="314"/>
+        <w:ind w:right="402"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La Cooperativa sociale/Consorzio informa il lavoratore sui rischi per la sicurezza e la salute connessi all'attività produttiva svolta e ne cura la formazione nell'uso delle attrezzature necessarie allo svolgimento dell'attività lavorativa, in conformità alle disposizioni del D.Lgs. 81/2008 come coordinato con il </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="381A7420" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        <w:t>Alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>scadenza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della commessa le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>imprese adempiono</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>agli</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>obblighi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>cui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Legge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>68/99, eventualmente emergenti, attraverso:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0477884D" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B4AC30" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="686"/>
+          <w:tab w:val="left" w:pos="1196"/>
         </w:tabs>
-        <w:spacing w:before="76"/>
-[...10 lines deleted...]
-        <w:t>La Cooperativa sociale/Consorzio garantisce nei confronti della persona disabile l’osservanza di tutti gli obblighi di sicurezza e prevenzione dei rischi previsti nei confronti degli altri dipendenti ed è responsabile per la violazione degli stessi obblighi così come individuati dalla legge e dai contratti</w:t>
+        <w:ind w:hanging="403"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>assunzioni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>collettivi.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="69E5C4BE" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+        <w:t>da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>effettuarsi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>entro 60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>giorni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dalla scadenza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>commessa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463EB2CF" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1196"/>
+          <w:tab w:val="left" w:pos="1218"/>
+        </w:tabs>
+        <w:ind w:left="1218" w:right="391" w:hanging="425"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>proroga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>convenzione,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="78"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="78"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>richiedere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>prima</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>scadenza)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="78"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>medesime condizioni definite precedentemente, per un periodo non inferiore a 12 mesi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5E9553" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1196"/>
+        </w:tabs>
+        <w:ind w:hanging="403"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>stipula</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>una</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nuova</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> convenzione;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D938118" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1196"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:hanging="403"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ricorso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>agli altri istituti e strumenti previsti dalla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>L.68/99.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ECC5DF1" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001D1AC7">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1700" w:right="992" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="613CD9CA" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="69"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Articolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767C0228" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...16 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:sz w:val="23"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3E5C6627" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E6BA854" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="686"/>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
+          <w:tab w:val="left" w:pos="6841"/>
+          <w:tab w:val="left" w:pos="8351"/>
         </w:tabs>
-        <w:ind w:right="316"/>
+        <w:ind w:right="185"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La validità e l’efficacia del contratto di affidamento della commessa costituiscono il presupposto per l’esistenza della presente Convenzione. </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="7BC26510" w14:textId="0538AC96" w:rsidR="00B40273" w:rsidRPr="009961CF" w:rsidRDefault="00622C0A" w:rsidP="006F24DC">
+        <w:t xml:space="preserve">Per ogni aspetto non esplicitamente contemplato nella presente convenzione si rimanda ai contenuti della Convenzione Quadro, repertorio n. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>vigenti disposizioni di legge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5325524A" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="686"/>
+          <w:tab w:val="left" w:pos="767"/>
+          <w:tab w:val="left" w:pos="769"/>
         </w:tabs>
-        <w:ind w:right="314"/>
+        <w:spacing w:before="274"/>
+        <w:ind w:right="183"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009961CF">
-[...30 lines deleted...]
-    <w:p w14:paraId="6BAC1B35" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ogni eventuale variazione alla presente convenzione che intervenga successivamente alla stipula</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ed in corso di validità della stessa, deve essere concordata tra le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parti e appositamente </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>formalizzata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D2CE6D" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:spacing w:before="1"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00172AC2">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07461ADF" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="139"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27818660" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="85"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...24 lines deleted...]
-    <w:p w14:paraId="4C569CD6" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Letto,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approvato e sottoscritto in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">forma </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>digitale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0CCE8B" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="6C578BB8" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="195C70C8" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7597FE0A" w14:textId="03C6F173" w:rsidR="00B40273" w:rsidRDefault="00E04030">
-[...127 lines deleted...]
-    <w:p w14:paraId="0191A250" w14:textId="54018545" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="0A5F6AAC" w14:textId="6898ED74" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="8380"/>
+          <w:tab w:val="left" w:pos="5962"/>
         </w:tabs>
-        <w:ind w:left="685" w:right="316" w:hanging="567"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="4B0C85E4" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+        <w:ind w:left="85"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Per l’AGENZIA REGIONALE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>LAVORO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="124"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00646426" w:rsidRPr="00646426">
+        <w:t>Antonella Celati</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098BFCF0" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:spacing w:before="1"/>
-[...480 lines deleted...]
-    <w:p w14:paraId="7ADEAE4B" w14:textId="4B67DAA1" w:rsidR="00031912" w:rsidRDefault="00E04030" w:rsidP="00031912">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A733C5B" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="8758"/>
+          <w:tab w:val="left" w:pos="1674"/>
+          <w:tab w:val="left" w:pos="4732"/>
         </w:tabs>
-        <w:rPr>
-[...37 lines deleted...]
-    <w:p w14:paraId="3CAE7B74" w14:textId="77777777" w:rsidR="00031912" w:rsidRDefault="00031912" w:rsidP="00031912">
+        <w:ind w:left="85"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>l’Impresa</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DF5F9B" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41636A0B" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="8758"/>
+          <w:tab w:val="left" w:pos="6344"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="27484F30" w14:textId="293A4AB1" w:rsidR="00031912" w:rsidRDefault="00E04030" w:rsidP="00031912">
+        <w:ind w:left="85"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Per la Cooperativa sociale/Consorzio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE7EC55" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:tabs>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65624587" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06124548" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05F88A97" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AE97582" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="594DCDF9" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="001D1AC7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="174"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18E3A9D1" w14:textId="77777777" w:rsidR="001D1AC7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="85"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Documento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:spacing w:val="-8"/>
-        </w:rPr>
-[...125 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>firmato</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>digitalmente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
           <w:i/>
-          <w:iCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>prodotto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>conservato</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>originale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>informatico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00FB2DCA">
+    <w:sectPr w:rsidR="001D1AC7">
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="640" w:right="820" w:bottom="280" w:left="1300" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1740" w:right="992" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...12 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...543 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0B637F8D"/>
+    <w:nsid w:val="103615D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="56380210"/>
-    <w:lvl w:ilvl="0" w:tplc="0410000F">
+    <w:tmpl w:val="E946A7A2"/>
+    <w:lvl w:ilvl="0" w:tplc="8A9ABDD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="478" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
+        <w:ind w:left="769" w:hanging="567"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-3"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FAD2D25A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1198" w:hanging="360"/>
-[...63 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1196" w:hanging="404"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="439C1272">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2169" w:hanging="404"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F19CAC9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3138" w:hanging="404"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8DEE85AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4107" w:hanging="404"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="EDF6B714">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5076" w:hanging="404"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="246EDA9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6045" w:hanging="404"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9CD2AEC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7014" w:hanging="404"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8B1AD7D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7984" w:hanging="404"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0EB7246B"/>
+    <w:nsid w:val="10FA09E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CCC41850"/>
-    <w:lvl w:ilvl="0" w:tplc="1F82290A">
+    <w:tmpl w:val="B6A095A2"/>
+    <w:lvl w:ilvl="0" w:tplc="F0860D2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="685" w:hanging="567"/>
+        <w:ind w:left="769" w:hanging="567"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:spacing w:val="-5"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-3"/>
+        <w:w w:val="97"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B82605C6">
+    <w:lvl w:ilvl="1" w:tplc="6C405756">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1590" w:hanging="567"/>
+        <w:ind w:left="1676" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DCBEEF62">
+    <w:lvl w:ilvl="2" w:tplc="E6641E8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2501" w:hanging="567"/>
+        <w:ind w:left="2592" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18DC0706">
+    <w:lvl w:ilvl="3" w:tplc="F21A8BE6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3411" w:hanging="567"/>
+        <w:ind w:left="3508" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BFDCDA56">
+    <w:lvl w:ilvl="4" w:tplc="932CA772">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4322" w:hanging="567"/>
+        <w:ind w:left="4424" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A04AC9F2">
+    <w:lvl w:ilvl="5" w:tplc="6BDE7E74">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5233" w:hanging="567"/>
+        <w:ind w:left="5341" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FD8EBEC0">
+    <w:lvl w:ilvl="6" w:tplc="C6B0CA04">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6143" w:hanging="567"/>
+        <w:ind w:left="6257" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6666C17A">
+    <w:lvl w:ilvl="7" w:tplc="B486FF72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7054" w:hanging="567"/>
+        <w:ind w:left="7173" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F1CE1926">
+    <w:lvl w:ilvl="8" w:tplc="5EBA8D22">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7965" w:hanging="567"/>
+        <w:ind w:left="8089" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="15811A13"/>
+    <w:nsid w:val="181A4E66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FA1C995A"/>
-    <w:lvl w:ilvl="0" w:tplc="A2E826E0">
+    <w:tmpl w:val="B8925C04"/>
+    <w:lvl w:ilvl="0" w:tplc="A18C2888">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="685" w:hanging="567"/>
+        <w:ind w:left="769" w:hanging="497"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:spacing w:val="-30"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A4CCB142">
+    <w:lvl w:ilvl="1" w:tplc="3B42A3C6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1590" w:hanging="567"/>
+        <w:ind w:left="1676" w:hanging="497"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A25C4A3C">
+    <w:lvl w:ilvl="2" w:tplc="84948EE8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2501" w:hanging="567"/>
+        <w:ind w:left="2592" w:hanging="497"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4D82D4B4">
+    <w:lvl w:ilvl="3" w:tplc="EC4A9B60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3411" w:hanging="567"/>
+        <w:ind w:left="3508" w:hanging="497"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="954AE03A">
+    <w:lvl w:ilvl="4" w:tplc="4E7409AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4322" w:hanging="567"/>
+        <w:ind w:left="4424" w:hanging="497"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96747434">
+    <w:lvl w:ilvl="5" w:tplc="AA504E56">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5233" w:hanging="567"/>
+        <w:ind w:left="5341" w:hanging="497"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="661E0460">
+    <w:lvl w:ilvl="6" w:tplc="A068686E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6143" w:hanging="567"/>
+        <w:ind w:left="6257" w:hanging="497"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16341434">
+    <w:lvl w:ilvl="7" w:tplc="DE98E90C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7054" w:hanging="567"/>
+        <w:ind w:left="7173" w:hanging="497"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60A04A0C">
+    <w:lvl w:ilvl="8" w:tplc="15AA8A7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7965" w:hanging="567"/>
+        <w:ind w:left="8089" w:hanging="497"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1CB45FA7"/>
+    <w:nsid w:val="1B0C44F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AFF62184"/>
-    <w:lvl w:ilvl="0" w:tplc="0CF44BB4">
+    <w:tmpl w:val="0F8CEA8A"/>
+    <w:lvl w:ilvl="0" w:tplc="5CF6BCDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="685" w:hanging="567"/>
+        <w:ind w:left="769" w:hanging="567"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:spacing w:val="-3"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-5"/>
+        <w:w w:val="97"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="ACB65D76">
+    <w:lvl w:ilvl="1" w:tplc="E5EC29AC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1590" w:hanging="567"/>
+        <w:ind w:left="1676" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DE923798">
+    <w:lvl w:ilvl="2" w:tplc="F49EFB98">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2501" w:hanging="567"/>
+        <w:ind w:left="2592" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1096BF3E">
+    <w:lvl w:ilvl="3" w:tplc="B0C62F74">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3411" w:hanging="567"/>
+        <w:ind w:left="3508" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1E169B34">
+    <w:lvl w:ilvl="4" w:tplc="F6F26E36">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4322" w:hanging="567"/>
+        <w:ind w:left="4424" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A39E725C">
+    <w:lvl w:ilvl="5" w:tplc="675A5B4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5233" w:hanging="567"/>
+        <w:ind w:left="5341" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96360098">
+    <w:lvl w:ilvl="6" w:tplc="92D22740">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6143" w:hanging="567"/>
+        <w:ind w:left="6257" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2228BE6A">
+    <w:lvl w:ilvl="7" w:tplc="3A2AB0CC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7054" w:hanging="567"/>
+        <w:ind w:left="7173" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="690688D2">
+    <w:lvl w:ilvl="8" w:tplc="24D8CE70">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7965" w:hanging="567"/>
+        <w:ind w:left="8089" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E5A0902"/>
+    <w:nsid w:val="2D42095B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="945C064E"/>
-    <w:lvl w:ilvl="0" w:tplc="2AFA228A">
+    <w:tmpl w:val="42866964"/>
+    <w:lvl w:ilvl="0" w:tplc="AA62230A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="685" w:hanging="567"/>
+        <w:ind w:left="769" w:hanging="493"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:spacing w:val="-3"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61288FA2">
-[...5 lines deleted...]
-        <w:ind w:left="1112" w:hanging="428"/>
+    <w:lvl w:ilvl="1" w:tplc="7D9E783A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1676" w:hanging="493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A5C85742">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2592" w:hanging="493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0172D2A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3508" w:hanging="493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="784097E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4424" w:hanging="493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2B48EDC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5341" w:hanging="493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="99A4AE9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6257" w:hanging="493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F5A666D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7173" w:hanging="493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C78CC8C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8089" w:hanging="493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D077F96"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FA5E7876"/>
+    <w:lvl w:ilvl="0" w:tplc="C18EE792">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="769" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:spacing w:val="-3"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="97"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9F0CFD90">
+    <w:lvl w:ilvl="1" w:tplc="91A02930">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2082" w:hanging="428"/>
+        <w:ind w:left="1676" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33FCD4E4">
+    <w:lvl w:ilvl="2" w:tplc="74C4E7BE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3045" w:hanging="428"/>
+        <w:ind w:left="2592" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CF64C9F4">
+    <w:lvl w:ilvl="3" w:tplc="23B2CF9C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4008" w:hanging="428"/>
+        <w:ind w:left="3508" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32684FC2">
+    <w:lvl w:ilvl="4" w:tplc="3AFAE5C6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4971" w:hanging="428"/>
+        <w:ind w:left="4424" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54B05432">
+    <w:lvl w:ilvl="5" w:tplc="94CE2AEE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5934" w:hanging="428"/>
+        <w:ind w:left="5341" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9664F840">
+    <w:lvl w:ilvl="6" w:tplc="534AA95C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6897" w:hanging="428"/>
+        <w:ind w:left="6257" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5E9AD490">
+    <w:lvl w:ilvl="7" w:tplc="D7EC1006">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7860" w:hanging="428"/>
+        <w:ind w:left="7173" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1C368578">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8089" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="229B3F14"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40E25F98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="60A61612"/>
-    <w:lvl w:ilvl="0" w:tplc="31B8CCC8">
+    <w:tmpl w:val="4170BBDE"/>
+    <w:lvl w:ilvl="0" w:tplc="E3FCF13E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="546" w:hanging="428"/>
+        <w:ind w:left="632" w:hanging="430"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:spacing w:val="-18"/>
-[...1255 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5D4E072E">
+    <w:lvl w:ilvl="1" w:tplc="678E454C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1464" w:hanging="428"/>
+        <w:ind w:left="1568" w:hanging="430"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B582AA6E">
+    <w:lvl w:ilvl="2" w:tplc="D8909952">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2389" w:hanging="428"/>
+        <w:ind w:left="2496" w:hanging="430"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C69E3208">
+    <w:lvl w:ilvl="3" w:tplc="5B2E8E4E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3313" w:hanging="428"/>
+        <w:ind w:left="3424" w:hanging="430"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D41E227C">
+    <w:lvl w:ilvl="4" w:tplc="E1E0E2B0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4238" w:hanging="428"/>
+        <w:ind w:left="4352" w:hanging="430"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4EF44F44">
+    <w:lvl w:ilvl="5" w:tplc="302C90D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5163" w:hanging="428"/>
+        <w:ind w:left="5281" w:hanging="430"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73F85CBA">
+    <w:lvl w:ilvl="6" w:tplc="344EF932">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6087" w:hanging="428"/>
+        <w:ind w:left="6209" w:hanging="430"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CA4A155A">
+    <w:lvl w:ilvl="7" w:tplc="A36A9EDC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7012" w:hanging="428"/>
+        <w:ind w:left="7137" w:hanging="430"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61E060E0">
+    <w:lvl w:ilvl="8" w:tplc="CEF4261C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7937" w:hanging="428"/>
+        <w:ind w:left="8065" w:hanging="430"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7BA71781"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="460A2808"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CC22F122"/>
-    <w:lvl w:ilvl="0" w:tplc="36B8A098">
+    <w:tmpl w:val="C484844A"/>
+    <w:lvl w:ilvl="0" w:tplc="8278C6D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="805" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4A8C2ACC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5240B2A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2E583A72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3536" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7B46BAA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4448" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C0866662">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5361" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4C48D1F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6273" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="78E66ED8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7185" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C1B0F074">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8097" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50022647"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5AF83A2A"/>
+    <w:lvl w:ilvl="0" w:tplc="E3AA72C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="769" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AAE0CC00">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1676" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9ACE40A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2592" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="52BC8414">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3508" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="918EA17C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4424" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AD2CDF1E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5341" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2B9A2656">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6257" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0876017C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7173" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="66764518">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8089" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="605A151B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A96AB39C"/>
+    <w:lvl w:ilvl="0" w:tplc="0EE2760E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...2 lines deleted...]
-        <w:ind w:left="457" w:hanging="339"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="769" w:hanging="567"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:w w:val="99"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="6930DC10">
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-29"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5904595C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1392" w:hanging="339"/>
+        <w:ind w:left="1676" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FF76D600">
+    <w:lvl w:ilvl="2" w:tplc="9EA49E64">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2325" w:hanging="339"/>
+        <w:ind w:left="2592" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="580ADD94">
+    <w:lvl w:ilvl="3" w:tplc="D068D0CA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3257" w:hanging="339"/>
+        <w:ind w:left="3508" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27FAF29E">
+    <w:lvl w:ilvl="4" w:tplc="5FFCC312">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4190" w:hanging="339"/>
+        <w:ind w:left="4424" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5F8A9562">
+    <w:lvl w:ilvl="5" w:tplc="2278D9C6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5123" w:hanging="339"/>
+        <w:ind w:left="5341" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60725C96">
+    <w:lvl w:ilvl="6" w:tplc="21B6CED0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6055" w:hanging="339"/>
+        <w:ind w:left="6257" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72F47920">
+    <w:lvl w:ilvl="7" w:tplc="9EFCC222">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6988" w:hanging="339"/>
+        <w:ind w:left="7173" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2CFC45DE">
+    <w:lvl w:ilvl="8" w:tplc="4D8081E0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7921" w:hanging="339"/>
+        <w:ind w:left="8089" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="826551380">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60EB6ED7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16C29644"/>
+    <w:lvl w:ilvl="0" w:tplc="598E12B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="632" w:hanging="430"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-29"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="483EFD60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1568" w:hanging="430"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D714CB32">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="430"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F650095C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3424" w:hanging="430"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6FC0B4BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="430"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E438FD4A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5281" w:hanging="430"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="84A4139A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6209" w:hanging="430"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="72FA4780">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7137" w:hanging="430"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="53B26E6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8065" w:hanging="430"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="622156E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C7700"/>
+    <w:lvl w:ilvl="0" w:tplc="AE7681A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="769" w:hanging="567"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-3"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="29EE1C3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1676" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B1BCEF0E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2592" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="827421D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3508" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="306892BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4424" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04E4FE8A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5341" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B818E1EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6257" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0712A258">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7173" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="82D823C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8089" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66A75FC7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="22D0CB62"/>
+    <w:lvl w:ilvl="0" w:tplc="F6002098">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="793" w:hanging="591"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F33E42DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="591"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8F229372">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="591"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DF2C3D70">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3536" w:hanging="591"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5898205A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4448" w:hanging="591"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6DCEEEFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5361" w:hanging="591"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="135633A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6273" w:hanging="591"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="496AE1F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7185" w:hanging="591"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="13AA9FEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8097" w:hanging="591"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="678A7066"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7E6BA48"/>
+    <w:lvl w:ilvl="0" w:tplc="E88003B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1196" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-3"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2160C22E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0D6C52BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2944" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5DC23814">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3816" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C97414A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4688" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BAFA7F1E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5561" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1F5A42D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6433" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="67663532">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7305" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3D66E5EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8177" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73997845"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7556E8F4"/>
+    <w:lvl w:ilvl="0" w:tplc="7DE64852">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="632" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-17"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="00DE9DF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1568" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6FB4F026">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A2E4779C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3424" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="34D8A4F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9F3A18DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5281" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0678849E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6209" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="189C6930">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7137" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B5DAD966">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8065" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7856444A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3516F50E"/>
+    <w:lvl w:ilvl="0" w:tplc="B2B07C06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="769" w:hanging="433"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="81A2B300">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1676" w:hanging="433"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="78A6F1CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2592" w:hanging="433"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="233ADAFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3508" w:hanging="433"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A82E55BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4424" w:hanging="433"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C7EC32C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5341" w:hanging="433"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="48B80FF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6257" w:hanging="433"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B428F046">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7173" w:hanging="433"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="34DE771E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8089" w:hanging="433"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79296134"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C98805F8"/>
+    <w:lvl w:ilvl="0" w:tplc="43DEED22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="632" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-12"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D066509E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1568" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2AC0516E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="49E8D04A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3424" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="67CC5FE8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DD162E1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5281" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5D0293BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6209" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B6707170">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7137" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="549C4FBE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8065" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1367371094">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="852651424">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="140196646">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1275285497">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="179438851">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="639381640">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1223714735">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="727193545">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="695930585">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2058386558">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2014138946">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="539442543">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="12" w16cid:durableId="1361201833">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1093403614">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="13" w16cid:durableId="483930223">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1885752930">
-[...14 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="2094618436">
+  <w:num w:numId="14" w16cid:durableId="1884902133">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2085837618">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="15" w16cid:durableId="1385250187">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="343216184">
-[...2 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="862942806">
+  <w:num w:numId="16" w16cid:durableId="883097964">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="845873728">
-[...62 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="17" w16cid:durableId="993294314">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...8 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B40273"/>
-[...262 lines deleted...]
-    <w:rsid w:val="00FF3478"/>
+    <w:rsidRoot w:val="001D1AC7"/>
+    <w:rsid w:val="001D1AC7"/>
+    <w:rsid w:val="001D5930"/>
+    <w:rsid w:val="00646426"/>
+    <w:rsid w:val="00C72784"/>
+    <w:rsid w:val="00E65E20"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="61C35E74"/>
-  <w15:docId w15:val="{12AFD923-FFA8-4F3B-B4DC-C39913D14889}"/>
+  <w14:docId w14:val="6C6B7921"/>
+  <w15:docId w15:val="{FF2A4A62-A0EF-4AFD-A0A5-F79E905BC7EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8886,51 +13783,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -9098,440 +13995,139 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:right="195"/>
+      <w:ind w:left="3" w:right="195"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Corpotesto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="685" w:hanging="428"/>
+      <w:ind w:left="769" w:hanging="567"/>
+      <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
-[...272 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...43 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9773,382 +14369,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...290 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>10273</Characters>
+  <Pages>6</Pages>
+  <Words>1863</Words>
+  <Characters>10621</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
+  <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>Regione Emilia-Romagna</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12051</CharactersWithSpaces>
+  <CharactersWithSpaces>12460</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:title>Microsoft Word - ALLEGATO 1_modulo_all_conv_A22_per determina_2025</dc:title>
+  <dc:creator>Palmisano Annalinda</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2017-12-11T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-12-19T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-    <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
+    <vt:filetime>2026-01-13T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-[...3 lines deleted...]
-    <vt:lpwstr>0x0101007E8225C32DDA9046B468890BB9CBF8A4</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
+    <vt:lpwstr>Microsoft: Print To PDF</vt:lpwstr>
   </property>
 </Properties>
 </file>