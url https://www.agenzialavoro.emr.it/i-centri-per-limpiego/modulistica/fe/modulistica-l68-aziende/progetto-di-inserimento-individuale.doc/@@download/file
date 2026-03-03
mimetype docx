--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -1,4306 +1,3191 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
   <w:body>
-    <w:p w14:paraId="47DD86FB" w14:textId="77777777" w:rsidR="00A966D2" w:rsidRDefault="00A966D2">
-[...15 lines deleted...]
-          <w:noProof/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="143"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15074D61" wp14:editId="74449C6E">
-            <wp:extent cx="2156460" cy="975360"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2142060" cy="663511"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Immagine 1"/>
+            <wp:docPr id="2" name="Image 2"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="2" name="Image 2"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2156460" cy="975360"/>
+                      <a:ext cx="2142060" cy="663511"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:solidFill>
-[...4 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="003A085A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="175"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Allegato</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>n.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="276" w:lineRule="exact"/>
+        <w:ind w:right="4"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>PROGETTO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>INDIVIDUALE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>INSERIMENTO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>LAVORATIVO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:ind w:left="139"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(LEGGE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>REGIONALE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>N.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>17/2005</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>art.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Rif.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Convenzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>trilaterale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>PG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>.….……………………………..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="73"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Stipulata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>……………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="1641" w:val="left" w:leader="dot"/>
+        </w:tabs>
+        <w:spacing w:line="506" w:lineRule="exact" w:before="52"/>
+        <w:ind w:left="140" w:right="4834"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Lavoratore:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Codice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fiscale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="39"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>………………………… Nominativo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>………………………………………….. Nato a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>………………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Prov.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>……… </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Cittadinanza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003A085A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ITALIANA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="69"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>oppure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="77"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>permesso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>soggiorno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>n°</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>….…</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>data rilascio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>….…</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="118"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="2364" w:val="left" w:leader="dot"/>
+        </w:tabs>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="4901"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Residente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Prov.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>………………… Via</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>n°</w:t>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003A085A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Tel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>e-mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>............................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="252"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Luogo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>svolgimento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>dell’attività</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lavorativa:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(AZIENDA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>COMMITTENTE)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(COOPERATIVA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>SOCIALE):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Ragione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sociale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>………………..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>……………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="480" w:lineRule="auto" w:before="251"/>
+        <w:ind w:left="140" w:right="1252"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………..……. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Codice Fiscale/P IVA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3680" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Tel.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="55"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>………………………….</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:t>e-mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>............................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Settore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>economico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>produttivo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="1588"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sede/i Di lavoro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>…………………………………………………………………. Stabilimento/reparto/ufficio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>…………………………………………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Profilo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>professionale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>inserimento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>………………………………………………………… Durata e periodo del contratto: n° mesi……....... dal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Orario</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>lavoro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="78"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>……………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="252" w:lineRule="exact"/>
+        <w:sectPr>
+          <w:footerReference w:type="default" r:id="rId5"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="431" w:top="1280" w:bottom="620" w:left="992" w:right="1133"/>
+          <w:pgNumType w:start="1"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="62"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Tutori</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="595" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="4175"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Tutor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>coop</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>b)……………………………………………… Tel.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>……………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Tutor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>aziendale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(eventuale)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>...........................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="4341" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="740" w:lineRule="atLeast" w:before="6"/>
+        <w:ind w:left="140" w:right="1944"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Ruolo nell'azienda del tutor…….. ……………………………………………………… </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Tel.................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:tab/>
-      </w:r>
-[...367 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>Mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>…..................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="112"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>OBIETTIVI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>SPECIFICI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>DEL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>PROGETTO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>DI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>INSERIMENTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="46"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Acquisizione della/e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>seguente/i:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="24"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="399" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="399" w:right="0" w:hanging="259"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>competenze</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>professionali</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>……….………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>………………….……………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="413" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="413" w:right="0" w:hanging="273"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>competenze</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>relazionali</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………………………….……………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………………………………….…………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………….………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="383" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="383" w:right="0" w:hanging="243"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>competenze</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>trasversali</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>………………………………………………….……………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………….</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>………………………………………………….……………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="439" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="251" w:after="0"/>
+        <w:ind w:left="140" w:right="1" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>utilizzare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>solo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>caso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>proroga):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>concorda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>approva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>proroga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>presente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>progetto </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>individuale…………………………………………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3223" w:val="left" w:leader="dot"/>
+        </w:tabs>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-    </w:p>
-[...1204 lines deleted...]
-      <w:docGrid w:linePitch="600" w:charSpace="32768"/>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> (data)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Letto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>approvato</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sottoscritto</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="9488" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Cooperativa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> sociale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="137"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="9476" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Il lavoratore </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="9452" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="140" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>L’AGENZIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>REGIONALE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>PER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>IL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>LAVORO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:header="0" w:footer="431" w:top="880" w:bottom="620" w:left="992" w:right="1133"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...113 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="692D041F" w14:textId="77777777" w:rsidR="003A085A" w:rsidRDefault="003A085A">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Pidipagina"/>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:tab/>
-[...17 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487535104">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6737892</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10278924</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="152400" cy="165735"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="1" name="Textbox 1"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="152400" cy="165735"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:spacing w:before="10"/>
+                            <w:ind w:left="60" w:right="0" w:firstLine="0"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:instrText> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" o:spt="202" coordsize="21600,21600" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape style="position:absolute;margin-left:530.542725pt;margin-top:809.364136pt;width:12pt;height:13.05pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15781376" type="#_x0000_t202" id="docshape1" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:spacing w:before="10"/>
+                      <w:ind w:left="60" w:right="0" w:firstLine="0"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:instrText> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="00000001"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...129 lines deleted...]
-      <w:start w:val="4"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="400" w:hanging="260"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1338" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2276" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3214" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4152" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5090" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6028" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6966" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7905" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...15 lines deleted...]
-  <w:noPunctuationKerning/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="120"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
-[...5 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:useFELayout/>
+    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
-  <w:rsids>
-[...52 lines deleted...]
-  <w15:docId w15:val="{2004D154-5D30-4576-B9C1-91938CF8A7EA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
+        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...575 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
+  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
+  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
-    <w:name w:val="WW8Num1z0"/>
+  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
-[...24 lines deleted...]
-    <w:name w:val="WW8Num2z0"/>
+  <w:style w:styleId="BodyText" w:type="paragraph">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+      <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z0">
-    <w:name w:val="WW8Num3z0"/>
+  <w:style w:styleId="Heading1" w:type="paragraph">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="139"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
-    <w:name w:val="WW8Num4z0"/>
+  <w:style w:styleId="ListParagraph" w:type="paragraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="140" w:hanging="273"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z0">
-    <w:name w:val="WW8Num5z0"/>
+  <w:style w:styleId="TableParagraph" w:type="paragraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...750 lines deleted...]
-      <w:vertAlign w:val="superscript"/>
+      <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</file>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...276 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2172</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Regione Emilia Romagna</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2548</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...5 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:creator>Palmisano Annalinda</dc:creator>
+  <dc:title>Microsoft Word - ALLEGATO 2_Art.22 Mod. Progetto</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Editor">
-    <vt:lpwstr>Pontiroli Alessandra</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-12-19T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
-    <vt:lpwstr>172100.000000000</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
+    <vt:filetime>2026-01-13T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="display_urn:schemas-microsoft-com:office:office#Author">
-[...3 lines deleted...]
-    <vt:lpwstr>0x0101003C4CAE79BD4FE542985C6A66042E0989</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
+    <vt:lpwstr>Microsoft: Print To PDF</vt:lpwstr>
   </property>
 </Properties>
 </file>