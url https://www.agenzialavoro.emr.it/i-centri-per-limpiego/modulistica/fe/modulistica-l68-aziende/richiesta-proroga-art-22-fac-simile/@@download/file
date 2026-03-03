--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="59F34E8E" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="004536C8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
@@ -148,134 +148,169 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4962"/>
       </w:pPr>
       <w:r w:rsidRPr="00630A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vi</w:t>
       </w:r>
       <w:r w:rsidR="0048379D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ale IV Novembre, 9 </w:t>
       </w:r>
       <w:r w:rsidRPr="00630A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– FERRARA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32007C89" w14:textId="18278911" w:rsidR="00080369" w:rsidRDefault="00000000" w:rsidP="00C624B3">
+    <w:p w14:paraId="32007C89" w14:textId="18278911" w:rsidR="00080369" w:rsidRDefault="00080369" w:rsidP="00C624B3">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4395"/>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00080369" w:rsidRPr="00B61B1A">
+        <w:r w:rsidRPr="00B61B1A">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
           </w:rPr>
           <w:t>arlavoro.fe</w:t>
         </w:r>
         <w:r w:rsidR="00C624B3">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
           </w:rPr>
           <w:t>mirato</w:t>
         </w:r>
-        <w:r w:rsidR="00080369" w:rsidRPr="00B61B1A">
+        <w:r w:rsidRPr="00B61B1A">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
           </w:rPr>
           <w:t>@postacert.regione.emilia-romagna.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="57B6715B" w14:textId="77777777" w:rsidR="00080369" w:rsidRDefault="00080369">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5529"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D2784E1" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="00EA3A08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="402176E4" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="00EA3A08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EDAE9C9" w14:textId="5D433AE6" w:rsidR="00EA3A08" w:rsidRPr="00630A79" w:rsidRDefault="004536C8" w:rsidP="00080369">
+    <w:p w14:paraId="5EDAE9C9" w14:textId="35F3E6E5" w:rsidR="00EA3A08" w:rsidRPr="00630A79" w:rsidRDefault="004536C8" w:rsidP="00080369">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00630A79">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Oggetto</w:t>
       </w:r>
       <w:r w:rsidRPr="00630A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: proroga Convenzione Trilaterale </w:t>
       </w:r>
       <w:r w:rsidR="00080369" w:rsidRPr="00630A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">per l’inserimento all’interno di Cooperativa Sociale di tipo B - </w:t>
+        <w:t xml:space="preserve">per l’inserimento all’interno di Cooperativa Sociale di tipo B </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23DAD" w:rsidRPr="00630A79">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Convenzione n. </w:t>
       </w:r>
       <w:r w:rsidRPr="00630A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">PG. </w:t>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rot.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00630A79">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00080369" w:rsidRPr="00630A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00080369" w:rsidRPr="00630A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00080369" w:rsidRPr="00630A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>___/____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F479F83" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRPr="00630A79" w:rsidRDefault="00EA3A08">
@@ -474,51 +509,51 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>CONCORDANO DI:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78518C7E" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="00EA3A08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B87C192" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="00EA3A08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5219EB5C" w14:textId="7397F60D" w:rsidR="00EA3A08" w:rsidRDefault="004536C8" w:rsidP="00873EAB">
+    <w:p w14:paraId="5219EB5C" w14:textId="544B99CE" w:rsidR="00EA3A08" w:rsidRDefault="004536C8" w:rsidP="00873EAB">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="-1" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Prorogare alle medesime condizioni la Convenzione Art. 22 L.R. 17/05, </w:t>
       </w:r>
       <w:r w:rsidR="00080369">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>protocollo n.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -561,110 +596,160 @@
       </w:r>
       <w:r w:rsidR="00FE561D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>il _</w:t>
       </w:r>
       <w:r w:rsidR="00080369">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>_/__/_</w:t>
       </w:r>
       <w:r w:rsidR="00FE561D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>_,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> per altri </w:t>
       </w:r>
-      <w:r w:rsidR="00873EAB">
-[...3 lines deleted...]
-        <w:t>12</w:t>
+      <w:r w:rsidR="00D23DAD">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> mesi come previsto dall</w:t>
       </w:r>
       <w:r w:rsidR="00841B48">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="005E01DA">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00841B48">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>elibera di Giunta Regionale n. 2022 del 29/11/2021</w:t>
+        <w:t>elibera di Giunta Regionale n. 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23DAD">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>125</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B48">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23DAD">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B48">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23DAD">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B48">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23DAD">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, a decorrere dal </w:t>
       </w:r>
       <w:r w:rsidR="00080369">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">__/__/__ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>fino al</w:t>
       </w:r>
       <w:r w:rsidR="00080369">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> __/__/__ </w:t>
+        <w:t xml:space="preserve"> __/__/_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00080369">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r w:rsidR="005E01DA">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="476702DC" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="00EA3A08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="708"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55E594FA" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="00EA3A08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6391199A" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="00EA3A08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50902088" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="00EA3A08">
       <w:pPr>
@@ -723,226 +808,229 @@
     <w:p w14:paraId="66B7E991" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="00EA3A08">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38885218" w14:textId="77777777" w:rsidR="00EA3A08" w:rsidRDefault="004536C8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Per la Cooperativa sociale             ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EA3A08">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0053D74A" w14:textId="77777777" w:rsidR="00517278" w:rsidRDefault="00517278">
+    <w:p w14:paraId="359CD74A" w14:textId="77777777" w:rsidR="00E8255F" w:rsidRDefault="00E8255F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CDC39FE" w14:textId="77777777" w:rsidR="00517278" w:rsidRDefault="00517278">
+    <w:p w14:paraId="4BA851E6" w14:textId="77777777" w:rsidR="00E8255F" w:rsidRDefault="00E8255F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="290735C0" w14:textId="77777777" w:rsidR="00517278" w:rsidRDefault="00517278">
+    <w:p w14:paraId="79E5C893" w14:textId="77777777" w:rsidR="00E8255F" w:rsidRDefault="00E8255F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3724FAE1" w14:textId="77777777" w:rsidR="00517278" w:rsidRDefault="00517278">
+    <w:p w14:paraId="3B33480E" w14:textId="77777777" w:rsidR="00E8255F" w:rsidRDefault="00E8255F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA3A08"/>
     <w:rsid w:val="00080369"/>
     <w:rsid w:val="001605DA"/>
     <w:rsid w:val="001929C9"/>
+    <w:rsid w:val="001D5930"/>
     <w:rsid w:val="004536C8"/>
     <w:rsid w:val="0048379D"/>
     <w:rsid w:val="00517278"/>
     <w:rsid w:val="005221CD"/>
     <w:rsid w:val="005E01DA"/>
     <w:rsid w:val="00630A79"/>
     <w:rsid w:val="007B2CB1"/>
     <w:rsid w:val="00841B48"/>
     <w:rsid w:val="00852384"/>
     <w:rsid w:val="00873EAB"/>
     <w:rsid w:val="0096700C"/>
     <w:rsid w:val="00C624B3"/>
+    <w:rsid w:val="00D23DAD"/>
     <w:rsid w:val="00D33206"/>
+    <w:rsid w:val="00E8255F"/>
     <w:rsid w:val="00EA3A08"/>
     <w:rsid w:val="00FE561D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7267C4E7"/>
   <w15:docId w15:val="{93B66C61-A5E9-4563-B196-F569931A0579}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:kern w:val="3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="160" w:line="251" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1418,51 +1506,51 @@
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Menzionenonrisolta1">
     <w:name w:val="Menzione non risolta1"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="206911693">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arlavoro.fe@postacert.regione.emilia-romagna.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1751,62 +1839,62 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E8199C16FDE8C64689D825654F715DDF" ma:contentTypeVersion="5" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="33c7c7b4ddcf38c402e503649bb4894e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="80e6b495-9d03-4f28-ab21-4de6441be676" xmlns:ns3="b9e0ff98-1ddb-4e82-bb93-c7053e600caa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4043424163504d221968ee80547d754" ns2:_="" ns3:_="">
     <xsd:import namespace="80e6b495-9d03-4f28-ab21-4de6441be676"/>
     <xsd:import namespace="b9e0ff98-1ddb-4e82-bb93-c7053e600caa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_bpm_StatoId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_OperazioneId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_ErroreId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_Sintesi" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -1935,115 +2023,115 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21882BF8-13ED-4D92-B97F-14DBD5ADCFD0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BD6C1D6-3C09-413E-BDDD-A23A6F52CA7C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0403C57-7C8F-48D9-943C-9F5D6EA74061}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="80e6b495-9d03-4f28-ab21-4de6441be676"/>
     <ds:schemaRef ds:uri="b9e0ff98-1ddb-4e82-bb93-c7053e600caa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>221</Words>
-  <Characters>1264</Characters>
+  <Words>224</Words>
+  <Characters>1278</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1483</CharactersWithSpaces>
+  <CharactersWithSpaces>1500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Katia Martino</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
     <vt:lpwstr>Virtual COOP</vt:lpwstr>
   </property>