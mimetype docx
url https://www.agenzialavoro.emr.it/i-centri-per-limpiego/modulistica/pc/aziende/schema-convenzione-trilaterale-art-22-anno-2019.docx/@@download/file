--- v0 (2025-12-07)
+++ v1 (2026-03-15)
@@ -6,1667 +6,1878 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="48200441" w14:textId="3A5D81E5" w:rsidR="00B40273" w:rsidRDefault="00115777">
+    <w:p w14:paraId="0F90E041" w14:textId="77777777" w:rsidR="003D0248" w:rsidRDefault="00E04030" w:rsidP="003D0248">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:ind w:left="490"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="490" w:right="434"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="304CF4B3" wp14:editId="2834C355">
-            <wp:extent cx="1093470" cy="1093470"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="627BC387" wp14:editId="4108FED7">
+            <wp:extent cx="2046681" cy="662940"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="12" name="Immagine 12" descr="Immagine che contiene testo&#10;&#10;Descrizione generata automaticamente"/>
+            <wp:docPr id="1" name="image1.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="12" name="Immagine 12" descr="Immagine che contiene testo&#10;&#10;Descrizione generata automaticamente"/>
+                    <pic:cNvPr id="2" name="image1.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1093470" cy="1093470"/>
+                      <a:ext cx="2046681" cy="662940"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F50010A" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00115777">
-[...2 lines deleted...]
-        <w:ind w:right="1720" w:firstLine="720"/>
+    <w:p w14:paraId="16804A4D" w14:textId="77777777" w:rsidR="003D0248" w:rsidRDefault="003D0248" w:rsidP="003D0248">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="490" w:right="434"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24F20321" w14:textId="7E231C39" w:rsidR="00CB7746" w:rsidRPr="003D0248" w:rsidRDefault="003D0248" w:rsidP="003D0248">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="490" w:right="434"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Allegato n. 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7746">
+        <w:t>Ufficio per il collocamento mirato</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736EC78D" w14:textId="77777777" w:rsidR="00CB7746" w:rsidRDefault="00CB7746" w:rsidP="00D86302">
+      <w:pPr>
+        <w:ind w:left="5103" w:right="434"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ambito Territoriale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEA5FC2" w14:textId="32872345" w:rsidR="00CB7746" w:rsidRDefault="00C04D84" w:rsidP="00D86302">
+      <w:pPr>
+        <w:ind w:left="5103" w:right="434"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>PIACENZA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DC88AE" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...37 lines deleted...]
-    <w:p w14:paraId="4474641C" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    </w:p>
+    <w:p w14:paraId="4474641C" w14:textId="54F2B553" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="211"/>
         <w:ind w:right="199"/>
       </w:pPr>
       <w:r>
-        <w:t>CONVENZIONE PER L’INSERIMENTO LAVORATIVO DELLE PERSONE DISABILI ALL’INTERNO DI COOPERATIVA SOCIALE DI TIPO B)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42F2111B" w14:textId="134FFB85" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00697A2B">
+        <w:t xml:space="preserve">CONVENZIONE PER L’INSERIMENTO LAVORATIVO DELLE PERSONE </w:t>
+      </w:r>
+      <w:r w:rsidR="00C15E2D" w:rsidRPr="00C15E2D">
+        <w:t>CON DISABILITA’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C15E2D">
+        <w:t xml:space="preserve">ALL’INTERNO </w:t>
+      </w:r>
+      <w:r>
+        <w:t>DI COOPERATIVA SOCIALE DI TIPO B)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F2111B" w14:textId="39B4FC32" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="003346F2">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="194"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Art. 22 L. R. 17/05 - CONVENZIONE QUADRO STIPULATA </w:t>
       </w:r>
-      <w:r w:rsidR="00697A2B">
+      <w:r w:rsidR="00697A2B" w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CON REPERTORIO N. </w:t>
       </w:r>
-      <w:r w:rsidR="00E730AD" w:rsidRPr="00697A2B">
+      <w:r w:rsidR="00E730AD" w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> RPI/2019/692 del 05/12/2019</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00697A2B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1173" w:rsidRPr="002B1173">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>RPI_13-01-2026_0000003_U</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1173">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E70D788" w14:textId="77777777" w:rsidR="00697A2B" w:rsidRPr="00697A2B" w:rsidRDefault="00697A2B" w:rsidP="00697A2B">
+    <w:p w14:paraId="11B3F2F5" w14:textId="77777777" w:rsidR="00B84B2F" w:rsidRPr="00697A2B" w:rsidRDefault="00B84B2F" w:rsidP="006643F1">
       <w:pPr>
         <w:spacing w:before="120"/>
-        <w:ind w:right="194"/>
+        <w:ind w:left="142" w:right="194"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B87059C" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="213070E0" w14:textId="08BAF8A5" w:rsidR="00801D52" w:rsidRPr="00A1797C" w:rsidRDefault="00E04030" w:rsidP="006643F1">
+      <w:pPr>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L’AGENZIA REGIONALE per il LAVORO DELL’EMILIA-ROMAGNA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00300DCF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">con sede legale in Bologna, Viale A. Moro 38, d’ora in poi denominata semplicemente “Agenzia Lavoro”, </w:t>
+      </w:r>
+      <w:r w:rsidR="00300DCF" w:rsidRPr="00A1797C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rappresentata </w:t>
+      </w:r>
+      <w:r w:rsidR="00801D52" w:rsidRPr="00A1797C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>per la stipula di questa convenzione</w:t>
+      </w:r>
+      <w:r w:rsidR="00A326FB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4678">
+        <w:t>da_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00200541">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C72E8">
+        <w:t>dell'Ambito</w:t>
+      </w:r>
+      <w:r w:rsidR="005C72E8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C72E8">
+        <w:t>Territoriale</w:t>
+      </w:r>
+      <w:r w:rsidR="005C72E8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C72E8">
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidR="00200541">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04D84">
+        <w:t>PIACENZA</w:t>
+      </w:r>
+      <w:r w:rsidR="00801D52">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="242AE30E" w14:textId="77777777" w:rsidR="00B84B2F" w:rsidRDefault="00B84B2F" w:rsidP="006643F1">
       <w:pPr>
         <w:spacing w:before="229"/>
-        <w:ind w:right="195"/>
-[...104 lines deleted...]
-    <w:p w14:paraId="0F55C590" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F55C590" w14:textId="231ABB17" w:rsidR="00B40273" w:rsidRDefault="00EC2C37" w:rsidP="006643F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3215"/>
           <w:tab w:val="left" w:pos="6661"/>
           <w:tab w:val="left" w:pos="8878"/>
         </w:tabs>
-        <w:ind w:right="193"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>L’IMPRESA</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">L’IMPRESA _______________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sede</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2100" w:rsidRPr="009E2100">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2100">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...33 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E04030">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00E04030">
         <w:rPr>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E04030">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Via</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="009E2100">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Cod.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6888F004" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="6F1E6667" w14:textId="1DF86173" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="008026D0">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1822"/>
-          <w:tab w:val="left" w:pos="3679"/>
+          <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3964"/>
-          <w:tab w:val="left" w:pos="4767"/>
-          <w:tab w:val="left" w:pos="5853"/>
+          <w:tab w:val="left" w:pos="4756"/>
+          <w:tab w:val="left" w:pos="5857"/>
           <w:tab w:val="left" w:pos="6487"/>
           <w:tab w:val="left" w:pos="7158"/>
           <w:tab w:val="left" w:pos="8069"/>
         </w:tabs>
-        <w:ind w:left="118"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Fiscale/P.IVA</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007B0077" w:rsidRPr="00AC3716">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C452AA">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="007B0077" w:rsidRPr="00AC3716">
+        <w:t>ec __________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007B0077">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>nella</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00A62015">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>persona</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00A62015">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>del</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00A62015">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>suo</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00A62015">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>legale</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00A62015">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>rappresentante</w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00A62015">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62015" w:rsidRPr="00A62015">
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2472">
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62015">
+        <w:t>______</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>referente</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00AE2472">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>per</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00AE2472">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00AE2472">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>gestione</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00AE2472">
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ella</w:t>
+      </w:r>
+      <w:r w:rsidR="008026D0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>convenzione,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-        <w:t>tel.,</w:t>
+      <w:r w:rsidR="008026D0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tel.</w:t>
+      </w:r>
+      <w:r w:rsidR="008026D0">
+        <w:t xml:space="preserve"> _________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>e-mail</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="008026D0">
+        <w:t xml:space="preserve"> _____________________ l</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a quale secondo il prospetto riepilogativo aziendale presentato in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>data</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
+        <w:t>risulta obbligata all’assunzione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>n.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>la quale secondo il prospetto riepilogativo aziendale presentato in</w:t>
-[...8 lines deleted...]
-        <w:t>data</w:t>
+        <w:t>lavoratori, di cui</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6CE2">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000F6CE2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
-[...22 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F7889">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...46 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6CE2" w:rsidRPr="007F7889">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>già coperti mediante il ricorso agli altri strumenti previsti dalla normativa ed in particolare (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>specificare modalità</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>di copertura</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AD24AA">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E6B9B2" w14:textId="77777777" w:rsidR="00D1719C" w:rsidRDefault="00D1719C" w:rsidP="00AF5ECC">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13A5E964" w14:textId="143B216F" w:rsidR="00E71D66" w:rsidRPr="00F767CA" w:rsidRDefault="00AF5ECC" w:rsidP="00AF5ECC">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F767CA">
+        <w:t xml:space="preserve">Qualora la convenzione riguardi un’azienda committente che ha tra 15 e 35 dipendenti e quindi con una quota di riserva pari ad 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="004E784F" w:rsidRPr="00F767CA">
+        <w:t>persona con</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F767CA">
+        <w:t xml:space="preserve"> disabil</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9" w:rsidRPr="00F767CA">
+        <w:t>ità</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71D66" w:rsidRPr="00F767CA">
         <w:t>,</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7C4B5DFF" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+      <w:r w:rsidRPr="00F767CA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0AF3" w:rsidRPr="00F767CA">
+        <w:t xml:space="preserve">la stessa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F767CA">
+        <w:t xml:space="preserve">dichiara che non è possibile ottemperare a tale obbligo attraverso l’assunzione </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56CD1" w:rsidRPr="00F767CA">
+        <w:t>diretta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F767CA">
+        <w:t xml:space="preserve"> in azienda per le seguenti motivazioni</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2572" w:rsidRPr="00F767CA">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC1592E" w14:textId="77777777" w:rsidR="002C2572" w:rsidRPr="00F767CA" w:rsidRDefault="002C2572" w:rsidP="00E71D66">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="72620515" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA63896" w14:textId="01F08B7B" w:rsidR="002C2572" w:rsidRDefault="00E71D66" w:rsidP="00A326FB">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F767CA">
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640A692A" w14:textId="77777777" w:rsidR="00A326FB" w:rsidRPr="00F767CA" w:rsidRDefault="00A326FB" w:rsidP="00A326FB">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D105843" w14:textId="7F5B26C5" w:rsidR="002C2572" w:rsidRPr="00F767CA" w:rsidRDefault="00E71D66" w:rsidP="00E71D66">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F767CA">
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4922809C" w14:textId="77777777" w:rsidR="002C2572" w:rsidRPr="00F767CA" w:rsidRDefault="002C2572" w:rsidP="00E71D66">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F4986CF" w14:textId="25EB5728" w:rsidR="00AF5ECC" w:rsidRDefault="00E71D66" w:rsidP="00A05296">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F767CA">
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269C2803" w14:textId="77777777" w:rsidR="00A05296" w:rsidRPr="00A05296" w:rsidRDefault="00A05296" w:rsidP="00A05296">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="142" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72620515" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="006643F1">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="1"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3569E3CD" w14:textId="6F500FB0" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        <w:ind w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A54FBFA" w14:textId="735D6638" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00356D6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8123"/>
         </w:tabs>
-        <w:ind w:left="118"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:ind w:left="118" w:right="151"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">LA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="24"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>COOPERATIVA</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>COOPERATIVA SOCIALE/CONSORZIO</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7F67" w:rsidRPr="007C7F67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> SOCIALE/CONSORZIO</w:t>
-[...609 lines deleted...]
-    <w:p w14:paraId="1E31CEB9" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7F67" w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________________   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>con sede in</w:t>
+      </w:r>
+      <w:r w:rsidR="00356D6E" w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7F67" w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Via </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7F67" w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Codice Fiscale / P.IVA</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7F67" w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0077" w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0077" w:rsidRPr="00AC3716">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pec __________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007B0077" w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nella persona del suo legale rappresentante </w:t>
+      </w:r>
+      <w:r w:rsidR="00356D6E" w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356D6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, il quale, al fine di sottoscrivere la presente convenzione, dichiara che la Cooperativa/Consorzio</w:t>
+      </w:r>
+      <w:r w:rsidR="005F734C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è in possesso dei seguenti requisiti</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69536AC1" w14:textId="74AD82F5" w:rsidR="00B40273" w:rsidRPr="00795D0E" w:rsidRDefault="00E04030" w:rsidP="00795D0E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="685"/>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:spacing w:before="118"/>
-        <w:ind w:hanging="568"/>
+        <w:ind w:right="151" w:hanging="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">è iscritta/o alla CCIA di </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6831" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007971EF" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6831" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC660B4" w14:textId="1A0A33D8" w:rsidR="00AD072C" w:rsidRPr="00795D0E" w:rsidRDefault="006C2554" w:rsidP="00795D0E">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+          <w:tab w:val="left" w:pos="686"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="151" w:hanging="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>è costituita dal _______________;</w:t>
+      </w:r>
+      <w:r w:rsidR="004D77B5" w:rsidRPr="00E96246">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40334C26" w14:textId="4CE4F6EE" w:rsidR="00B40273" w:rsidRPr="00795D0E" w:rsidRDefault="00E04030" w:rsidP="00E96246">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+          <w:tab w:val="left" w:pos="686"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="151" w:hanging="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96246">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iscritta/o</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96246">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all’Albo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96246">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regionale</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3E9F" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96246">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cui</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96246">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all’art.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96246">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LR</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96246">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12/2014,</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5788">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sez.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B013C2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B013C2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o sez. C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, al n.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96246">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">con provvedimento del </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96246">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFD2613" w14:textId="5717A9E4" w:rsidR="00B40273" w:rsidRPr="00795D0E" w:rsidRDefault="00E04030" w:rsidP="00795D0E">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+          <w:tab w:val="left" w:pos="686"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="151" w:hanging="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>è dotata/o di idonea organizzazione tecnologica e aziendale e svolge le seguenti attività, ulteriori rispetto allo svolgimento della commessa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E31CEB9" w14:textId="136080F5" w:rsidR="00B40273" w:rsidRPr="00795D0E" w:rsidRDefault="00E04030" w:rsidP="006643F1">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+          <w:tab w:val="left" w:pos="686"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="151" w:hanging="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>non ha in corso procedure concorsuali</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE35FE" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A91613" w14:textId="190339F3" w:rsidR="00DE4CF2" w:rsidRPr="00795D0E" w:rsidRDefault="00D429B8" w:rsidP="006643F1">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+          <w:tab w:val="left" w:pos="686"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="151" w:hanging="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>è in regola con le contribuzioni assicurative e previdenziali dei dipendenti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A5BF11" w14:textId="4B7B5E39" w:rsidR="00150903" w:rsidRPr="00795D0E" w:rsidRDefault="00150903" w:rsidP="006643F1">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+          <w:tab w:val="left" w:pos="686"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="151" w:hanging="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>è ottemperante agli obblighi della L. 68/99</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81AA7" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC4167A" w14:textId="175FFEF9" w:rsidR="00BF57BC" w:rsidRPr="00795D0E" w:rsidRDefault="00611611" w:rsidP="00795D0E">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+          <w:tab w:val="left" w:pos="686"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="151" w:hanging="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00114DBB" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplica il </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF57BC" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C.C.N.L. della cooperazione sociale, sottoscritto dalle organizzazioni sindacali comparativamente più rappresentative a livello nazionale e l'eventuale contratto provinciale integrativo della cooperazione sociale ovvero </w:t>
+      </w:r>
+      <w:r w:rsidR="00281067" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">il </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF57BC" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contratto del settore di attività nel quale avviene l'inserimento lavorativo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9F2986" w14:textId="62C6F2C4" w:rsidR="00BF57BC" w:rsidRPr="00795D0E" w:rsidRDefault="00BF57BC" w:rsidP="00795D0E">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+          <w:tab w:val="left" w:pos="686"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="151" w:hanging="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rispett</w:t>
+      </w:r>
+      <w:r w:rsidR="00281067" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le norme in materia di tutela e sicurezza del lavoro e di barriere architettoniche;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1808E667" w14:textId="1CB62DCA" w:rsidR="00BF57BC" w:rsidRPr="00795D0E" w:rsidRDefault="00BF57BC" w:rsidP="00611611">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="154"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:spacing w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="140" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F79ED9E" w14:textId="03B99CC0" w:rsidR="00BF57BC" w:rsidRPr="00795D0E" w:rsidRDefault="00B37EE0" w:rsidP="00BF57BC">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="154"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:spacing w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ha</w:t>
+      </w:r>
+      <w:r w:rsidR="001C69C3" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF57BC" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>corrett</w:t>
+      </w:r>
+      <w:r w:rsidR="001C69C3" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amente</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF57BC" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adempi</w:t>
+      </w:r>
+      <w:r w:rsidR="001C69C3" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uto a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF57BC" w:rsidRPr="00795D0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gli obblighi relativi a precedenti convenzioni stipulate ai sensi dell'art. 22 L. R. 17/05;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BB9474" w14:textId="77777777" w:rsidR="00BF57BC" w:rsidRPr="00795D0E" w:rsidRDefault="00BF57BC" w:rsidP="00BF57BC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="685"/>
+          <w:tab w:val="left" w:pos="686"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="151"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27E364A8" w14:textId="30A24420" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      <w:pPr>
+        <w:ind w:left="118"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...33 lines deleted...]
-    <w:p w14:paraId="27E364A8" w14:textId="30A24420" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        <w:t>Premesso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1C483B" w14:textId="77777777" w:rsidR="001C77EA" w:rsidRDefault="001C77EA">
       <w:pPr>
         <w:ind w:left="118"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-    <w:p w14:paraId="599957DF" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    </w:p>
+    <w:p w14:paraId="599957DF" w14:textId="4E60EC6A" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="310"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Che l’art. 22 della L.R. 17/05 prevede la possibilità di stipulare convenzioni tra gli uffici per il collocamento mirato, le cooperative sociali di tipo b) e i loro consorzi, e i datori di lavoro privati soggetti agli obblighi della L.68/99, finalizzate al conferimento di commesse di lavoro da parte dei datori di lavoro obbligati alle cooperative sociali/consorzi, a fronte dell’inserimento di persone disabili, per le quali risulti particolarmente difficile il ricorso alle vie ordinarie del collocamento</w:t>
+        <w:t xml:space="preserve">Che l’art. 22 della L.R. 17/05 prevede la possibilità di stipulare convenzioni tra gli uffici per il collocamento mirato, le cooperative sociali di tipo </w:t>
+      </w:r>
+      <w:r w:rsidR="002B572E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e i loro consorzi, e i datori di lavoro privati soggetti agli obblighi della L.68/99, finalizzate al conferimento di commesse di lavoro da parte dei datori di lavoro obbligati alle cooperative sociali/consorzi, a fronte dell’inserimento di persone </w:t>
+      </w:r>
+      <w:r w:rsidR="0001684A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con disabilità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, per le quali risulti particolarmente difficile il ricorso alle vie ordinarie del collocamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mirato;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ACCF3DB" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
-[...13 lines deleted...]
-    <w:p w14:paraId="2A914893" w14:textId="726F2AA1" w:rsidR="00F05F4B" w:rsidRPr="001C3A4E" w:rsidRDefault="00F05F4B" w:rsidP="001C3A4E">
+    <w:p w14:paraId="2A914893" w14:textId="15601CBF" w:rsidR="00F05F4B" w:rsidRPr="003D0248" w:rsidRDefault="00F05F4B" w:rsidP="001C3A4E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:spacing w:before="80"/>
         <w:ind w:right="313"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED0A21">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00FB2DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Che, ai sensi della Deliberazione di Giunta Regionale Emilia-Romagna </w:t>
       </w:r>
-      <w:r w:rsidR="007C35DD" w:rsidRPr="00ED0A21">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00ED0A21">
+      <w:r w:rsidR="007C35DD" w:rsidRPr="00FB2DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64657">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C47E5B" w:rsidRPr="00C47E5B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2125 del 15/12/2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, la Regione Emilia-Romagna, le Associazioni di categoria dei datori di lavoro e dei lavoratori nonché le Associazioni di rappresentanza delle cooperative sociali</w:t>
       </w:r>
-      <w:r w:rsidR="00924D57" w:rsidRPr="00ED0A21">
+      <w:r w:rsidR="00924D57" w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED0A21">
+      <w:r w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hanno </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7859" w:rsidRPr="00ED0A21">
-[...55 lines deleted...]
-      <w:r w:rsidRPr="001C3A4E">
+      <w:r w:rsidR="00100091">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sottoscritto la </w:t>
+      </w:r>
+      <w:r w:rsidR="00100091" w:rsidRPr="00235748">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nuova </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0A21" w:rsidRPr="00235748">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Convenzione Quadro stipulata tra le medesime Parti</w:t>
+      </w:r>
+      <w:r w:rsidR="00E828F7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0A21" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00100091" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n. </w:t>
+      </w:r>
+      <w:r w:rsidR="00924D57" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">repertorio n. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E828F7" w:rsidRPr="00E828F7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RPI_13-01-2026_0000003_U</w:t>
+      </w:r>
+      <w:r w:rsidR="00924D57" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0248">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>per la definizione:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47E5B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0AB1EC" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="245870DF" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="245870DF" w14:textId="63E97156" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1112"/>
           <w:tab w:val="left" w:pos="1113"/>
           <w:tab w:val="left" w:pos="1805"/>
           <w:tab w:val="left" w:pos="3376"/>
           <w:tab w:val="left" w:pos="3896"/>
           <w:tab w:val="left" w:pos="4683"/>
           <w:tab w:val="left" w:pos="5098"/>
           <w:tab w:val="left" w:pos="5935"/>
           <w:tab w:val="left" w:pos="7324"/>
           <w:tab w:val="left" w:pos="7658"/>
           <w:tab w:val="left" w:pos="8348"/>
         </w:tabs>
         <w:ind w:right="319"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1741,84 +1952,77 @@
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">cooperative </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sociali/consorzi destinatarie degli inserimenti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lavorativi</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6FEECF16" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      <w:r w:rsidR="00100091">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FEECF16" w14:textId="0DADEF66" w:rsidR="00B40273" w:rsidRPr="00100091" w:rsidRDefault="00AA77B8">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1112"/>
           <w:tab w:val="left" w:pos="1113"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-        <w:t>inserire;</w:t>
+      <w:r w:rsidRPr="00100091">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>delle caratteristiche dei lavoratori con disabilità da inserire;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378B620C" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1112"/>
           <w:tab w:val="left" w:pos="1113"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>della percentuale massima di copertura dell’aliquota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1857,124 +2061,152 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>coprire;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E982D68" w14:textId="313EE9F9" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="130EA93A" w14:textId="77777777" w:rsidR="00DB2E0F" w:rsidRDefault="00DB2E0F">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F12BCA1" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="0EB9E80C" w14:textId="0A3F3AF6" w:rsidR="00A87682" w:rsidRDefault="00A87682" w:rsidP="00A87682">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="4285" w:right="3010" w:hanging="1460"/>
+        <w:ind w:right="3010"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t>Convengono e stipulano quanto segue: Articolo 1</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3CDB6220" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:t xml:space="preserve">Convengono e stipulano quanto segue: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDF3B66" w14:textId="77777777" w:rsidR="00644A31" w:rsidRDefault="00644A31" w:rsidP="00A87682">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="3010"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F12BCA1" w14:textId="5614D287" w:rsidR="00B40273" w:rsidRDefault="00A87682" w:rsidP="00A87682">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="3010"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:t>Articolo 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C3BC81" w14:textId="69C9D436" w:rsidR="00FB4D8A" w:rsidRDefault="0077682F" w:rsidP="0077682F">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="545"/>
           <w:tab w:val="left" w:pos="547"/>
         </w:tabs>
-        <w:ind w:right="313"/>
+        <w:ind w:left="478" w:right="313" w:firstLine="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’Impresa si impegna ad affidare alla Cooperativa sociale/Consorzio la/e commessa/e di lavoro/esecuzione di servizio sotto descritta/e </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4D8A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’Impresa si impegna ad affidare alla Cooperativa sociale/Consorzio la/e commessa/e di lavoro/esecuzione di servizio sotto descritta/e </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4D8A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(inserire descrizione della/e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00FB4D8A">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00FB4D8A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>commessa/e):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4750465B" w14:textId="2420C6C7" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="4750465B" w14:textId="2420C6C7" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00B60F83">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="9"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11254E0F" wp14:editId="7CC4C75A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11254E0F" wp14:editId="7CC4C75A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1358265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172720</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5105400" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="9" name="Freeform 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5105400" cy="1270"/>
                         </a:xfrm>
@@ -2022,66 +2254,66 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3AA4650A" id="Freeform 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.95pt;margin-top:13.6pt;width:402pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8040,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCERtYiqwIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1peklQZ1iaNdh&#10;QLcVaPYBiizHxmRRk5Q43dePou3UzbaXYX4QKJM6JA8vV9f7VrOdcr4BU/DsJOVMGQllYzYF/7a6&#10;e3fJmQ/ClEKDUQV/Up5fL1+/uursQuVQgy6VYwhi/KKzBa9DsIsk8bJWrfAnYJVBZQWuFQGvbpOU&#10;TnSI3uokT9PzpANXWgdSeY9/b3slXxJ+VSkZvlaVV4HpgmNsgU5H5zqeyfJKLDZO2LqRQxjiH6Jo&#10;RWPQ6QHqVgTBtq75DaptpAMPVTiR0CZQVY1UlANmk6VH2TzWwirKBcnx9kCT/3+w8svuwbGmLPic&#10;MyNaLNGdUyoSzuaRnc76BRo92gcX8/P2HuR3j4rkhSZePNqwdfcZSkQR2wDEyL5ybXyJubI9Ef90&#10;IF7tA5P48yxLz2Yp1keiLssvqC6JWIxv5daHjwoIR+zufejLVqJEpJdD6CuEqFqNFXz7jqUsz07n&#10;dAxlPphlo9mbhK1S1rHLdDb2wsEoH40IK0uziz+DnY52ESyfgGECmzFEUY9Ry70ZwkaJiTgnKRFl&#10;wUeCVhjcyBAioFFM8S+26PvYtn8zuHA4AMet7zjD1l/3nFgRYmTRRRRZV3DiIv5oYadWQKpwVDp0&#10;8qzVZmpFz6dR9Wp8ER1g3/QCOY2xTkpr4K7RmmqrTQzlPJ2fEzcedFNGZYzGu836Rju2E3Go6YvJ&#10;INgLM+t8uBW+7u1I1efsYGtK8lIrUX4Y5CAa3csIpJF0avDY0/0QrKF8wv520O8Q3Hko1OB+ctbh&#10;/ii4/7EVTnGmPxkc0Hk2w5ZigS6zs4scL26qWU81wkiEKnjg2BFRvAn9ktpa12xq9JQRDwbe41xV&#10;TRwAiq+ParjgjiAahn0Wl9D0TlbPW3f5CwAA//8DAFBLAwQUAAYACAAAACEA+AjRUd0AAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjSbmJQmk4IsXGFjQPHtDFtReNUTbaW&#10;/XrcE7vZ7z09f843k+vECYfQetKQLBQIpMrblmoNn4ft3QOIEA1Z03lCDb8YYFNcX+Ums36kDzzt&#10;Yy24hEJmNDQx9pmUoWrQmbDwPRJ7335wJvI61NIOZuRy18lUqXvpTEt8oTE9vjRY/eyPTkP5tUu2&#10;593rMrjDqn9/k7U6y1Hr25vp+QlExCn+h2HGZ3QomKn0R7JBdBrSZPnIUR7WKYg5oJI1K+WsrEAW&#10;ubx8ofgDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhEbWIqsCAAC9BQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+AjRUd0AAAAKAQAADwAAAAAA&#10;AAAAAAAAAAAFBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAA8GAAAAAA==&#10;" path="m,l8040,e" filled="f" strokeweight=".48pt">
+              <v:shape w14:anchorId="3D6C9E92" id="Freeform 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.95pt;margin-top:13.6pt;width:402pt;height:.1pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8040,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8vlJtmgIAAJgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu1DAQfUfiHyw/gmgu3d6iZivUUoRU&#10;LlKXD/A6zibC8Rjbu9ny9YwnyTYs8ILIg2VnxmfOnBnP9c2+02ynnG/BlDw7STlTRkLVmk3Jv67u&#10;31xy5oMwldBgVMmflOc3y5cvrntbqBwa0JVyDEGML3pb8iYEWySJl43qhD8Bqwwaa3CdCHh0m6Ry&#10;okf0Tid5mp4nPbjKOpDKe/x7Nxj5kvDrWsnwua69CkyXHLkFWh2t67gmy2tRbJywTStHGuIfWHSi&#10;NRj0AHUngmBb1/4G1bXSgYc6nEjoEqjrVirKAbPJ0qNsHhthFeWC4nh7kMn/P1j5afdov7hI3dsH&#10;kN88KpL01hcHSzx49GHr/iNUWEOxDUDJ7mvXxZuYBtuTpk8HTdU+MIk/z7L0bJGi9BJtWX5Bkiei&#10;mO7KrQ/vFRCO2D34MFSkwh3pWTEjOgy6Qoi601ic129YyvLs9IqWsYIHt2xye5WwVcp6dpkupjIf&#10;nPLJibCyNLv4M9jp5BfB8hkYJrCZKIpmYi33ZqSNOybiE0hJKAs+CrRCcpNCiIBOMcW/+GLsY9/h&#10;zhjCYW8fd7XjDLt6PWhiRYjMYoi4ZX3JSYv4o4OdWgGZwlHpMMizVZu5F12fsxrMeCMGwL4ZNhQ0&#10;cp2V1sB9qzXVVptI5Ty9OidtPOi2isbIxrvN+lY7thPxvdIXk0GwX9ys8+FO+GbwI9OQs4OtqShK&#10;o0T1btwH0ephj0AaRacGjz0d54Qv1lA9YX87GMYDjjPcNOB+cNbjaCi5/74VTnGmPxh8e1fZAluK&#10;BToszi5yPLi5ZT23CCMRquSBY0fE7W0Y5s/WunbTYKSMdDDwFt9V3cYHQPwGVuMBnz/JMI6qOF/m&#10;Z/J6HqjLnwAAAP//AwBQSwMEFAAGAAgAAAAhAPgI0VHdAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNxY0m5iUJpOCLFxhY0Dx7QxbUXjVE22lv163BO72e89PX/ON5PrxAmH&#10;0HrSkCwUCKTK25ZqDZ+H7d0DiBANWdN5Qg2/GGBTXF/lJrN+pA887WMtuIRCZjQ0MfaZlKFq0Jmw&#10;8D0Se99+cCbyOtTSDmbkctfJVKl76UxLfKExPb40WP3sj05D+bVLtufd6zK4w6p/f5O1OstR69ub&#10;6fkJRMQp/odhxmd0KJip9EeyQXQa0mT5yFEe1imIOaCSNSvlrKxAFrm8fKH4AwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAHy+Um2aAgAAmAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPgI0VHdAAAACgEAAA8AAAAAAAAAAAAAAAAA9AQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD+BQAAAAA=&#10;" path="m,l8040,e" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5105400,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F3041A8" wp14:editId="74F728D8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F3041A8" wp14:editId="74F728D8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1358265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>347980</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5106035" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="8" name="Freeform 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5106035" cy="1270"/>
                         </a:xfrm>
@@ -2129,66 +2361,66 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4EABEB24" id="Freeform 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.95pt;margin-top:27.4pt;width:402.05pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8041,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCB8hKYqwIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSxfgtb8tOu6aumEVoaQ&#10;BkxaeQDXcZoIx8fYbtPx9BzbSZcVcYPIhXWcc/yd7/ze3B5bSQ7C2AZUQbNJSolQHMpG7Qr6fXN/&#10;saDEOqZKJkGJgj4LS29Xb9/cdHopcqhBlsIQBFF22emC1s7pZZJYXouW2QlooVBZgWmZw6vZJaVh&#10;HaK3MsnTdJ50YEptgAtr8e86Kukq4FeV4O5bVVnhiCwocnPhNOHc+jNZ3bDlzjBdN7ynwf6BRcsa&#10;hU5PUGvmGNmb5g+otuEGLFRuwqFNoKoaLkIMGE2WnkXzVDMtQiyYHKtPabL/D5Z/PTwa0pQFxUIp&#10;1mKJ7o0QPuFk4bPTabtEoyf9aHx8Vj8A/2FRkbzS+ItFG7LtvkCJKGzvIGTkWJnWv8RYyTEk/vmU&#10;eHF0hOPPyyydp9NLSjjqsvwq1CVhy+Et31v3SUDAYYcH62LZSpRC0sue+gZLXLUSK/j+gqQkz6bX&#10;4ejLfDLLBrN3CdmkpCOLdJadG+WDUcDK0mwREc/tpoOdB8tHYBjAbqDI6oE1P6qeNkqE+TlJQ6I0&#10;WJ+gDZIbMoQIaORD/Ist+j63jW96FwYH4Lz1DSXY+tsYhmbOM/MuvEg6bASfC/+jhYPYQFC5s9Kh&#10;kxetVGOr8HzMKqrxhXeAfROF4NRzHZVWwX0jZaitVJ7KPL2eByoWZFN6pWdjzW57Jw05MD/U4fPB&#10;INgrM22sWzNbR7ugijEb2KsyeKkFKz/2smONjDICSUx6aHDf03EItlA+Y38biDsEdx4KNZhflHS4&#10;Pwpqf+6ZEZTIzwoH9DqbzfzCCZfZ5VWOFzPWbMcapjhCFdRR7Agv3rm4pPbaNLsaPcWSKPiAc1U1&#10;fgACv8iqv+COCGno95lfQuN7sHrZuqvfAAAA//8DAFBLAwQUAAYACAAAACEAPULSY98AAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixpYah0TSeEQAJ2YmzSjllj2kLjVE26&#10;dW+Pd4Kj7V+f/69YTq4TBxxC60lDMlMgkCpvW6o1bD5fbjIQIRqypvOEGk4YYFleXhQmt/5IH3hY&#10;x1owhEJuNDQx9rmUoWrQmTDzPRLfvvzgTORxqKUdzJHhrpOpUvfSmZb4Q2N6fGqw+lmPTkM6Pcdu&#10;tdq8p9vvUe229vWUvXmtr6+mxwWIiFP8C8O5PleHkjvt/Ug2iI4Zye0DRzXM71jhHFBJxnZ73swV&#10;yLKQ/xXKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCB8hKYqwIAAL0FAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA9QtJj3wAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" path="m,l8041,e" filled="f" strokeweight=".48pt">
+              <v:shape w14:anchorId="3B37387C" id="Freeform 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.95pt;margin-top:27.4pt;width:402.05pt;height:.1pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8041,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCuSOjmnAIAAJgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKGxnaZpa9QphnYd&#10;BnQXoNkHKLIcG5NFTVLidF8/irZTL8NehvlBoEzq8PCI4s3todVsr5xvwBQ8m6WcKSOhbMy24N/W&#10;D2dXnPkgTCk0GFXwZ+X57er1q5vO5moONehSOYYgxuedLXgdgs2TxMtatcLPwCqDzgpcKwJu3TYp&#10;negQvdXJPE2XSQeutA6k8h7/3vdOviL8qlIyfKkqrwLTBUdugVZH6yauyepG5FsnbN3IgYb4Bxat&#10;aAwmPULdiyDYzjV/QLWNdOChCjMJbQJV1UhFNWA1WXpSzVMtrKJaUBxvjzL5/wcrP++f7FcXqXv7&#10;CPK7R0WSzvr86IkbjzFs032CEu9Q7AJQsYfKtfEklsEOpOnzUVN1CEziz4ssXabnF5xJ9GXzS5I8&#10;Efl4Vu58+KCAcMT+0Yf+Rkq0SM+SGdFi0jXeXtVqvJy3Zyxl8+z8mpbhBo9h2Rj2JmHrlHXsKl1k&#10;p0HzMYiwsjS76hFP487HuAg2n4BhAduRoqhH1vJgBtpoMRGfQEpCWfBRoDWSGxVCBAyKJf4lFnOf&#10;xvZnhhQOe/u0qx1n2NWbvgwrQmQWU0STdQUnLeKPFvZqDeQKJ1eHSV682kyj6PiUVe/GEzEB9k1v&#10;UNLIdXK1Bh4arelutYlUlun1krTxoJsyOiMb77abO+3YXsT3Sl8sBsF+C7POh3vh6z6OXH3NDnam&#10;pCy1EuX7wQ6i0b2NQBpFpwaPPR3nhM83UD5jfzvoxwOOMzRqcD8563A0FNz/2AmnONMfDb6962yx&#10;iLOENouLyzlu3NSzmXqEkQhV8MCxI6J5F/r5s7Ou2daYKSMdDLzDd1U18QEQv57VsMHnTzIMoyrO&#10;l+meol4G6uoXAAAA//8DAFBLAwQUAAYACAAAACEAPULSY98AAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMAyG70i8Q2QkbixpYah0TSeEQAJ2YmzSjllj2kLjVE26dW+Pd4Kj7V+f/69YTq4T&#10;BxxC60lDMlMgkCpvW6o1bD5fbjIQIRqypvOEGk4YYFleXhQmt/5IH3hYx1owhEJuNDQx9rmUoWrQ&#10;mTDzPRLfvvzgTORxqKUdzJHhrpOpUvfSmZb4Q2N6fGqw+lmPTkM6Pcdutdq8p9vvUe229vWUvXmt&#10;r6+mxwWIiFP8C8O5PleHkjvt/Ug2iI4Zye0DRzXM71jhHFBJxnZ73swVyLKQ/xXKXwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCuSOjmnAIAAJgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA9QtJj3wAAAAoBAAAPAAAAAAAAAAAAAAAAAPYEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" path="m,l8041,e" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5106035,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5953AA50" wp14:editId="3BA82FD4">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5953AA50" wp14:editId="3BA82FD4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1358265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>523240</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5105400" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="7" name="Freeform 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5105400" cy="1270"/>
                         </a:xfrm>
@@ -2236,171 +2468,177 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="23A808A0" id="Freeform 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.95pt;margin-top:41.2pt;width:402pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8040,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCP2FDVrAIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EcTysm7dqqUT2hhC&#10;GjBp5Qe4jtNEOD5ju03Hr+d8SbqswBdEPljn3Pm5u+derq73rWY75XwDpuDZScqZMhLKxmwK/m11&#10;9+6CMx+EKYUGowr+pDy/Xr5+ddXZhcqhBl0qxxDE+EVnC16HYBdJ4mWtWuFPwCqDygpcKwJe3SYp&#10;negQvdVJnqbnSQeutA6k8h7/3vZKviT8qlIyfK0qrwLTBcfYAp2OznU8k+WVWGycsHUjhzDEP0TR&#10;isag0wPUrQiCbV3zG1TbSAceqnAioU2gqhqpKAfMJkuPsnmshVWUC5Lj7YEm//9g5Zfdg2NNWfA5&#10;Z0a0WKI7p1QknM0jO531CzR6tA8u5uftPcjvHhXJC028eLRh6+4zlIgitgGIkX3l2vgSc2V7Iv7p&#10;QLzaBybx51mWns1SrI9EXZbPqS6JWIxv5daHjwoIR+zufejLVqJEpJdD6CuEqFqNFXz7jqUsz04v&#10;6RjKfDDLRrM3CVulrGMX6WzshYNRPhoRVpZm8z+DnY52ESyfgGECmzFEUY9Ry70ZwkaJiTgnKRFl&#10;wUeCVhjcyBAioFFM8S+26PvYtn8zuHA4AMet7zjD1l/3nFgRYmTRRRRZV3DiIv5oYadWQKpwVDp0&#10;8qzVZmpFz6dR9Wp8ER1g3/QCOY2xTkpr4K7RmmqrTQzlPL08J2486KaMyhiNd5v1jXZsJ+JQ0xeT&#10;QbAXZtb5cCt83duRqs/ZwdaU5KVWovwwyEE0upcRSCPp1OCxp/shWEP5hP3toN8huPNQqMH95KzD&#10;/VFw/2MrnOJMfzI4oJfZDFuKBbrMzuY5XtxUs55qhJEIVfDAsSOieBP6JbW1rtnU6CkjHgy8x7mq&#10;mjgAFF8f1XDBHUE0DPssLqHpnayet+7yFwAAAP//AwBQSwMEFAAGAAgAAAAhAK3o6indAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4saTeNUZpOCLFxhY0Dx7QxbUXjVE22&#10;lj097gmO/v3p9+d8O7lOnHEIrScNyUKBQKq8banW8HHc3W1AhGjIms4TavjBANvi+io3mfUjveP5&#10;EGvBJRQyo6GJsc+kDFWDzoSF75F49+UHZyKPQy3tYEYud51MlVpLZ1riC43p8bnB6vtwchrKz32y&#10;u+xflsEdV/3bq6zVRY5a395MT48gIk7xD4ZZn9WhYKfSn8gG0WlIk+UDoxo26QrEDKjknpNyTtYg&#10;i1z+f6H4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI/YUNWsAgAAvQUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK3o6indAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAABgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAQBgAAAAA=&#10;" path="m,l8040,e" filled="f" strokeweight=".48pt">
+              <v:shape w14:anchorId="1081890C" id="Freeform 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.95pt;margin-top:41.2pt;width:402pt;height:.1pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8040,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8vlJtmgIAAJgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu1DAQfUfiHyw/gmgu3d6iZivUUoRU&#10;LlKXD/A6zibC8Rjbu9ny9YwnyTYs8ILIg2VnxmfOnBnP9c2+02ynnG/BlDw7STlTRkLVmk3Jv67u&#10;31xy5oMwldBgVMmflOc3y5cvrntbqBwa0JVyDEGML3pb8iYEWySJl43qhD8Bqwwaa3CdCHh0m6Ry&#10;okf0Tid5mp4nPbjKOpDKe/x7Nxj5kvDrWsnwua69CkyXHLkFWh2t67gmy2tRbJywTStHGuIfWHSi&#10;NRj0AHUngmBb1/4G1bXSgYc6nEjoEqjrVirKAbPJ0qNsHhthFeWC4nh7kMn/P1j5afdov7hI3dsH&#10;kN88KpL01hcHSzx49GHr/iNUWEOxDUDJ7mvXxZuYBtuTpk8HTdU+MIk/z7L0bJGi9BJtWX5Bkiei&#10;mO7KrQ/vFRCO2D34MFSkwh3pWTEjOgy6Qoi601ic129YyvLs9IqWsYIHt2xye5WwVcp6dpkupjIf&#10;nPLJibCyNLv4M9jp5BfB8hkYJrCZKIpmYi33ZqSNOybiE0hJKAs+CrRCcpNCiIBOMcW/+GLsY9/h&#10;zhjCYW8fd7XjDLt6PWhiRYjMYoi4ZX3JSYv4o4OdWgGZwlHpMMizVZu5F12fsxrMeCMGwL4ZNhQ0&#10;cp2V1sB9qzXVVptI5Ty9OidtPOi2isbIxrvN+lY7thPxvdIXk0GwX9ys8+FO+GbwI9OQs4OtqShK&#10;o0T1btwH0ephj0AaRacGjz0d54Qv1lA9YX87GMYDjjPcNOB+cNbjaCi5/74VTnGmPxh8e1fZAluK&#10;BToszi5yPLi5ZT23CCMRquSBY0fE7W0Y5s/WunbTYKSMdDDwFt9V3cYHQPwGVuMBnz/JMI6qOF/m&#10;Z/J6HqjLnwAAAP//AwBQSwMEFAAGAAgAAAAhAK3o6indAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4saTeNUZpOCLFxhY0Dx7QxbUXjVE22lj097gmO/v3p9+d8O7lOnHEI&#10;rScNyUKBQKq8banW8HHc3W1AhGjIms4TavjBANvi+io3mfUjveP5EGvBJRQyo6GJsc+kDFWDzoSF&#10;75F49+UHZyKPQy3tYEYud51MlVpLZ1riC43p8bnB6vtwchrKz32yu+xflsEdV/3bq6zVRY5a395M&#10;T48gIk7xD4ZZn9WhYKfSn8gG0WlIk+UDoxo26QrEDKjknpNyTtYgi1z+f6H4BQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAHy+Um2aAgAAmAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAK3o6indAAAACgEAAA8AAAAAAAAAAAAAAAAA9AQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD+BQAAAAA=&#10;" path="m,l8040,e" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5105400,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA7FE00" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+    <w:p w14:paraId="6DA7FE00" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="00B60F83">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="2"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60C84A3F" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+    <w:p w14:paraId="60C84A3F" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="00B60F83">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ED543A6" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+    <w:p w14:paraId="7ED543A6" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="00B60F83">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="7"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="569145AB" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="569145AB" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00B60F83">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="545"/>
           <w:tab w:val="left" w:pos="547"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:right="310"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>predette</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> lavorazioni/servizi saranno eseguite secondo le seguenti modalità </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(indicare modalità, luogo di esecuzione,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ecc.)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2A8F75" w14:textId="6C787635" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="1E2A8F75" w14:textId="6C787635" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00B60F83">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="9"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79B9A88F" wp14:editId="79527C53">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79B9A88F" wp14:editId="79527C53">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1172210</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172720</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5029835" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="6" name="Freeform 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5029835" cy="1270"/>
                         </a:xfrm>
@@ -2448,66 +2686,66 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="07F218DB" id="Freeform 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.3pt;margin-top:13.6pt;width:396.05pt;height:.1pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7921,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6eq4nrAIAALwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EcTysi5dq6UT2hhC&#10;GjBp5Qe4jtNEOLax3abj13M+J11W4AsiHyw7d37uuefOd3V96CTZC+tarUqanaWUCMV11aptSb+t&#10;795dUuI8UxWTWomSPglHr1evX131Zily3WhZCUsARLllb0raeG+WSeJ4IzrmzrQRCoy1th3zcLTb&#10;pLKsB/ROJnmaFkmvbWWs5sI5+HsbjXSF+HUtuP9a1054IksK3DyuFtdNWJPVFVtuLTNNywca7B9Y&#10;dKxVEPQIdcs8Izvb/gbVtdxqp2t/xnWX6LpuucAcIJssPcnmsWFGYC4gjjNHmdz/g+Vf9g+WtFVJ&#10;C0oU66BEd1aIIDgpgjq9cUtwejQPNuTnzL3m3x0YkheWcHDgQzb9Z10BCtt5jYocatuFm5ArOaDw&#10;T0fhxcETDj8v0nxxeX5BCQdbls+xLglbjnf5zvmPQiMO2987H8tWwQ5Frwbqayhx3Umo4Nt3JCXZ&#10;5azAZSjz0S0b3d4kZJ2SnswXeXbqlI9OiLWYF/M/Yp2PbgErn2AB/+3IkDUjaX5QA2vYERaeSYo6&#10;Ge2CPmvgNgoECOAUMvyLL8Q+9Y13hhAW+v+08y0l0PmbmK1hPjALIcKW9CVFKcKPTu/FWqPJn1QO&#10;gjxbpZp64fUpq2iGGyEAtE3cYNDAdVJZpe9aKbG0UgUqRbooUBunZVsFY2Dj7HZzIy3Zs/Cm8QvJ&#10;ANgLN2Odv2WuiX5oijlbvVMVRmkEqz4Me89aGfcAJEF07O/Q0vENbHT1BO1tdRwhMPJg02j7k5Ie&#10;xkdJ3Y8ds4IS+UnB+1xks1mYN3iYXcxzONipZTO1MMUBqqSeQkeE7Y2PM2pnbLttIFKGOij9Hp5V&#10;3Yb+R36R1XCAEYEyDOMszKDpGb2eh+7qFwAAAP//AwBQSwMEFAAGAAgAAAAhANUn/HfhAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQdYhKXEKcCpBAbCrRFxK7STwkUWM7&#10;2G6b/j3uCpZ35ujOmWI+6p4dyPnOGgl3kwQYmdqqzjQSNuvX2xkwH9Ao7K0hCSfyMC8vLwrMlT2a&#10;JR1WoWGxxPgcJbQhDDnnvm5Jo5/YgUzcfVunMcToGq4cHmO57nmaJBnX2Jl4ocWBXlqqd6u9loCn&#10;t13l7j/FMmyfFx/vN8nXj9hIeX01Pj0CCzSGPxjO+lEdyuhU2b1RnvUxz6ZZRCWkIgUWgQeRCWDV&#10;eTAFXhb8/wflLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6eq4nrAIAALwFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDVJ/x34QAAAAkBAAAP&#10;AAAAAAAAAAAAAAAAAAYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" path="m,l7921,e" filled="f" strokeweight=".48pt">
+              <v:shape w14:anchorId="0A084FB3" id="Freeform 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.3pt;margin-top:13.6pt;width:396.05pt;height:.1pt;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7921,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjvqGImwIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWnSGHWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q47dePouM0y7aXYX4QJJM6PDykeH2z6zTbKudbMCXPzlPOlJFQtWZd8m/L&#10;+7MrznwQphIajCr5k/L8ZvH61XVvC5VDA7pSjiGI8UVvS96EYIsk8bJRnfDnYJVBYw2uEwGPbp1U&#10;TvSI3ukkT9Np0oOrrAOpvMe/d4ORLwi/rpUMX+raq8B0yZFboNXRuoprsrgWxdoJ27RyT0P8A4tO&#10;tAaDHqDuRBBs49rfoLpWOvBQh3MJXQJ13UpFOWA2WXqSzWMjrKJcUBxvDzL5/wcrP28f7VcXqXv7&#10;APK7R0WS3vriYIkHjz5s1X+CCmsoNgEo2V3tungT02A70vTpoKnaBSbx52Waz68uLjmTaMvyGUme&#10;iGK8Kzc+fFBAOGL74MNQkQp3pGfFjOgw6BKrV3cai/P2jKUsu5pMadlX8OCWjW5vErZMWc9m8zw7&#10;dcpHJ8Kaz6azP2JdjG4RKz/CQv7rkaFoRtJyZ/asccdEfAEp6WTBR32WyG0UCBHQKWb4F1+Mfeo7&#10;3NmHcNjap03tOMOmXg3ZWhEisxgibllfcpIi/uhgq5ZApnBSOQzyYtXm2IuuH7MazHgjBsC2GTYU&#10;NHI9qqyB+1ZrKq02kco0nU9JGw+6raIxsvFuvbrVjm1FfK70xWQQ7Bc363y4E74Z/Mg05OxgYyqK&#10;0ihRvd/vg2j1sEcgjaJTf8eWjmPCFyuonrC9HQzTAacZbhpwz5z1OBlK7n9shFOc6Y8Gn948m0zi&#10;KKHD5HKW48EdW1bHFmEkQpU8cOyIuL0Nw/jZWNeuG4yUkQ4G3uGzqtvY/8RvYLU/4OsnGfaTKo6X&#10;4zN5vczTxU8AAAD//wMAUEsDBBQABgAIAAAAIQDVJ/x34QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/LTsMwEEX3SPyDNUhsEHWISlxCnAqQQGwq0RcSu0k8JFFjO9hum/497gqWd+bozpliPuqe&#10;Hcj5zhoJd5MEGJnaqs40Ejbr19sZMB/QKOytIQkn8jAvLy8KzJU9miUdVqFhscT4HCW0IQw5575u&#10;SaOf2IFM3H1bpzHE6BquHB5jue55miQZ19iZeKHFgV5aqnervZaAp7dd5e4/xTJsnxcf7zfJ14/Y&#10;SHl9NT49Ags0hj8YzvpRHcroVNm9UZ71Mc+mWUQlpCIFFoEHkQlg1XkwBV4W/P8H5S8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAo76hiJsCAACXBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1Sf8d+EAAAAJAQAADwAAAAAAAAAAAAAAAAD1BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAMGAAAAAA==&#10;" path="m,l7921,e" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5029835,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62846C8F" wp14:editId="6BEEE400">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62846C8F" wp14:editId="6BEEE400">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1172210</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>347980</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5029200" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="5" name="Freeform 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5029200" cy="1270"/>
                         </a:xfrm>
@@ -2555,66 +2793,66 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="63C2884E" id="Freeform 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.3pt;margin-top:27.4pt;width:396pt;height:.1pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7920,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTm9VLqQIAALwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EbQmLX1Zq6UT2hhC&#10;GjBp5Qe4jtNEOD5ju03Hr+d8SbqswBdEPlh27vzcc8+d7+r6WGt2UM5XYDI+HqWcKSMhr8wu4982&#10;dxeXnPkgTC40GJXxJ+X59fr1q6vGrtQEStC5cgxBjF81NuNlCHaVJF6WqhZ+BFYZNBbgahHw6HZJ&#10;7kSD6LVOJmk6TxpwuXUglff497Y18jXhF4WS4WtReBWYzjhyC7Q6WrdxTdZXYrVzwpaV7GiIf2BR&#10;i8pg0BPUrQiC7V31G1RdSQceijCSUCdQFJVUlANmM07PsnkshVWUC4rj7Ukm//9g5ZfDg2NVnvEZ&#10;Z0bUWKI7p1QUnM2iOo31K3R6tA8u5uftPcjvHg3JC0s8ePRh2+Yz5Igi9gFIkWPh6ngTc2VHEv7p&#10;JLw6Bibx5yydLLGanEm0jScLqksiVv1duffhowLCEYd7H9qy5bgj0fOO+gYhilpjBd9esJSNL6dz&#10;Wroyn9zGvdubhG1S1rAFhj93mvROhLVczP+M9a53i1iTARby3/UMRdmTlkfTscYdE/GZpKSTBR/1&#10;2SC3XiBEQKeY4V98Mfa5b3unC+Gw/88733GGnb9ts7UiRGYxRNyyJuMkRfxRw0FtgEzhrHIY5Nmq&#10;zdCLrg9ZtWa8EQNg27QbChq5Dipr4K7SmkqrTaQyT5dz0saDrvJojGy8221vtGMHEd80fTEZBHvh&#10;Zp0Pt8KXrR+Z2pwd7E1OUUol8g/dPohKt3sE0ig69Xds6fYNbCF/wvZ20I4QHHm4KcH95KzB8ZFx&#10;/2MvnOJMfzL4Ppfj6TTOGzpMZwtsL+aGlu3QIoxEqIwHjh0RtzehnVF766pdiZHGpIOB9/isiir2&#10;P/FrWXUHHBEkQzfO4gwansnreeiufwEAAP//AwBQSwMEFAAGAAgAAAAhABkuqhvbAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ2lMCXEqqMi9FC7cnHjzI+J1FLtNeHuW&#10;Ez3O7KfZmXy3uEGccQq9Jw33qwQEUu1tT62Gz4/ybgsiREPWDJ5Qww8G2BXXV7nJrJ/pHc/H2AoO&#10;oZAZDV2MYyZlqDt0Jqz8iMS3xk/ORJZTK+1kZg53g1wniZLO9MQfOjPivsP6+3hyGt6m5pA2av1a&#10;pqWKrvo6POybWevbm+XlGUTEJf7D8Fefq0PBnSp/IhvEwHq7UYxqSDc8gYGnR8VGxUaagCxyebmg&#10;+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDTm9VLqQIAALwFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAZLqob2wAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAAMFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACwYAAAAA&#10;" path="m,l7920,e" filled="f" strokeweight=".48pt">
+              <v:shape w14:anchorId="71B7B0EC" id="Freeform 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.3pt;margin-top:27.4pt;width:396pt;height:.1pt;z-index:-251658236;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7920,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4Fo7VmAIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKGxnaVJY9QphnYd&#10;BnQXoNkHKLIcG5NFTVLidF8/inZSL9tehvlBkEzq8PCQ4vXNodVsr5xvwBQ8m6ScKSOhbMy24F/X&#10;9xdXnPkgTCk0GFXwJ+X5zerli+vO5moKNehSOYYgxuedLXgdgs2TxMtatcJPwCqDxgpcKwIe3TYp&#10;negQvdXJNE3nSQeutA6k8h7/3vVGviL8qlIyfK4qrwLTBUdugVZH6yauyepa5FsnbN3IgYb4Bxat&#10;aAwGPUHdiSDYzjW/QbWNdOChChMJbQJV1UhFOWA2WXqWzWMtrKJcUBxvTzL5/wcrP+0f7RcXqXv7&#10;APKbR0WSzvr8ZIkHjz5s032EEmsodgEo2UPl2ngT02AH0vTppKk6BCbx52U6XWKhOJNoy6YLkjwR&#10;+fGu3PnwXgHhiP2DD31FStyRniUzosWga4SoWo3FeX3BUpZdzea0DBU8uWVHt1cJW6esYwsMf+40&#10;PToR1nIx/zPWm6NbxJqOsJD/9shQ1EfS8mAG1rhjIr6AlHSy4KM+a+R2FAgR0Clm+BdfjH3u298Z&#10;Qjhs7fOmdpxhU2/6bK0IkVkMEbesKzhJEX+0sFdrIFM4qxwGebZqM/ai62NWvRlvxADYNv2Ggkau&#10;o8oauG+0ptJqE6nM0+WctPGgmzIaIxvvtptb7dhexOdKX0wGwX5xs86HO+Hr3o9Mfc4OdqakKLUS&#10;5bthH0Sj+z0CaRSd+ju2dBwTPt9A+YTt7aCfDjjNcFOD+8FZh5Oh4P77TjjFmf5g8Okts9ksjhI6&#10;zC4X2F7MjS2bsUUYiVAFDxw7Im5vQz9+dtY12xojZaSDgbf4rKom9j/x61kNB3z9JMMwqeJ4GZ/J&#10;63mern4CAAD//wMAUEsDBBQABgAIAAAAIQAZLqob2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsMwEITvSLyDtUjcqENpTAlxKqjIvRQu3Jx48yPidRS7TXh7lhM9zuyn2Zl8t7hBnHEKvScN&#10;96sEBFLtbU+ths+P8m4LIkRD1gyeUMMPBtgV11e5yayf6R3Px9gKDqGQGQ1djGMmZag7dCas/IjE&#10;t8ZPzkSWUyvtZGYOd4NcJ4mSzvTEHzoz4r7D+vt4chrepuaQNmr9Wqaliq76Ojzsm1nr25vl5RlE&#10;xCX+w/BXn6tDwZ0qfyIbxMB6u1GMakg3PIGBp0fFRsVGmoAscnm5oPgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAuBaO1ZgCAACXBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAGS6qG9sAAAAJAQAADwAAAAAAAAAAAAAAAADyBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;" path="m,l7920,e" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5029200,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D459879" wp14:editId="1BD2971C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D459879" wp14:editId="1BD2971C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1172210</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>523240</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5029200" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="4" name="Freeform 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5029200" cy="1270"/>
                         </a:xfrm>
@@ -2662,809 +2900,895 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7EC0D140" id="Freeform 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.3pt;margin-top:41.2pt;width:396pt;height:.1pt;z-index:-15726080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7920,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9oxlbqAIAALwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+BG1JSteu1dIJbQwh&#10;DZi08gNcx2kiHJ+x3abj13O+JF1W4AWRB8vOnb/77rvzXV0fGs32yvkaTM6z85QzZSQUtdnm/Nv6&#10;7uySMx+EKYQGo3L+pDy/Xr1+ddXapZpABbpQjiGI8cvW5rwKwS6TxMtKNcKfg1UGjSW4RgQ8um1S&#10;ONEieqOTSZrOkhZcYR1I5T3+ve2MfEX4Zalk+FqWXgWmc47cAq2O1k1ck9WVWG6dsFUtexriH1g0&#10;ojYY9Ah1K4JgO1f/BtXU0oGHMpxLaBIoy1oqygGzydKTbB4rYRXlguJ4e5TJ/z9Y+WX/4Fhd5HzK&#10;mRENlujOKRUFZ9OoTmv9Ep0e7YOL+Xl7D/K7R0PywhIPHn3Ypv0MBaKIXQBS5FC6Jt7EXNmBhH86&#10;Cq8OgUn8eZFOFlhNziTassmc6pKI5XBX7nz4qIBwxP7eh65sBe5I9KKnvkaIstFYwbdnLGXZ5XRG&#10;S1/mo1s2uL1J2DplLZtj+FOnyeBEWIv57M9Y7wa3iDUZYSH/7cBQVANpeTA9a9wxEZ9JSjpZ8FGf&#10;NXIbBEIEdIoZ/sUXY5/6dnf6EA77/7TzHWfY+ZsuWytCZBZDxC1rc05SxB8N7NUayBROKodBnq3a&#10;jL3o+phVZ8YbMQC2TbehoJHrqLIG7mqtqbTaRCqzdDEjbTzouojGyMa77eZGO7YX8U3TF5NBsBdu&#10;1vlwK3zV+ZGpy9nBzhQUpVKi+NDvg6h1t0cgjaJTf8eW7t7ABoonbG8H3QjBkYebCtxPzlocHzn3&#10;P3bCKc70J4Pvc5FNp3He0GF6Mcf2Ym5s2YwtwkiEynng2BFxexO6GbWzrt5WGCkjHQy8x2dV1rH/&#10;iV/Hqj/giCAZ+nEWZ9D4TF7PQ3f1CwAA//8DAFBLAwQUAAYACAAAACEAjGCIUtsAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDaE0IcSqoyL20vXBz4s2PiO3Idpvw9mxP&#10;cJzZT7MzxXYxI7ugD4OzEh5XCTC0jdOD7SScjtVDBixEZbUanUUJPxhgW97eFCrXbrafeDnEjlGI&#10;DbmS0Mc45ZyHpkejwspNaOnWOm9UJOk7rr2aKdyMPE0SwY0aLH3o1YS7Hpvvw9lI+PDtftOK9L3a&#10;VCKa+mv/tGtnKe/vlrdXYBGX+AfDtT5Vh5I61e5sdWAj6WwtCJWQpWtgBLw8CzLqqyGAlwX/v6D8&#10;BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH2jGVuoAgAAvAUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIxgiFLbAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAAgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAKBgAAAAA=&#10;" path="m,l7920,e" filled="f" strokeweight=".48pt">
+              <v:shape w14:anchorId="22D828B8" id="Freeform 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.3pt;margin-top:41.2pt;width:396pt;height:.1pt;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7920,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4Fo7VmAIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKGxnaVJY9QphnYd&#10;BnQXoNkHKLIcG5NFTVLidF8/inZSL9tehvlBkEzq8PCQ4vXNodVsr5xvwBQ8m6ScKSOhbMy24F/X&#10;9xdXnPkgTCk0GFXwJ+X5zerli+vO5moKNehSOYYgxuedLXgdgs2TxMtatcJPwCqDxgpcKwIe3TYp&#10;negQvdXJNE3nSQeutA6k8h7/3vVGviL8qlIyfK4qrwLTBUdugVZH6yauyepa5FsnbN3IgYb4Bxat&#10;aAwGPUHdiSDYzjW/QbWNdOChChMJbQJV1UhFOWA2WXqWzWMtrKJcUBxvTzL5/wcrP+0f7RcXqXv7&#10;APKbR0WSzvr8ZIkHjz5s032EEmsodgEo2UPl2ngT02AH0vTppKk6BCbx52U6XWKhOJNoy6YLkjwR&#10;+fGu3PnwXgHhiP2DD31FStyRniUzosWga4SoWo3FeX3BUpZdzea0DBU8uWVHt1cJW6esYwsMf+40&#10;PToR1nIx/zPWm6NbxJqOsJD/9shQ1EfS8mAG1rhjIr6AlHSy4KM+a+R2FAgR0Clm+BdfjH3u298Z&#10;Qjhs7fOmdpxhU2/6bK0IkVkMEbesKzhJEX+0sFdrIFM4qxwGebZqM/ai62NWvRlvxADYNv2Ggkau&#10;o8oauG+0ptJqE6nM0+WctPGgmzIaIxvvtptb7dhexOdKX0wGwX5xs86HO+Hr3o9Mfc4OdqakKLUS&#10;5bthH0Sj+z0CaRSd+ju2dBwTPt9A+YTt7aCfDjjNcFOD+8FZh5Oh4P77TjjFmf5g8Okts9ksjhI6&#10;zC4X2F7MjS2bsUUYiVAFDxw7Im5vQz9+dtY12xojZaSDgbf4rKom9j/x61kNB3z9JMMwqeJ4GZ/J&#10;63mern4CAAD//wMAUEsDBBQABgAIAAAAIQCMYIhS2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsMwEITvSLyDtUjcqENoTQhxKqjIvbS9cHPizY+I7ch2m/D2bE9wnNlPszPFdjEju6APg7MS&#10;HlcJMLSN04PtJJyO1UMGLERltRqdRQk/GGBb3t4UKtdutp94OcSOUYgNuZLQxzjlnIemR6PCyk1o&#10;6dY6b1Qk6TuuvZop3Iw8TRLBjRosfejVhLsem+/D2Uj48O1+04r0vdpUIpr6a/+0a2cp7++Wt1dg&#10;EZf4B8O1PlWHkjrV7mx1YCPpbC0IlZCla2AEvDwLMuqrIYCXBf+/oPwFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAuBaO1ZgCAACXBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAjGCIUtsAAAAJAQAADwAAAAAAAAAAAAAAAADyBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;" path="m,l7920,e" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5029200,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CE4947" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+    <w:p w14:paraId="61CE4947" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="00B60F83">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="2"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41DE1776" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+    <w:p w14:paraId="41DE1776" w14:textId="6F9194A8" w:rsidR="00B40273" w:rsidRDefault="00B40273" w:rsidP="00B60F83">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="2"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...85 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="566B35AC" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69F6F122" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="418D91EC" w14:textId="3030B51E" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="004704A6">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:ind w:left="546"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Il Consorzio dichiara che affiderà la commessa alla propria consorziata cooperativa sociale</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="418D91EC" w14:textId="3D409F03" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        <w:t>Il Consorzio dichiara che affiderà la commessa alla</w:t>
+      </w:r>
+      <w:r w:rsidR="004704A6">
+        <w:t>/alle</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> propria</w:t>
+      </w:r>
+      <w:r w:rsidR="004704A6">
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> consorziata</w:t>
+      </w:r>
+      <w:r w:rsidR="004704A6">
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> cooperativa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F145F4">
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sociale</w:t>
+      </w:r>
+      <w:r w:rsidR="00F145F4">
+        <w:t>/i</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75E95">
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6083D">
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>che assumerà</w:t>
+      </w:r>
+      <w:r w:rsidR="008D54E6">
+        <w:t>/anno</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> la/le persona/e </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9">
+        <w:t>con disabilità</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C11956">
+        <w:t xml:space="preserve">così </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26F62">
+        <w:t xml:space="preserve">come </w:t>
+      </w:r>
+      <w:r>
+        <w:t>previst</w:t>
+      </w:r>
+      <w:r w:rsidR="005A12DA">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> dalla presente convenzione e che, come </w:t>
+      </w:r>
+      <w:r w:rsidR="005A12DA">
+        <w:t xml:space="preserve">disposto </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dalla Convenzione Quadro</w:t>
+      </w:r>
+      <w:r w:rsidR="00004EF3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> è in possesso di tutti i requisiti previsti dalla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>stessa</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B12">
+        <w:rPr>
+          <w:rStyle w:val="Rimandonotaapidipagina"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F23EC23" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:tabs>
-[...39 lines deleted...]
-    <w:p w14:paraId="6F23EC23" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50270003" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Articolo 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03385254" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-      </w:pPr>
-[...11 lines deleted...]
-        <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22BB0ED3" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="22BB0ED3" w14:textId="1B95062E" w:rsidR="00B40273" w:rsidRDefault="007A39AA" w:rsidP="00895324">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="545"/>
           <w:tab w:val="left" w:pos="547"/>
           <w:tab w:val="left" w:pos="2866"/>
         </w:tabs>
         <w:ind w:right="415"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>L’Impresa si</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00895324">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>impegna a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00895324">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>corrispondere quale costo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> della commessa la somma </w:t>
+      </w:r>
+      <w:r w:rsidR="00895324">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>L’Impresa  si</w:t>
+      <w:r w:rsidR="00895324">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Euro</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...23 lines deleted...]
-        <w:t>+ IVA.</w:t>
+      <w:r w:rsidR="00F05D27" w:rsidRPr="00895324">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>___________+</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="00895324">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IVA</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D3471DE" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="600151D9" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="6E7BD7D4" w14:textId="7C2BDC41" w:rsidR="00C0591F" w:rsidRPr="000C70D7" w:rsidRDefault="00E04030" w:rsidP="00C0591F">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="545"/>
           <w:tab w:val="left" w:pos="547"/>
+          <w:tab w:val="left" w:pos="945"/>
+          <w:tab w:val="left" w:pos="1707"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:hanging="429"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La quota relativa al </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>costo del</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7786" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lavoro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è pari ad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Euro</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84B2F" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0591F" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0591F" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e corri</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB00C4" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sponde </w:t>
+      </w:r>
+      <w:r w:rsidR="007350EA" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ad </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0591F" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un orario settimanale di</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF63A5" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ore</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0591F" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="008848EB" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per ______ </w:t>
+      </w:r>
+      <w:r w:rsidR="008B647B" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dipendente/i.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DADE9F2" w14:textId="2013CB8A" w:rsidR="00B40273" w:rsidRPr="000C70D7" w:rsidRDefault="00B40273" w:rsidP="00C0591F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="545"/>
+          <w:tab w:val="left" w:pos="547"/>
           <w:tab w:val="left" w:pos="9261"/>
         </w:tabs>
-        <w:ind w:hanging="429"/>
-[...48 lines deleted...]
-        <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03F4A2EA" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="4BDA2C12" w14:textId="77777777" w:rsidR="002770A8" w:rsidRPr="000C70D7" w:rsidRDefault="002770A8" w:rsidP="008A6866">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="545"/>
+          <w:tab w:val="left" w:pos="547"/>
+          <w:tab w:val="left" w:pos="9261"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11C8DB74" w14:textId="57E8F4F8" w:rsidR="00B40273" w:rsidRPr="000C70D7" w:rsidRDefault="00E04030" w:rsidP="006F24DC">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="545"/>
           <w:tab w:val="left" w:pos="547"/>
+          <w:tab w:val="left" w:pos="945"/>
+          <w:tab w:val="left" w:pos="1707"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:hanging="429"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quota</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>di</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cui</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="14"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>all’art.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>co.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>corrisponde,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sensi</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dell’art.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>della</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Convenzione</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Quadro,</w:t>
       </w:r>
-    </w:p>
-[...123 lines deleted...]
-    <w:p w14:paraId="6197A1EB" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      <w:r w:rsidR="00332486" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00895324" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>al trattamento economico lordo previsto dal CCNL applicato dall’azienda committente, unitamente ai contributi sociali, assicurativi e previdenziali a carico del datore di lavoro, al TFR ed eventuali altri costi previsti per la generalità dei lavoratori e/o connessi alla specifica mansione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maggiorato di una percentuale pari (o superiore) al 20% a fronte degli oneri relativi alle misure di accompagnamento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DD87A6" w14:textId="77777777" w:rsidR="008A6866" w:rsidRPr="008A6866" w:rsidRDefault="008A6866" w:rsidP="008A6866">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6197A1EB" w14:textId="77777777" w:rsidR="00B40273" w:rsidRPr="00CA21A7" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="543"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Con tale commessa l’Impresa adempie all’obbligo previsto dall’art. 3 Legge 12 marzo 1999</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112B97BB" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="112B97BB" w14:textId="07DAC6D2" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3911"/>
         </w:tabs>
         <w:ind w:left="543"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>n. 68 per la copertura</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>di</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>n.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">posti, pari al </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5A02" w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>% della quota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CA21A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>d’obbligo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563D9B63" w14:textId="3F502A01" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-        </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0717DB64" w14:textId="7AA10E11" w:rsidR="00F35269" w:rsidRDefault="00F35269" w:rsidP="00F35269">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="230"/>
         <w:ind w:right="291"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Articolo 3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FA592A5" w14:textId="77777777" w:rsidR="004D1DF6" w:rsidRDefault="004D1DF6" w:rsidP="004D1DF6">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="230"/>
         <w:ind w:right="291"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="312C4B12" w14:textId="78F5816F" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="547"/>
         </w:tabs>
         <w:spacing w:before="76"/>
         <w:ind w:right="315"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3536,394 +3860,642 @@
     <w:p w14:paraId="3C0708C4" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74E81A73" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
       </w:pPr>
       <w:r>
         <w:t>Articolo 4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="074B970E" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79EEAF80" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="79EEAF80" w14:textId="4DFAC912" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="547"/>
         </w:tabs>
         <w:ind w:right="309"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>La Cooperativa sociale/Consorzio si impegna, (entro dieci giorni dalla sottoscrizione della presente convenzione), ad assumere la persona disabile individuata in accordo con l’Ufficio per il Collocamento mirato, in possesso delle caratteristiche definite dall’art. 4 della Convenzione</w:t>
+        <w:t xml:space="preserve">La Cooperativa sociale/Consorzio si impegna, (entro </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0071329E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dieci </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00186F7B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">giorni </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6F5C" w:rsidRPr="00186F7B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>di norma</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6F5C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dalla sottoscrizione della presente convenzione), ad assumere la</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3079D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7B3A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> persona</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7B3A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con disabilità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individuata</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7B3A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordo con l’Ufficio per il Collocamento mirato, in possesso delle caratteristiche definite dall’art. 4 della Convenzione</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Quadro.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54CFC346" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41834559" w14:textId="37FCCA9F" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="41834559" w14:textId="0BD9D554" w:rsidR="00B40273" w:rsidRDefault="008C4B28">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="547"/>
           <w:tab w:val="left" w:pos="2960"/>
           <w:tab w:val="left" w:pos="3291"/>
           <w:tab w:val="left" w:pos="4408"/>
           <w:tab w:val="left" w:pos="6495"/>
           <w:tab w:val="left" w:pos="9526"/>
         </w:tabs>
         <w:ind w:right="257"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>L’Impresa e la Cooperativa sociale/Consorzio convengono di attribuire a</w:t>
+      </w:r>
+      <w:r w:rsidR="005D689E" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lla</w:t>
+      </w:r>
+      <w:r w:rsidR="00160937" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>persona</w:t>
+      </w:r>
+      <w:r w:rsidR="00160937" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con disabilità</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/i </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9693F" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>da assumere</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9693F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>il livello</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
         <w:rPr>
           <w:spacing w:val="37"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E04030">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>di</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E04030">
         <w:rPr>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>inquadramento</w:t>
+      </w:r>
+      <w:r w:rsidR="00226B27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00226B27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>del   CCNL</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C011EC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidR="00306EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00281D60" w:rsidRPr="00895324">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">una retribuzione annua lorda </w:t>
+      </w:r>
+      <w:r w:rsidR="00596634" w:rsidRPr="00895324">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(RAL)</w:t>
+      </w:r>
+      <w:r w:rsidR="00596634" w:rsidRPr="00186F7B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00281D60" w:rsidRPr="00186F7B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di euro </w:t>
+      </w:r>
+      <w:r w:rsidR="009A3A85">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...24 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="009A3A85">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C011EC" w:rsidRPr="00426657">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00426657" w:rsidRPr="00426657">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...139 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00C011EC" w:rsidRPr="00186F7B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con il seguente orario di lavoro </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6C97" w:rsidRPr="00186F7B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="00186F7B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>_.</w:t>
       </w:r>
-      <w:r w:rsidR="004D1DF6">
+      <w:r w:rsidR="004D1DF6" w:rsidRPr="00186F7B">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="004D1DF6">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="640836E7" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A2F3860" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="2A2F3860" w14:textId="03812C2E" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="547"/>
         </w:tabs>
         <w:ind w:right="311"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>La Cooperativa sociale/Consorzio si impegna ad inserire la persona disabile affidandole mansioni compatibili con il suo stato di salute, secondo quanto previsto dal “Progetto individuale di inserimento lavorativo” definito in accordo con l’Ufficio per il Collocamento mirato.</w:t>
-      </w:r>
+        <w:t>La Cooperativa sociale/Consorzio si impegna ad inserire la</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3D61">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> persona</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3D61">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con disabilità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> affidandole mansioni compatibili con il </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>suo</w:t>
+      </w:r>
+      <w:r w:rsidR="00795222" w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/loro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70D7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stato</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di salute, secondo quanto previsto dal “Progetto individuale di inserimento lavorativo” definito in accordo con l’Ufficio per il Collocamento mirato.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64901473" w14:textId="77777777" w:rsidR="00D21536" w:rsidRPr="00D21536" w:rsidRDefault="00D21536" w:rsidP="00D21536">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F40F394" w14:textId="0CC3135F" w:rsidR="00D21536" w:rsidRPr="0028788D" w:rsidRDefault="00D21536" w:rsidP="00D21536">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="547"/>
+        </w:tabs>
+        <w:ind w:right="311"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028788D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>La/le persona/e con disabilità inserite nell’ambito della presente convenzione saranno computate a copertura della quota d’obbligo dell’azienda committente e non della cooperativa sociale, ai sensi dell’art</w:t>
+      </w:r>
+      <w:r w:rsidR="00C83150">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028788D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C83150">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028788D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>della Convenzione Quadro</w:t>
+      </w:r>
+      <w:r w:rsidR="002640F7" w:rsidRPr="0028788D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7767CF7E" w14:textId="77777777" w:rsidR="00D21536" w:rsidRDefault="00D21536" w:rsidP="00D21536">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="547"/>
+        </w:tabs>
+        <w:ind w:left="546" w:right="311" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="70928966" w14:textId="7D61AADD" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26E4CECE" w14:textId="32DE8BAE" w:rsidR="004D1DF6" w:rsidRDefault="004D1DF6">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40ADF5AE" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="77CDA8F3" w14:textId="77777777" w:rsidR="00166E60" w:rsidRDefault="00166E60">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="90"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40ADF5AE" w14:textId="4B3CD53F" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="90"/>
+      </w:pPr>
       <w:r>
         <w:t>Articolo 5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB6F624" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="420DAC6D" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="420DAC6D" w14:textId="791C53B7" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
           <w:tab w:val="left" w:pos="4298"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="318"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>La Cooperativa sociale/Consorzio nomina come referente del percorso di inserimento lavorativo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3955,274 +4527,541 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>in qualità di tutor del disabile/i</w:t>
+        <w:t>in qualità di tutor de</w:t>
+      </w:r>
+      <w:r w:rsidR="00883E5B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lla/e </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>persona</w:t>
+      </w:r>
+      <w:r w:rsidR="00883E5B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con disabilità</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>inserito/i</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="219CBA6D" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        <w:t>inserit</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5C7F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5C7F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A89F7F" w14:textId="5A24B0B8" w:rsidR="00B40273" w:rsidRPr="007A3C55" w:rsidRDefault="00E04030" w:rsidP="000E10A1">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
-        <w:spacing w:before="230"/>
+        <w:spacing w:before="7"/>
         <w:ind w:right="313"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="14A89F7F" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+          <w:rFonts w:ascii="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La Cooperativa sociale/Consorzio </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5C7F" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>è tenuta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nel caso di risoluzione del </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7228" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>rapporto di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lavoro con la/le persona/e </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0CD9" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con disabilità</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inserit</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0CD9" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e a fronte della presente convenzione, </w:t>
+      </w:r>
+      <w:r w:rsidR="005427F0" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a comunicar</w:t>
+      </w:r>
+      <w:r w:rsidR="0083244F" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e entro 5 giorni la cessazione</w:t>
+      </w:r>
+      <w:r w:rsidR="005427F0" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>all’Ufficio per il Collocamento mirato</w:t>
+      </w:r>
+      <w:r w:rsidR="00747F91" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005427F0" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e a collaborare </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AAC" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">con lo stesso Ufficio </w:t>
+      </w:r>
+      <w:r w:rsidR="002D17AE" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la sostituzione</w:t>
+      </w:r>
+      <w:r w:rsidR="001A35D7" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, di norma, entro 45 giorni come previsto dall'art. 7 della Convenzione Quadro,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5C7F" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5C7F" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>persona</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5C7F" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con disabilità</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con altr</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07C98" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a/e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in possesso dei prescritti requisiti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEEE4BB" w14:textId="77777777" w:rsidR="00BC7228" w:rsidRDefault="00BC7228">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23FB91F2" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
       </w:pPr>
       <w:r>
         <w:t>Articolo 6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051ABD58" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DDE96EF" w14:textId="1EFF4A36" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="6DDE96EF" w14:textId="3C8F27DB" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:ind w:left="685" w:right="311" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00D2416A">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">La Cooperativa sociale/Consorzio si impegna a dare comunicazione semestrale </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> il Collocamento mirato sull’andamento del percorso di inserimento lavorativo della persona disabile con particolare riferimento alle effettive possibilità di stabilizzazione del posto di lavoro, mediante l’assunzione da parte dell’impresa committente o della cooperativa sociale</w:t>
+        <w:t>La Cooperativa sociale/Consorzio si impegna a dare comunicazione</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D6B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AAC" w:rsidRPr="007A3C55">
+        <w:t xml:space="preserve">con periodicità </w:t>
+      </w:r>
+      <w:r w:rsidR="00215D6B" w:rsidRPr="007A3C55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>di norma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680AAC">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> semestrale</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0086D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7228">
+        <w:t>all’Ufficio per</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> il Collocamento mirato del percorso di inserimento lavorativo della</w:t>
+      </w:r>
+      <w:r w:rsidR="00603A03">
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> persona</w:t>
+      </w:r>
+      <w:r w:rsidR="00603A03">
+        <w:t>/e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9">
+        <w:t>con disabilità</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> con particolare riferimento alle effettive possibilità di stabilizzazione del posto di lavoro, mediante l’assunzione da parte dell’impresa committente o della cooperativa sociale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>stessa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F5130FC" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38D0E53A" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
         <w:t>Articolo 7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40F6A5F5" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51497135" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="51497135" w14:textId="0D7F45F1" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:ind w:right="314"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La Cooperativa sociale/Consorzio informa il lavoratore sui rischi per la sicurezza e la salute connessi all'attività produttiva svolta e ne cura la formazione nell'uso delle attrezzature necessarie allo svolgimento dell'attività lavorativa, in conformità alle disposizioni del </w:t>
+        <w:t>La Cooperativa sociale/Consorzio informa il</w:t>
+      </w:r>
+      <w:r w:rsidR="00814260">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lavoratore</w:t>
+      </w:r>
+      <w:r w:rsidR="00814260">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>D.Lgs.</w:t>
+      <w:r w:rsidR="00814260">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>trice</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="381A7420" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+        <w:t xml:space="preserve"> sui rischi per la sicurezza e la salute connessi all'attività produttiva svolta e ne cura la formazione nell'uso delle attrezzature necessarie allo svolgimento dell'attività lavorativa, in conformità alle disposizioni </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680AAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">del D.Lgs. 81/2008 come coordinato con il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C4060A" w:rsidRPr="00680AAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>D.Lgs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00680AAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n. 106/2009</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e con i successivi ulteriori decreti integrativi e correttivi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381A7420" w14:textId="61D06BB1" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:spacing w:before="76"/>
         <w:ind w:right="312"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>La Cooperativa sociale/Consorzio garantisce nei confronti della persona disabile l’osservanza di tutti gli obblighi di sicurezza e prevenzione dei rischi previsti nei confronti degli altri dipendenti ed è responsabile per la violazione degli stessi obblighi così come individuati dalla legge e dai contratti</w:t>
+        <w:t xml:space="preserve">La Cooperativa sociale/Consorzio garantisce nei confronti della persona </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>con disabilità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’osservanza di tutti gli obblighi di sicurezza e prevenzione dei rischi previsti nei confronti degli altri dipendenti ed è responsabile per la violazione degli stessi obblighi così come individuati dalla legge e dai contratti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>collettivi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69E5C4BE" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EB9940D" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
@@ -4262,1274 +5101,1920 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La validità e l’efficacia del contratto di affidamento della commessa costituiscono il presupposto per l’esistenza della presente Convenzione. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>regolare esecuzione della commessa ed i casi di inadempimento o recesso sono regolati dalla disciplina generale dei contratti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C7A99A" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BC26510" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="7BC26510" w14:textId="0538AC96" w:rsidR="00B40273" w:rsidRPr="009961CF" w:rsidRDefault="00622C0A" w:rsidP="006F24DC">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:ind w:right="314"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> comporta pertanto la decadenza di diritto della presente Convenzione, con conseguente ripristino degli obblighi occupazionali ex art. 3 L.68/1999 a carico dell’Azienda.</w:t>
+      <w:r w:rsidRPr="009961CF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Il verificarsi di qualunque causa di scioglimento del contratto di affidamento della commessa</w:t>
+      </w:r>
+      <w:r w:rsidR="00801D52" w:rsidRPr="009961CF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="009961CF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>comporta pertanto la decadenza di diritto della presente Convenzione, con conseguente ripristino degli obblighi occupazionali ex art. 3 L.68/1999 a carico dell’Azienda</w:t>
+      </w:r>
+      <w:r w:rsidR="002829D7" w:rsidRPr="009961CF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> committente</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="009961CF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BAC1B35" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="449CBEF5" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="449CBEF5" w14:textId="2C802FDF" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:ind w:right="314"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Le Parti sono tenute a comunicare immediatamente all’Ufficio per il Collocamento mirato il verificarsi di cause e/o eventi che dovessero determinare la cessazione della commessa. In tal caso l’Ufficio attiverà le iniziative più opportune per favorire la possibile ricollocazione del lavoratore</w:t>
+        <w:t xml:space="preserve">Le Parti sono tenute a comunicare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172AC2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>immediatamente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all’Ufficio per il Collocamento mirato il verificarsi di cause e/o eventi che dovessero determinare la cessazione della commessa. In tal caso l’Ufficio attiverà le iniziative più opportune per favorire la possibile ricollocazione del lavoratore</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>disabile.</w:t>
+      <w:r w:rsidR="000E2EA9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>persona con disabilità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C569CD6" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31CBA3CC" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
       </w:pPr>
       <w:r>
         <w:t>Articolo 9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C578BB8" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7597FE0A" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="7597FE0A" w14:textId="03C6F173" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:ind w:left="685" w:right="311" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">1.     L’Agenzia Regionale per </w:t>
-[...7 lines deleted...]
-        <w:t>, per il tramite dell’Ufficio per il collocamento mirato,  si riserva di attivare in ogni momento verifiche sul corretto adempimento dei contenuti della presente convenzione e, qualora ne riscontri l’inosservanza, può dichiarare decaduta la convenzione</w:t>
+        <w:t xml:space="preserve">1.     L’Agenzia Regionale per il Lavoro, per il tramite dell’Ufficio per il collocamento </w:t>
+      </w:r>
+      <w:r w:rsidR="00622C0A">
+        <w:t>mirato, si</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> riserva di attivare in ogni momento verifiche sul corretto adempimento dei contenuti della presente convenzione e, qualora ne riscontri l’inosservanza, può dichiarare decaduta la convenzione</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>stessa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62F9AA8F" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F112391" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="1F112391" w14:textId="77777777" w:rsidR="00B40273" w:rsidRPr="00080580" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00080580">
         <w:t>Articolo 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8E2F90" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+    <w:p w14:paraId="6F8E2F90" w14:textId="77777777" w:rsidR="00B40273" w:rsidRPr="00080580" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CC3A8DD" w14:textId="09BB8808" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="3CC3A8DD" w14:textId="6A5FC3E1" w:rsidR="00B40273" w:rsidRPr="00680AAC" w:rsidRDefault="00E04030" w:rsidP="00680AAC">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:ind w:left="685" w:right="309" w:hanging="567"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="709" w:right="309" w:hanging="591"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00680AAC">
+        <w:t xml:space="preserve">L’Agenzia Regionale per il Lavoro, l’Impresa e la Cooperativa sociale/Consorzio si impegnano ad utilizzare i dati personali, anche sensibili, relativi alla persona </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2EA9" w:rsidRPr="00680AAC">
+        <w:t>con disabilità</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680AAC">
+        <w:t>, esclusivamente per le finalità connesse con l’attuazione della presente convenzione nonché nel rispetto e nei limiti consentiti dal D.lgs. 196/03</w:t>
+      </w:r>
+      <w:r w:rsidR="00080580" w:rsidRPr="00680AAC">
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680AAC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0003326F" w:rsidRPr="00680AAC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3478" w:rsidRPr="00680AAC">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002871FE" w:rsidRPr="00680AAC">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3478" w:rsidRPr="00680AAC">
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidR="0003326F" w:rsidRPr="00680AAC">
+        <w:t>GDPR 679/16 – “Regolamento europeo sulla protezione dei dati personali</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7DA0" w:rsidRPr="00680AAC">
+        <w:t>”.</w:t>
+      </w:r>
+      <w:r w:rsidR="00260A1B" w:rsidRPr="00680AAC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37363185" w14:textId="4CE9A9E3" w:rsidR="00215D6B" w:rsidRPr="00215D6B" w:rsidRDefault="00215D6B" w:rsidP="00215D6B">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="793" w:right="309"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3932025F" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E91D96B" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
       </w:pPr>
       <w:r>
         <w:t>Articolo 11</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4EAEB8" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0191A250" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="0191A250" w14:textId="20993174" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8380"/>
         </w:tabs>
         <w:ind w:left="685" w:right="316" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>1.       La presente convenzione è valida fino alla</w:t>
-[...32 lines deleted...]
-        <w:t>ed è utile a tutti gli effetti a rideterminare le modalità di adempimento della quota d’obbligo precedentemente utilizzata</w:t>
+        <w:t xml:space="preserve">1.      La presente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00876072">
+        <w:t xml:space="preserve">convenzione è valida </w:t>
+      </w:r>
+      <w:r w:rsidR="00215D6B" w:rsidRPr="00876072">
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidR="00216F8B">
+        <w:t xml:space="preserve"> _____</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D6B" w:rsidRPr="00876072">
+        <w:t xml:space="preserve"> mesi decorrenti dalla data della stipula </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00876072">
+        <w:t>ed è utile a tutti gli effetti a rideterminare le modalità di adempimento della quota</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> d’obbligo precedentemente utilizzata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>dall’Impresa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0C85E4" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A7969D3" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
       </w:pPr>
       <w:r>
         <w:t>Articolo 12</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EDD9B77" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76A21FEF" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="76A21FEF" w14:textId="2F98F4B8" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:ind w:right="323"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Alla scadenza della commessa le imprese adempiono agli obblighi di cui alla Legge 68/99, eventualmente emergenti,</w:t>
+        <w:t>Alla scadenza della</w:t>
+      </w:r>
+      <w:r w:rsidR="009413C5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005418B6" w:rsidRPr="007F2EB2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>commessa</w:t>
+      </w:r>
+      <w:r w:rsidR="005418B6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>le imprese adempiono agli obblighi di cui alla Legge 68/99, eventualmente emergenti,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>attraverso:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B00FC1" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="315949BD" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="315949BD" w14:textId="1E4726B4" w:rsidR="00B40273" w:rsidRPr="00AB5D81" w:rsidRDefault="00E04030" w:rsidP="00C208F8">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1112"/>
           <w:tab w:val="left" w:pos="1113"/>
         </w:tabs>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r>
+        <w:ind w:hanging="695"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5D81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assunzioni da effettuarsi entro 60 giorni dalla </w:t>
+      </w:r>
+      <w:r w:rsidR="007126F6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scadenza </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5D81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dell</w:t>
+      </w:r>
+      <w:r w:rsidR="007126F6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5D81">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="496E9D58" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      <w:r w:rsidR="007F2EB2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>commessa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5D81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496E9D58" w14:textId="0E188007" w:rsidR="00B40273" w:rsidRPr="00AB5D81" w:rsidRDefault="00680AAC" w:rsidP="00C208F8">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1112"/>
           <w:tab w:val="left" w:pos="1113"/>
         </w:tabs>
-        <w:ind w:right="314"/>
-[...10 lines deleted...]
-      <w:r>
+        <w:ind w:left="1134" w:right="314" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216F8B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proroga della </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="00216F8B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>convenzione</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="007F2EB2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135365" w:rsidRPr="007F2EB2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(da richiedere prima della scadenza)</w:t>
+      </w:r>
+      <w:r w:rsidR="00135365" w:rsidRPr="00AB5D81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="00AB5D81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alle medesime</w:t>
+      </w:r>
+      <w:r w:rsidR="008844F4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="00AB5D81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">condizioni definite precedentemente, per un periodo non inferiore a </w:t>
+      </w:r>
+      <w:r w:rsidR="00215D6B" w:rsidRPr="007F2EB2">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00215D6B" w:rsidRPr="00AB5D81">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030" w:rsidRPr="00AB5D81">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mesi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33970FF6" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="33970FF6" w14:textId="77777777" w:rsidR="00B40273" w:rsidRPr="00AB5D81" w:rsidRDefault="00E04030" w:rsidP="00C208F8">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1112"/>
           <w:tab w:val="left" w:pos="1113"/>
         </w:tabs>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:ind w:hanging="695"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5D81">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>stipula di una nuova</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AB5D81">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AB5D81">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>convenzione;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="454C25C9" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
-[...11 lines deleted...]
-    <w:p w14:paraId="15526C8F" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="15526C8F" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00C208F8">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1112"/>
           <w:tab w:val="left" w:pos="1113"/>
         </w:tabs>
         <w:spacing w:before="60"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:hanging="695"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5D81">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>ricorso agli altri istituti e strumenti previsti dalla</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AB5D81">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AB5D81">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>L.68/99.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="090F03E0" w14:textId="77777777" w:rsidR="00AD24AA" w:rsidRPr="00AB5D81" w:rsidRDefault="00AD24AA" w:rsidP="00AD24AA">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1112"/>
+          <w:tab w:val="left" w:pos="1113"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1404" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="161B69F1" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34BBFAAC" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
       </w:pPr>
       <w:r>
         <w:t>Articolo 13</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8C7433" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69528897" w14:textId="4129BB65" w:rsidR="00B40273" w:rsidRPr="00146899" w:rsidRDefault="00E04030" w:rsidP="00146899">
+    <w:p w14:paraId="69528897" w14:textId="74905622" w:rsidR="00B40273" w:rsidRPr="00FB2DCA" w:rsidRDefault="00E04030" w:rsidP="00146899">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Per ogni aspetto non esplicitamente contemplato nella presente convenzione </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:spacing w:val="3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">si </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rimanda ai contenuti della Convenzione Quadro</w:t>
       </w:r>
-      <w:r w:rsidR="00A064B5">
+      <w:r w:rsidR="00A064B5" w:rsidRPr="00FB2DCA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-        <w:t>sottoscritta in data 07/12/2017 ed alle vigenti disposizioni di legge.</w:t>
+      <w:r w:rsidRPr="00FB2DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0010184B" w:rsidRPr="00FB2DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>repertorio n</w:t>
+      </w:r>
+      <w:r w:rsidR="0010184B" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C208F8" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="0010184B" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:r w:rsidR="00C208F8" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6746" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2DCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alle vigenti disposizioni di legge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4EEE50" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5519244A" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="686"/>
         </w:tabs>
         <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ogni eventuale variazione alla presente convenzione che intervenga successivamente alla stipula ed in corso di validità della stessa, deve essere concordata tra le parti e appositamente formalizzata.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409211AF" w14:textId="4DF45746" w:rsidR="00B40273" w:rsidRDefault="00B40273">
+    <w:p w14:paraId="016BB48A" w14:textId="77777777" w:rsidR="001E6BE7" w:rsidRDefault="001E6BE7">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31C4ED2D" w14:textId="6ACB9B88" w:rsidR="00CD6C19" w:rsidRDefault="00CD6C19">
+    <w:p w14:paraId="58770295" w14:textId="77777777" w:rsidR="00562326" w:rsidRPr="001E6BE7" w:rsidRDefault="00562326">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="1"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="3EBD4882" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EBD4882" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030" w:rsidP="00FB2DCA">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
-        <w:ind w:left="118"/>
-[...2 lines deleted...]
-        <w:t>Letto, approvato e sottoscritto in forma digitale</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Letto, approvato e sottoscritto in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032285C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>forma digitale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E936635" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77C50E4A" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00B40273">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DC223A5" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+    <w:p w14:paraId="7ADEAE4B" w14:textId="55C84AB3" w:rsidR="00031912" w:rsidRDefault="00E04030" w:rsidP="00031912">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8758"/>
         </w:tabs>
-        <w:ind w:left="118"/>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Per l’AGENZIA REGIONALE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>LAVORO</w:t>
       </w:r>
+      <w:r w:rsidR="00031912">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-    <w:p w14:paraId="1957F2CC" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      <w:r w:rsidR="00031912">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAE7B74" w14:textId="77777777" w:rsidR="00031912" w:rsidRDefault="00031912" w:rsidP="00031912">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="5974"/>
+          <w:tab w:val="left" w:pos="8758"/>
         </w:tabs>
-        <w:spacing w:before="90"/>
-        <w:ind w:left="118"/>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27484F30" w14:textId="293A4AB1" w:rsidR="00031912" w:rsidRDefault="00E04030" w:rsidP="00031912">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8758"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>l’Impresa</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00031912">
+        <w:t xml:space="preserve">     _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13969870" w14:textId="77777777" w:rsidR="00031912" w:rsidRDefault="00031912" w:rsidP="00031912">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8758"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49E1475E" w14:textId="751CBA33" w:rsidR="00B40273" w:rsidRDefault="00031912" w:rsidP="00031912">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8758"/>
+        </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="49E1475E" w14:textId="77777777" w:rsidR="00B40273" w:rsidRDefault="00E04030">
+      </w:pPr>
+      <w:r>
+        <w:t>Per l</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:t>a Cooperativa</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:t>sociale/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E04030">
+        <w:t>Consorzio</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04030">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000244BA">
+        <w:t xml:space="preserve"> _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000244BA">
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B174686" w14:textId="2BD78C63" w:rsidR="009F4515" w:rsidRDefault="009F4515" w:rsidP="00FB2DCA">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9200"/>
         </w:tabs>
         <w:spacing w:before="90"/>
-        <w:ind w:left="118"/>
-[...19 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="073171A8" w14:textId="0EE1FCA5" w:rsidR="00FB2DCA" w:rsidRDefault="00FB2DCA" w:rsidP="00FB2DCA">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9200"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00B40273">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EA60BC7" w14:textId="131E8FDC" w:rsidR="00FB2DCA" w:rsidRDefault="00FB2DCA" w:rsidP="00FB2DCA">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9200"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09BF2A66" w14:textId="05CA4295" w:rsidR="00FB2DCA" w:rsidRDefault="00FB2DCA" w:rsidP="00FB2DCA">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9200"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75BE1C23" w14:textId="194A5F15" w:rsidR="00FB2DCA" w:rsidRDefault="00FB2DCA" w:rsidP="00FB2DCA">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9200"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0032285C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Documento </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032285C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">firmato digitalmente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032285C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>prodotto e conservato in originale informatico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00FB2DCA" w:rsidSect="007829D8">
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="640" w:right="820" w:bottom="280" w:left="1300" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1276" w:right="1077" w:bottom="1134" w:left="1077" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C1D2AC4" w14:textId="77777777" w:rsidR="00183BD7" w:rsidRDefault="00183BD7" w:rsidP="00975A28">
+    <w:p w14:paraId="259CF47F" w14:textId="77777777" w:rsidR="006466E5" w:rsidRDefault="006466E5" w:rsidP="00975A28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7191C655" w14:textId="77777777" w:rsidR="00183BD7" w:rsidRDefault="00183BD7" w:rsidP="00975A28">
+    <w:p w14:paraId="204E35E4" w14:textId="77777777" w:rsidR="006466E5" w:rsidRDefault="006466E5" w:rsidP="00975A28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="167EDACB" w14:textId="77777777" w:rsidR="006466E5" w:rsidRDefault="006466E5"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesNewRoman">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72F85F24" w14:textId="77777777" w:rsidR="00183BD7" w:rsidRDefault="00183BD7" w:rsidP="00975A28">
+    <w:p w14:paraId="3CE5D013" w14:textId="77777777" w:rsidR="006466E5" w:rsidRDefault="006466E5" w:rsidP="00975A28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C240F5C" w14:textId="77777777" w:rsidR="00183BD7" w:rsidRDefault="00183BD7" w:rsidP="00975A28">
+    <w:p w14:paraId="70DE9275" w14:textId="77777777" w:rsidR="006466E5" w:rsidRDefault="006466E5" w:rsidP="00975A28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="1">
-    <w:p w14:paraId="09D1B84D" w14:textId="77777777" w:rsidR="003D7B12" w:rsidRPr="003D7B12" w:rsidRDefault="003D7B12" w:rsidP="003D7B12">
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="5B11260D" w14:textId="77777777" w:rsidR="006466E5" w:rsidRDefault="006466E5"/>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="182A37F8" w14:textId="67FBC53A" w:rsidR="00590662" w:rsidRPr="00E05EB0" w:rsidRDefault="004D77B5" w:rsidP="00E05EB0">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vedi art. 6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onvenzione </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uadro </w:t>
+      </w:r>
+      <w:r w:rsidR="00676658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rep n</w:t>
+      </w:r>
+      <w:r w:rsidR="00676658" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00590662" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="000244BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B75EB" w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>del_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0248">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00574DED" w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Costituzione antecedente di almeno un anno alla stipula della convenzione trilaterale. </w:t>
+      </w:r>
+      <w:r w:rsidR="00590662" w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>In mancanza di tale requisito, la cooperativa è tenuta ad acquisire il parere favorevole da parte di un'associazione di rappresentanza, assistenza e tutela delle cooperative, firmataria della Convenzione Quadro</w:t>
+      </w:r>
+      <w:r w:rsidR="00F512ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00590662" w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1473AE61" w14:textId="53F1E4E7" w:rsidR="004D77B5" w:rsidRDefault="004D77B5">
+      <w:pPr>
+        <w:pStyle w:val="Testonotaapidipagina"/>
+      </w:pPr>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="09D1B84D" w14:textId="77777777" w:rsidR="003D7B12" w:rsidRPr="00E05EB0" w:rsidRDefault="003D7B12" w:rsidP="007A39AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="457"/>
           <w:tab w:val="left" w:pos="458"/>
         </w:tabs>
         <w:spacing w:before="55"/>
         <w:ind w:right="755"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Comma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>aggiungere</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>caso</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>di</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>commessa</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>affidata</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Consorzio</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>che</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>non</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>esegue</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>direttamente</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>lavori</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ma</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>li affida a propria</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7B12">
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>consorziata.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="732114CC" w14:textId="4D982AE1" w:rsidR="003D7B12" w:rsidRDefault="003D7B12">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
       </w:pPr>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="2">
-    <w:p w14:paraId="49712F45" w14:textId="77777777" w:rsidR="004D1DF6" w:rsidRDefault="004D1DF6" w:rsidP="004D1DF6">
+  <w:footnote w:id="4">
+    <w:p w14:paraId="636E4DFD" w14:textId="562D5833" w:rsidR="00DA6F5C" w:rsidRPr="00BC4086" w:rsidRDefault="004D1DF6" w:rsidP="004D1DF6">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="3"/>
         <w:rPr>
-          <w:sz w:val="14"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Compilare un punto per ogni lavoratore</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00E05EB0">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>disabile</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6F5C" w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4086" w:rsidRPr="00E05EB0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6F5C" w:rsidRPr="00116960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rif. Art. 9 Convenzione Quadro </w:t>
+      </w:r>
+      <w:r w:rsidR="009A3A85" w:rsidRPr="00116960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Delibera </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6F5C" w:rsidRPr="00116960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n. </w:t>
+      </w:r>
+      <w:r w:rsidR="00332EB9" w:rsidRPr="00116960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2125 del 15/12/2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00235748" w:rsidRPr="00116960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6F5D" w:rsidRPr="00116960">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6F5D" w:rsidRPr="00116960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nelle province dove è previsto il salario d'ingresso deve essere indicata la percentuale iniziale applicata.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6F5D" w:rsidRPr="000F6F5D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00235748" w:rsidRPr="00235748">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0585D7F7" w14:textId="162F3406" w:rsidR="004D1DF6" w:rsidRDefault="004D1DF6">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B637F8D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="56380210"/>
+    <w:lvl w:ilvl="0" w:tplc="0410000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="478" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1198" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1918" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2638" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3358" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4078" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4798" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5518" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6238" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EB7246B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCC41850"/>
     <w:lvl w:ilvl="0" w:tplc="1F82290A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="685" w:hanging="567"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-5"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B82605C6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1590" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DCBEEF62">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -5593,62 +7078,61 @@
     <w:lvl w:ilvl="7" w:tplc="6666C17A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7054" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F1CE1926">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7965" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15811A13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA1C995A"/>
     <w:lvl w:ilvl="0" w:tplc="A2E826E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="685" w:hanging="567"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-30"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A4CCB142">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1590" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="A25C4A3C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -5712,62 +7196,61 @@
     <w:lvl w:ilvl="7" w:tplc="16341434">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7054" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="60A04A0C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7965" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CB45FA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFF62184"/>
     <w:lvl w:ilvl="0" w:tplc="0CF44BB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="685" w:hanging="567"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ACB65D76">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1590" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DE923798">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -5831,80 +7314,78 @@
     <w:lvl w:ilvl="7" w:tplc="2228BE6A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7054" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="690688D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7965" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E5A0902"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="945C064E"/>
     <w:lvl w:ilvl="0" w:tplc="2AFA228A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="685" w:hanging="567"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="61288FA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1112" w:hanging="428"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="9F0CFD90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2082" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="33FCD4E4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -5956,62 +7437,61 @@
     <w:lvl w:ilvl="7" w:tplc="9664F840">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6897" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5E9AD490">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7860" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="229B3F14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60A61612"/>
     <w:lvl w:ilvl="0" w:tplc="31B8CCC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="546" w:hanging="428"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-18"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B92A1F4E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1464" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7EAE678C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -6075,51 +7555,263 @@
     <w:lvl w:ilvl="7" w:tplc="E03E2B5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7012" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="40124418">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7937" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B0E512B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CD364970"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="685" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="-3"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0410000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1112" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="-3"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2082" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3045" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4008" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4971" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5934" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6897" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7860" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BFA2462"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D541482"/>
+    <w:lvl w:ilvl="0" w:tplc="A8346724">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="793" w:hanging="675"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1198" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1918" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2638" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3358" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4078" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4798" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5518" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6238" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D6471C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4888DF56"/>
     <w:lvl w:ilvl="0" w:tplc="7D6ACC58">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="685" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E6EEDF8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1590" w:hanging="567"/>
@@ -6192,62 +7884,61 @@
     <w:lvl w:ilvl="7" w:tplc="629EE0E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7054" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B3FAEFFA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7965" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42061FF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BEE28B6A"/>
     <w:lvl w:ilvl="0" w:tplc="DBFCCFBA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="546" w:hanging="428"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-30"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="93B03BF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1464" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B76C4A3A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -6311,62 +8002,61 @@
     <w:lvl w:ilvl="7" w:tplc="3AA64D0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7012" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="86DE7062">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7937" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="463775BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7D620B4"/>
     <w:lvl w:ilvl="0" w:tplc="0724399C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="685" w:hanging="567"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="74E615BA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1590" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F55C5554">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -6430,51 +8120,195 @@
     <w:lvl w:ilvl="7" w:tplc="FC5035BC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7054" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D6B475E4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7965" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="464333EC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5E0A20AE"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F577006"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF32522E"/>
+    <w:lvl w:ilvl="0" w:tplc="04100019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1404" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2124" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2844" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3564" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4284" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5004" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5724" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6444" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7164" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51491A0A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CE09D1A"/>
     <w:styleLink w:val="WW8Num10"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -6533,62 +8367,61 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="550E41A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC02C146"/>
     <w:lvl w:ilvl="0" w:tplc="4CDC2022">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="546" w:hanging="428"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-12"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3648C0E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E33AAD2A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -6652,77 +8485,76 @@
     <w:lvl w:ilvl="7" w:tplc="4F5AB92E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6784" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CD18A772">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7784" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58F734B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71960736"/>
     <w:lvl w:ilvl="0" w:tplc="11E832B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="685" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5F0CDD58">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1112" w:hanging="428"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-4"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0B60A68E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2082" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="23F2779A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -6774,51 +8606,51 @@
     <w:lvl w:ilvl="7" w:tplc="172A1D7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6897" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5020592C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7860" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F2D7DC5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8BA48064"/>
     <w:styleLink w:val="WW8Num15"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -6861,62 +8693,61 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B1B4498"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F60C8E2"/>
     <w:lvl w:ilvl="0" w:tplc="430C991C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="546" w:hanging="428"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5D4E072E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1464" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B582AA6E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -6980,62 +8811,61 @@
     <w:lvl w:ilvl="7" w:tplc="CA4A155A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7012" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="61E060E0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7937" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA71781"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC22F122"/>
     <w:lvl w:ilvl="0" w:tplc="36B8A098">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="457" w:hanging="339"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6930DC10">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1392" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FF76D600">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -7098,234 +8928,597 @@
     <w:lvl w:ilvl="7" w:tplc="72F47920">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6988" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2CFC45DE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7921" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="1" w16cid:durableId="887298106">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="900480093">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1830054750">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="403456101">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1021395063">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="6" w16cid:durableId="1206603915">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="7" w16cid:durableId="429132507">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="8" w16cid:durableId="1352876323">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="9" w16cid:durableId="917328303">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="10" w16cid:durableId="378551383">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="11" w16cid:durableId="1405562311">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="572004722">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="775372569">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="14" w16cid:durableId="77599205">
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="15">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="15" w16cid:durableId="1728645388">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="16">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="16" w16cid:durableId="487399482">
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="17" w16cid:durableId="2087218599">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1894654742">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1361591013">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1755782833">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2046052699">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="200"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B40273"/>
+    <w:rsid w:val="00004EF3"/>
+    <w:rsid w:val="0001684A"/>
+    <w:rsid w:val="000244BA"/>
+    <w:rsid w:val="00031912"/>
+    <w:rsid w:val="0003326F"/>
+    <w:rsid w:val="000456ED"/>
+    <w:rsid w:val="00052AEB"/>
+    <w:rsid w:val="00080580"/>
+    <w:rsid w:val="000A3D56"/>
+    <w:rsid w:val="000B75EB"/>
+    <w:rsid w:val="000C5787"/>
+    <w:rsid w:val="000C70D7"/>
+    <w:rsid w:val="000E0AC8"/>
+    <w:rsid w:val="000E2EA9"/>
+    <w:rsid w:val="000F4A6A"/>
+    <w:rsid w:val="000F5441"/>
+    <w:rsid w:val="000F6CE2"/>
+    <w:rsid w:val="000F6F5D"/>
+    <w:rsid w:val="00100091"/>
     <w:rsid w:val="0010184B"/>
-    <w:rsid w:val="00115777"/>
+    <w:rsid w:val="00107B08"/>
+    <w:rsid w:val="00114DBB"/>
+    <w:rsid w:val="00116960"/>
+    <w:rsid w:val="001302C9"/>
+    <w:rsid w:val="001307F5"/>
+    <w:rsid w:val="00135365"/>
     <w:rsid w:val="00146899"/>
+    <w:rsid w:val="00150903"/>
     <w:rsid w:val="001605FE"/>
+    <w:rsid w:val="00160937"/>
+    <w:rsid w:val="00166E60"/>
+    <w:rsid w:val="00172AC2"/>
     <w:rsid w:val="00183BD7"/>
+    <w:rsid w:val="00186F7B"/>
+    <w:rsid w:val="00190653"/>
+    <w:rsid w:val="0019493C"/>
     <w:rsid w:val="001A1227"/>
+    <w:rsid w:val="001A35D7"/>
+    <w:rsid w:val="001A6E9A"/>
     <w:rsid w:val="001B31FB"/>
     <w:rsid w:val="001C3A4E"/>
+    <w:rsid w:val="001C69C3"/>
     <w:rsid w:val="001C77EA"/>
+    <w:rsid w:val="001E6BE7"/>
+    <w:rsid w:val="001E7613"/>
+    <w:rsid w:val="00200541"/>
+    <w:rsid w:val="0021437D"/>
+    <w:rsid w:val="00215D6B"/>
+    <w:rsid w:val="00216F8B"/>
+    <w:rsid w:val="00226B27"/>
     <w:rsid w:val="00230508"/>
+    <w:rsid w:val="00234E4C"/>
+    <w:rsid w:val="00235748"/>
+    <w:rsid w:val="002375A7"/>
     <w:rsid w:val="00245956"/>
+    <w:rsid w:val="00260A1B"/>
+    <w:rsid w:val="002640F7"/>
+    <w:rsid w:val="00264D22"/>
+    <w:rsid w:val="002770A8"/>
+    <w:rsid w:val="00281067"/>
+    <w:rsid w:val="00281D60"/>
+    <w:rsid w:val="002829D7"/>
+    <w:rsid w:val="002871FE"/>
+    <w:rsid w:val="0028788D"/>
+    <w:rsid w:val="002A5C7F"/>
+    <w:rsid w:val="002B1173"/>
+    <w:rsid w:val="002B572E"/>
+    <w:rsid w:val="002B679A"/>
+    <w:rsid w:val="002B6831"/>
+    <w:rsid w:val="002C2572"/>
+    <w:rsid w:val="002C5C90"/>
+    <w:rsid w:val="002D17AE"/>
+    <w:rsid w:val="002D3BBB"/>
+    <w:rsid w:val="002D3C96"/>
+    <w:rsid w:val="002D6C97"/>
+    <w:rsid w:val="00300DCF"/>
+    <w:rsid w:val="00306EF4"/>
+    <w:rsid w:val="003112E4"/>
+    <w:rsid w:val="0032285C"/>
+    <w:rsid w:val="00331D78"/>
+    <w:rsid w:val="00332486"/>
+    <w:rsid w:val="00332EB9"/>
+    <w:rsid w:val="003346F2"/>
+    <w:rsid w:val="00351C12"/>
     <w:rsid w:val="0035619A"/>
+    <w:rsid w:val="00356D6E"/>
+    <w:rsid w:val="00370573"/>
+    <w:rsid w:val="00374F35"/>
+    <w:rsid w:val="0038103D"/>
+    <w:rsid w:val="0038124E"/>
+    <w:rsid w:val="0039368C"/>
+    <w:rsid w:val="00396031"/>
+    <w:rsid w:val="003A57E4"/>
+    <w:rsid w:val="003A7ED5"/>
+    <w:rsid w:val="003B37C6"/>
+    <w:rsid w:val="003D0248"/>
+    <w:rsid w:val="003D4CCA"/>
     <w:rsid w:val="003D7B12"/>
+    <w:rsid w:val="003E35F8"/>
+    <w:rsid w:val="003E7DA0"/>
+    <w:rsid w:val="00426657"/>
+    <w:rsid w:val="004360E3"/>
+    <w:rsid w:val="00463FC1"/>
+    <w:rsid w:val="004665CF"/>
+    <w:rsid w:val="004704A6"/>
+    <w:rsid w:val="0047325B"/>
+    <w:rsid w:val="0047457A"/>
+    <w:rsid w:val="004C375B"/>
     <w:rsid w:val="004D1DF6"/>
+    <w:rsid w:val="004D77B5"/>
+    <w:rsid w:val="004D7890"/>
+    <w:rsid w:val="004E784F"/>
+    <w:rsid w:val="00500E0A"/>
+    <w:rsid w:val="005075C4"/>
+    <w:rsid w:val="005079F9"/>
     <w:rsid w:val="005106ED"/>
+    <w:rsid w:val="00535D64"/>
+    <w:rsid w:val="005418B6"/>
+    <w:rsid w:val="005427F0"/>
+    <w:rsid w:val="00543300"/>
+    <w:rsid w:val="0055737F"/>
+    <w:rsid w:val="00562326"/>
+    <w:rsid w:val="00574BD5"/>
+    <w:rsid w:val="00574DED"/>
+    <w:rsid w:val="005815BF"/>
+    <w:rsid w:val="00590662"/>
+    <w:rsid w:val="00596634"/>
+    <w:rsid w:val="005A12DA"/>
+    <w:rsid w:val="005C5BEF"/>
+    <w:rsid w:val="005C5F81"/>
+    <w:rsid w:val="005C72E8"/>
+    <w:rsid w:val="005D0CD9"/>
+    <w:rsid w:val="005D689E"/>
+    <w:rsid w:val="005F685E"/>
+    <w:rsid w:val="005F734C"/>
+    <w:rsid w:val="006003E4"/>
+    <w:rsid w:val="00603A03"/>
+    <w:rsid w:val="00611611"/>
+    <w:rsid w:val="00622C0A"/>
+    <w:rsid w:val="00644A31"/>
+    <w:rsid w:val="00644AB4"/>
+    <w:rsid w:val="006466E5"/>
+    <w:rsid w:val="006510FB"/>
+    <w:rsid w:val="00655C1B"/>
+    <w:rsid w:val="0065721A"/>
+    <w:rsid w:val="006643F1"/>
+    <w:rsid w:val="00676658"/>
+    <w:rsid w:val="006769EF"/>
+    <w:rsid w:val="00680457"/>
+    <w:rsid w:val="00680AAC"/>
+    <w:rsid w:val="00692B64"/>
     <w:rsid w:val="00697A2B"/>
+    <w:rsid w:val="006C06A3"/>
+    <w:rsid w:val="006C2554"/>
+    <w:rsid w:val="006C307C"/>
+    <w:rsid w:val="006C346A"/>
+    <w:rsid w:val="006D3297"/>
+    <w:rsid w:val="006F1418"/>
+    <w:rsid w:val="006F24DC"/>
+    <w:rsid w:val="006F2987"/>
+    <w:rsid w:val="006F5498"/>
+    <w:rsid w:val="007126F6"/>
+    <w:rsid w:val="0071329E"/>
+    <w:rsid w:val="00721363"/>
+    <w:rsid w:val="00721A76"/>
+    <w:rsid w:val="007350EA"/>
+    <w:rsid w:val="007379D0"/>
+    <w:rsid w:val="00747F91"/>
+    <w:rsid w:val="007566C3"/>
+    <w:rsid w:val="007601E4"/>
+    <w:rsid w:val="00775F44"/>
+    <w:rsid w:val="0077682F"/>
+    <w:rsid w:val="007829D8"/>
+    <w:rsid w:val="00795222"/>
+    <w:rsid w:val="00795D0E"/>
+    <w:rsid w:val="007971EF"/>
+    <w:rsid w:val="007A2901"/>
+    <w:rsid w:val="007A39AA"/>
+    <w:rsid w:val="007A3C55"/>
+    <w:rsid w:val="007B0077"/>
+    <w:rsid w:val="007B331D"/>
     <w:rsid w:val="007C35DD"/>
+    <w:rsid w:val="007C7F67"/>
+    <w:rsid w:val="007D3B73"/>
+    <w:rsid w:val="007E5D40"/>
+    <w:rsid w:val="007F2EB2"/>
+    <w:rsid w:val="007F7889"/>
+    <w:rsid w:val="00801D52"/>
+    <w:rsid w:val="008026D0"/>
+    <w:rsid w:val="00806180"/>
+    <w:rsid w:val="00814260"/>
+    <w:rsid w:val="0083244F"/>
+    <w:rsid w:val="00843907"/>
+    <w:rsid w:val="0085319D"/>
+    <w:rsid w:val="00853CBD"/>
+    <w:rsid w:val="00876072"/>
+    <w:rsid w:val="008814B1"/>
+    <w:rsid w:val="00883E5B"/>
+    <w:rsid w:val="008844F4"/>
+    <w:rsid w:val="008848EB"/>
+    <w:rsid w:val="008868B9"/>
+    <w:rsid w:val="00895324"/>
+    <w:rsid w:val="008A1B8C"/>
+    <w:rsid w:val="008A6866"/>
+    <w:rsid w:val="008B5DBA"/>
+    <w:rsid w:val="008B647B"/>
+    <w:rsid w:val="008C4432"/>
+    <w:rsid w:val="008C4B28"/>
+    <w:rsid w:val="008C5DB7"/>
+    <w:rsid w:val="008C6803"/>
+    <w:rsid w:val="008C685D"/>
+    <w:rsid w:val="008D54E6"/>
+    <w:rsid w:val="008D5788"/>
+    <w:rsid w:val="00914063"/>
     <w:rsid w:val="00924D57"/>
+    <w:rsid w:val="00941209"/>
+    <w:rsid w:val="009413C5"/>
+    <w:rsid w:val="0094538C"/>
+    <w:rsid w:val="009648C6"/>
+    <w:rsid w:val="00973AC9"/>
     <w:rsid w:val="00975A28"/>
+    <w:rsid w:val="00977F04"/>
+    <w:rsid w:val="00995E48"/>
+    <w:rsid w:val="009961CF"/>
+    <w:rsid w:val="009A03BE"/>
+    <w:rsid w:val="009A3A85"/>
     <w:rsid w:val="009B0CBD"/>
+    <w:rsid w:val="009B1C20"/>
+    <w:rsid w:val="009D3E65"/>
+    <w:rsid w:val="009D7097"/>
+    <w:rsid w:val="009E2100"/>
+    <w:rsid w:val="009F1581"/>
+    <w:rsid w:val="009F4515"/>
+    <w:rsid w:val="00A05296"/>
     <w:rsid w:val="00A064B5"/>
+    <w:rsid w:val="00A0728C"/>
+    <w:rsid w:val="00A13F90"/>
+    <w:rsid w:val="00A326FB"/>
+    <w:rsid w:val="00A50A96"/>
+    <w:rsid w:val="00A62015"/>
+    <w:rsid w:val="00A64657"/>
+    <w:rsid w:val="00A65C2F"/>
+    <w:rsid w:val="00A668B8"/>
+    <w:rsid w:val="00A74063"/>
+    <w:rsid w:val="00A75E95"/>
+    <w:rsid w:val="00A87682"/>
+    <w:rsid w:val="00AA48CB"/>
+    <w:rsid w:val="00AA77B8"/>
+    <w:rsid w:val="00AA7C80"/>
+    <w:rsid w:val="00AB3585"/>
     <w:rsid w:val="00AB57C0"/>
+    <w:rsid w:val="00AB5D81"/>
+    <w:rsid w:val="00AB5E4F"/>
+    <w:rsid w:val="00AC3716"/>
+    <w:rsid w:val="00AD072C"/>
+    <w:rsid w:val="00AD24AA"/>
+    <w:rsid w:val="00AD557A"/>
+    <w:rsid w:val="00AE2472"/>
+    <w:rsid w:val="00AF5ECC"/>
+    <w:rsid w:val="00B013C2"/>
+    <w:rsid w:val="00B103CB"/>
+    <w:rsid w:val="00B24E22"/>
+    <w:rsid w:val="00B254D5"/>
+    <w:rsid w:val="00B37EE0"/>
     <w:rsid w:val="00B40273"/>
+    <w:rsid w:val="00B44C89"/>
+    <w:rsid w:val="00B5454F"/>
+    <w:rsid w:val="00B60F83"/>
+    <w:rsid w:val="00B71A83"/>
+    <w:rsid w:val="00B81AA7"/>
+    <w:rsid w:val="00B81EEA"/>
+    <w:rsid w:val="00B84B2F"/>
+    <w:rsid w:val="00BA4589"/>
+    <w:rsid w:val="00BB3D61"/>
+    <w:rsid w:val="00BC4086"/>
+    <w:rsid w:val="00BC7228"/>
+    <w:rsid w:val="00BD7473"/>
+    <w:rsid w:val="00BE35FE"/>
+    <w:rsid w:val="00BF57BC"/>
+    <w:rsid w:val="00C0086D"/>
+    <w:rsid w:val="00C011EC"/>
+    <w:rsid w:val="00C04A4D"/>
+    <w:rsid w:val="00C04D84"/>
+    <w:rsid w:val="00C053CF"/>
+    <w:rsid w:val="00C0591F"/>
+    <w:rsid w:val="00C07788"/>
+    <w:rsid w:val="00C0781D"/>
+    <w:rsid w:val="00C07C98"/>
+    <w:rsid w:val="00C11956"/>
+    <w:rsid w:val="00C11C26"/>
+    <w:rsid w:val="00C1359C"/>
+    <w:rsid w:val="00C15E2D"/>
+    <w:rsid w:val="00C208F8"/>
+    <w:rsid w:val="00C23AE9"/>
+    <w:rsid w:val="00C4060A"/>
+    <w:rsid w:val="00C452AA"/>
+    <w:rsid w:val="00C47E5B"/>
+    <w:rsid w:val="00C83150"/>
+    <w:rsid w:val="00C95E8B"/>
+    <w:rsid w:val="00C9693F"/>
+    <w:rsid w:val="00CA21A7"/>
+    <w:rsid w:val="00CB62DD"/>
+    <w:rsid w:val="00CB7015"/>
+    <w:rsid w:val="00CB7746"/>
+    <w:rsid w:val="00CC0C71"/>
+    <w:rsid w:val="00CD0AF3"/>
     <w:rsid w:val="00CD6C19"/>
+    <w:rsid w:val="00CE4678"/>
+    <w:rsid w:val="00D049FE"/>
+    <w:rsid w:val="00D1719C"/>
+    <w:rsid w:val="00D21536"/>
+    <w:rsid w:val="00D229FF"/>
     <w:rsid w:val="00D2416A"/>
+    <w:rsid w:val="00D26F62"/>
+    <w:rsid w:val="00D4076C"/>
+    <w:rsid w:val="00D429B8"/>
+    <w:rsid w:val="00D4326F"/>
+    <w:rsid w:val="00D54EDF"/>
+    <w:rsid w:val="00D630DF"/>
+    <w:rsid w:val="00D83FDE"/>
+    <w:rsid w:val="00D86302"/>
+    <w:rsid w:val="00D91594"/>
+    <w:rsid w:val="00D94F81"/>
+    <w:rsid w:val="00DA3434"/>
+    <w:rsid w:val="00DA4369"/>
+    <w:rsid w:val="00DA5A02"/>
+    <w:rsid w:val="00DA6F5C"/>
+    <w:rsid w:val="00DB00C4"/>
     <w:rsid w:val="00DB2E0F"/>
+    <w:rsid w:val="00DB4B84"/>
     <w:rsid w:val="00DB7859"/>
+    <w:rsid w:val="00DD509B"/>
+    <w:rsid w:val="00DE3E9F"/>
+    <w:rsid w:val="00DE4CF2"/>
+    <w:rsid w:val="00DE7B3A"/>
     <w:rsid w:val="00DF7457"/>
     <w:rsid w:val="00E04030"/>
+    <w:rsid w:val="00E05EB0"/>
+    <w:rsid w:val="00E2229A"/>
+    <w:rsid w:val="00E5128B"/>
+    <w:rsid w:val="00E60539"/>
+    <w:rsid w:val="00E60547"/>
+    <w:rsid w:val="00E6083D"/>
+    <w:rsid w:val="00E71D66"/>
     <w:rsid w:val="00E730AD"/>
+    <w:rsid w:val="00E828F7"/>
+    <w:rsid w:val="00E943C8"/>
+    <w:rsid w:val="00E96246"/>
+    <w:rsid w:val="00EA20F8"/>
+    <w:rsid w:val="00EB4713"/>
+    <w:rsid w:val="00EC2C37"/>
     <w:rsid w:val="00ED0A21"/>
+    <w:rsid w:val="00ED7786"/>
+    <w:rsid w:val="00EF0EE8"/>
+    <w:rsid w:val="00EF63A5"/>
+    <w:rsid w:val="00F02D67"/>
+    <w:rsid w:val="00F05D27"/>
     <w:rsid w:val="00F05F4B"/>
+    <w:rsid w:val="00F11C0F"/>
+    <w:rsid w:val="00F145F4"/>
+    <w:rsid w:val="00F175FE"/>
+    <w:rsid w:val="00F2103F"/>
+    <w:rsid w:val="00F30583"/>
+    <w:rsid w:val="00F3079D"/>
     <w:rsid w:val="00F35269"/>
-    <w:rsid w:val="00F63F53"/>
+    <w:rsid w:val="00F44046"/>
+    <w:rsid w:val="00F4510A"/>
+    <w:rsid w:val="00F512ED"/>
+    <w:rsid w:val="00F51690"/>
+    <w:rsid w:val="00F56CD1"/>
+    <w:rsid w:val="00F6725F"/>
     <w:rsid w:val="00F70DA2"/>
+    <w:rsid w:val="00F767CA"/>
+    <w:rsid w:val="00F938EC"/>
+    <w:rsid w:val="00F947AB"/>
+    <w:rsid w:val="00FA4A63"/>
     <w:rsid w:val="00FA6746"/>
+    <w:rsid w:val="00FB2DCA"/>
+    <w:rsid w:val="00FB4D8A"/>
+    <w:rsid w:val="00FE0BD2"/>
+    <w:rsid w:val="00FE7BCD"/>
+    <w:rsid w:val="00FF3478"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="61C35E74"/>
-  <w15:docId w15:val="{209444B1-D697-4C76-9853-ADE512C3CCA4}"/>
+  <w15:docId w15:val="{12AFD923-FFA8-4F3B-B4DC-C39913D14889}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7729,66 +9922,50 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Corpotesto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="685" w:hanging="428"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
@@ -7895,57 +10072,219 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TestonotaapidipaginaCarattere">
     <w:name w:val="Testo nota a piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotaapidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001B31FB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotaapidipagina">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001B31FB"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Intestazione">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="IntestazioneCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00031912"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
+    <w:name w:val="Intestazione Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Intestazione"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00031912"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="it-IT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pidipagina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="PidipaginaCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00031912"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
+    <w:name w:val="Piè di pagina Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Pidipagina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00031912"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="it-IT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rimandocommento">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D54EDF"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Testocommento">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="TestocommentoCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D54EDF"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestocommentoCarattere">
+    <w:name w:val="Testo commento Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Testocommento"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D54EDF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="it-IT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Soggettocommento">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Testocommento"/>
+    <w:next w:val="Testocommento"/>
+    <w:link w:val="SoggettocommentoCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D54EDF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SoggettocommentoCarattere">
+    <w:name w:val="Soggetto commento Carattere"/>
+    <w:basedOn w:val="TestocommentoCarattere"/>
+    <w:link w:val="Soggettocommento"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D54EDF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="it-IT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005C5F81"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00590662"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="it-IT"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1093553070">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1391878871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1698240388">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -8244,79 +10583,141 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101003C4CAE79BD4FE542985C6A66042E0989" ma:contentTypeVersion="8" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="d6df0b3d7c08fce2961b8df017dc4cfa">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="db78c62d-a8a9-4889-9528-2d0b817abe90" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d3214bf6376f0cab188a70e0e06c6769" ns2:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101003C4CAE79BD4FE542985C6A66042E0989" ma:contentTypeVersion="16" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="01fca8c301a81e859ab2ef85371f5cb6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="db78c62d-a8a9-4889-9528-2d0b817abe90" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="016254ae9fd97570a2bface1f8a8bc40" ns2:_="">
     <xsd:import namespace="db78c62d-a8a9-4889-9528-2d0b817abe90"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="db78c62d-a8a9-4889-9528-2d0b817abe90" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo di contenuto"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Titolo"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -8375,126 +10776,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38AC8196-8153-4988-9399-AB49CEBDF743}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA29E0CD-9319-476C-8127-DF7B7E7F2269}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F53B201-32BB-4E48-AF5D-432DB34F5E50}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C71041D-8E20-4166-9531-F8BF1BDA3885}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCFD02C5-BA5C-46F1-B4A6-6F24D142516A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="db78c62d-a8a9-4889-9528-2d0b817abe90"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>8661</Characters>
+  <Pages>6</Pages>
+  <Words>1871</Words>
+  <Characters>10667</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>88</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Titolo</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10160</CharactersWithSpaces>
+  <CharactersWithSpaces>12513</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Allegato B) alla deliberazione della Giunta Provincia nn</dc:title>
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>antonella.celati</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2017-12-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2019-12-10T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
     <vt:lpwstr>0x0101003C4CAE79BD4FE542985C6A66042E0989</vt:lpwstr>
   </property>
 </Properties>
 </file>