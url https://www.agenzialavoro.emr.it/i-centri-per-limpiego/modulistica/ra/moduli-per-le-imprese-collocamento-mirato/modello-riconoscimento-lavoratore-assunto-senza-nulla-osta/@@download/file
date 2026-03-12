--- v0 (2025-12-16)
+++ v1 (2026-03-12)
@@ -1221,51 +1221,62 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">disabilità </w:t>
       </w:r>
       <w:r w:rsidR="003A7612" w:rsidRPr="00990BBE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="TimesNewRomanPS-ItalicMT" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>intellettiva e/o psichica</w:t>
       </w:r>
       <w:r w:rsidR="002E0508" w:rsidRPr="00990BBE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="TimesNewRomanPS-ItalicMT" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> attestat</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E0508" w:rsidRPr="00990BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="TimesNewRomanPS-ItalicMT" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>attestat</w:t>
       </w:r>
       <w:r w:rsidR="003A7612" w:rsidRPr="00990BBE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="TimesNewRomanPS-ItalicMT" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="002E0508" w:rsidRPr="00990BBE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="TimesNewRomanPS-ItalicMT" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> nella diagnosi funzionale</w:t>
       </w:r>
       <w:r w:rsidR="002724DE" w:rsidRPr="00990BBE">
         <w:rPr>
@@ -1723,50 +1734,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
@@ -2928,141 +2940,153 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="288824932">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1993291720">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="797837729">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1068260693">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2141679828">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1251238483">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="90"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:defaultTableStyle w:val="Normale"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:useWord2002TableStyleRules/>
+    <w:growAutofit/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AC3746"/>
     <w:rsid w:val="00026056"/>
     <w:rsid w:val="000B789D"/>
     <w:rsid w:val="000E27A0"/>
     <w:rsid w:val="001B1406"/>
     <w:rsid w:val="002724DE"/>
     <w:rsid w:val="002A7FD1"/>
     <w:rsid w:val="002C648E"/>
     <w:rsid w:val="002E0508"/>
     <w:rsid w:val="002F19E6"/>
     <w:rsid w:val="003030AD"/>
     <w:rsid w:val="00333A2A"/>
     <w:rsid w:val="00333BD9"/>
     <w:rsid w:val="003A7612"/>
     <w:rsid w:val="004670A4"/>
     <w:rsid w:val="0048472B"/>
     <w:rsid w:val="00487245"/>
     <w:rsid w:val="004B2C2D"/>
     <w:rsid w:val="00581393"/>
     <w:rsid w:val="005D6DF9"/>
     <w:rsid w:val="005D770F"/>
     <w:rsid w:val="005E3BDE"/>
     <w:rsid w:val="005F01E2"/>
     <w:rsid w:val="00643655"/>
-    <w:rsid w:val="00674C47"/>
     <w:rsid w:val="006A707F"/>
     <w:rsid w:val="006E5B38"/>
     <w:rsid w:val="00786598"/>
     <w:rsid w:val="007938A7"/>
     <w:rsid w:val="007B198C"/>
     <w:rsid w:val="008027CE"/>
     <w:rsid w:val="008C4767"/>
     <w:rsid w:val="00914D4F"/>
     <w:rsid w:val="00990BBE"/>
     <w:rsid w:val="00994026"/>
     <w:rsid w:val="00A51CDE"/>
     <w:rsid w:val="00AC3746"/>
     <w:rsid w:val="00AE74FD"/>
     <w:rsid w:val="00B21D68"/>
     <w:rsid w:val="00B97823"/>
     <w:rsid w:val="00BE7BEC"/>
     <w:rsid w:val="00C10FA7"/>
     <w:rsid w:val="00C52D1A"/>
     <w:rsid w:val="00C85A1F"/>
     <w:rsid w:val="00C869AA"/>
     <w:rsid w:val="00CA5505"/>
     <w:rsid w:val="00CD02F4"/>
     <w:rsid w:val="00D5602E"/>
     <w:rsid w:val="00D726B6"/>
     <w:rsid w:val="00DA2294"/>
     <w:rsid w:val="00DB20AC"/>
     <w:rsid w:val="00E0621D"/>
     <w:rsid w:val="00E1635E"/>
     <w:rsid w:val="00F37BF9"/>
     <w:rsid w:val="00F46ABE"/>
     <w:rsid w:val="00F536F8"/>
-    <w:rsid w:val="00F91E79"/>
     <w:rsid w:val="00FE5678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
@@ -3359,51 +3383,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Caratterepredefinitoparagrafo">
     <w:name w:val="Carattere predefinito paragrafo"/>
@@ -3880,50 +3903,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010024A7C836887FFC459812D6273628F0DE" ma:contentTypeVersion="43" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="6e84ec9e6d3e5604890cb49faa1a9adc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2fa7e154-a4ab-4de6-9b59-1c75eb8f5137" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2171ec8867c4beb7e1fa540ba22c2ed9" ns2:_="">
     <xsd:import namespace="2fa7e154-a4ab-4de6-9b59-1c75eb8f5137"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_bpm_StatoId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_OperazioneId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_ErroreId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_Sintesi" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -4061,114 +4088,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_bpm_Sintesi xmlns="2fa7e154-a4ab-4de6-9b59-1c75eb8f5137" xsi:nil="true"/>
     <_bpm_StatoId xmlns="2fa7e154-a4ab-4de6-9b59-1c75eb8f5137" xsi:nil="true"/>
     <_bpm_ErroreId xmlns="2fa7e154-a4ab-4de6-9b59-1c75eb8f5137" xsi:nil="true"/>
     <_bpm_OperazioneId xmlns="2fa7e154-a4ab-4de6-9b59-1c75eb8f5137" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86A8684A-E5A0-4D9E-BCCA-EE5A7EA7187D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19649430-8CC5-4C2B-A684-175968FBB203}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2fa7e154-a4ab-4de6-9b59-1c75eb8f5137"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86A8684A-E5A0-4D9E-BCCA-EE5A7EA7187D}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92436FB1-23FD-41C5-8275-558315B83C8C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2fa7e154-a4ab-4de6-9b59-1c75eb8f5137"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92436FB1-23FD-41C5-8275-558315B83C8C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4579FB9-E5B0-4CD6-A0F4-F7852DF1DD06}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="2fa7e154-a4ab-4de6-9b59-1c75eb8f5137"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>431</Words>
   <Characters>2462</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>