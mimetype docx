--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -1,1938 +1,2348 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="47DD86FB" w14:textId="77777777" w:rsidR="00A966D2" w:rsidRDefault="00A966D2">
-[...6 lines deleted...]
-    <w:p w14:paraId="19073C56" w14:textId="7DBFF316" w:rsidR="003A085A" w:rsidRDefault="0098772D">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13883" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="4248"/>
+        <w:gridCol w:w="4248"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00120704" w14:paraId="10A66929" w14:textId="77777777" w:rsidTr="00AA5CC7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75DFDF97" w14:textId="77777777" w:rsidR="00120704" w:rsidRDefault="00120704" w:rsidP="00AA5CC7">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B1CF6DA" wp14:editId="7364263A">
+                  <wp:extent cx="1938528" cy="862330"/>
+                  <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+                  <wp:docPr id="1" name="Picture 14" descr="Immagine che contiene testo, Carattere, Elementi grafici, logo&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name="Picture 14" descr="Immagine che contiene testo, Carattere, Elementi grafici, logo&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7">
+                            <a:lum/>
+                            <a:alphaModFix/>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1957304" cy="870682"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                            <a:prstDash/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28918783" w14:textId="77777777" w:rsidR="00120704" w:rsidRDefault="00120704" w:rsidP="00AA5CC7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7208768B" w14:textId="77777777" w:rsidR="00120704" w:rsidRPr="00AB337D" w:rsidRDefault="00120704" w:rsidP="00AA5CC7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB337D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ambito Territoriale di Reggio Emilia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B8970D" w14:textId="77777777" w:rsidR="00120704" w:rsidRPr="00AB337D" w:rsidRDefault="00120704" w:rsidP="00AA5CC7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:ind w:left="-438"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB337D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         Ufficio per il Collocamento Mirato</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB337D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49879E92" w14:textId="77777777" w:rsidR="00120704" w:rsidRDefault="00120704" w:rsidP="00AA5CC7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72DB2080" w14:textId="77777777" w:rsidR="00120704" w:rsidRDefault="00120704" w:rsidP="00AA5CC7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B7ACA0E" w14:textId="77777777" w:rsidR="00120704" w:rsidRDefault="00120704" w:rsidP="00AA5CC7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6495"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7761E429" w14:textId="77777777" w:rsidR="00A966D2" w:rsidRDefault="00A966D2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...95 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="04193136" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="006E2B2A" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="04193136" w14:textId="77777777" w:rsidR="003A085A" w:rsidRDefault="003A085A">
+        <w:t>PROGETTO INDIVIDUALE DI INSERIMENTO LAVORATIVO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55819B2A" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(LEGGE REGIONALE N. 17/2005 art. 22 )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682A7D16" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="410DA53C" w14:textId="6CA79BC4" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Rif. Convenzione trilaterale PG</w:t>
+      </w:r>
+      <w:r w:rsidR="0006574B" w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Stipulata in data </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4388CC62" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7215A06B" w14:textId="748A8872" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...71 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lavoratore</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>/lavoratrice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Codice Fiscale  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B81A63" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="383F72E4" w14:textId="77777777" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nominativo  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4506A118" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A5EE31F" w14:textId="4CFC2831" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nato</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a   </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Prov.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> il  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="153BE818" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58909FBC" w14:textId="6BD616FF" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cittadinanza </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oppure </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">permesso di soggiorno n° </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data rilascio </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F4CC431" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D4D7B5" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Residente a  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prov.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Via   </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n°  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3571742C" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRDefault="006E2B2A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37DB0879" w14:textId="78044860" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tel. </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2B2A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  mail </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E0E2BF" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16679C98" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FEF3994" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...331 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Luogo di svolgimento dell’attività lavorativa:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3780ABBF" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E499514" w14:textId="0F0FC0D3" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(AZIENDA COMMITTENTE / COOPERATIVA SOCIALE):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E9002C" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C57452C" w14:textId="77777777" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ragione Sociale </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B88501" w14:textId="1B059316" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41FDDD41" w14:textId="209B93DC" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="00120704" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="003A085A" w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odice Fiscale/P IVA  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62613164" w14:textId="431DD0DE" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="171A2524" w14:textId="305CE60A" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tel.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2B2A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   mail </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285E8D08" w14:textId="610F8E1F" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="130C4D09" w14:textId="77777777" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Settore economico produttivo  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E0AA69" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:ind w:right="-2050"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E65E9D2" w14:textId="77777777" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sede/i </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i lavoro   </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C01111" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="149A93A7" w14:textId="77777777" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stabilimento/reparto/ufficio   </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB64005" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E871D6" w14:textId="3CC09F18" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Profilo professionale di inserimento </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12DA1712" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B3B89F" w14:textId="299EE3AC" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Durata e periodo del contratto: n° mesi</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2B2A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dal </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BE969C" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="394E1FD9" w14:textId="3166541D" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Orario di lavoro  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA4B943" w14:textId="0528984F" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="647F502F" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tutori</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03341057" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24EFC917" w14:textId="3313FC6D" w:rsidR="003A085A" w:rsidRDefault="003A085A" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tutor coop b</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tel.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCDAD2D" w14:textId="77777777" w:rsidR="00120704" w:rsidRPr="00120704" w:rsidRDefault="00120704" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54A4F9E0" w14:textId="782F0403" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tutor aziendale (eventuale) </w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5812FABD" w14:textId="76235360" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ruolo nell'azienda del tutor</w:t>
+      </w:r>
+      <w:r w:rsidR="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221EF2F7" w14:textId="0B9CF684" w:rsidR="00120704" w:rsidRPr="006E2B2A" w:rsidRDefault="00120704" w:rsidP="00120704">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tel.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  mail </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71640E69" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Titolo5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...610 lines deleted...]
-    <w:p w14:paraId="14C02D19" w14:textId="02449FA6" w:rsidR="003A085A" w:rsidRDefault="003A085A">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13B3DB4F" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A">
       <w:pPr>
         <w:pStyle w:val="Titolo5"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14C02D19" w14:textId="2734126E" w:rsidR="003A085A" w:rsidRPr="006E2B2A" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:pStyle w:val="Titolo5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>OBIETTIVI SPECIFICI DEL PROGETTO DI INSERIMENTO</w:t>
       </w:r>
-      <w:r w:rsidR="008C6914">
-[...1 lines deleted...]
-          <w:rStyle w:val="Rimandonotaapidipagina"/>
+    </w:p>
+    <w:p w14:paraId="2B8EDAB2" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:pStyle w:val="Titolo5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Acquisizione della/e seguente/i:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2268A480" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="006E2B2A" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:pStyle w:val="Titolo5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) competenze tecnico - professionali </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1CFB76" w14:textId="1DB4963C" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E7B22A" w14:textId="2E63A0A6" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:szCs w:val="22"/>
-[...18 lines deleted...]
-      </w:pPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AAB5FF" w14:textId="0B091F39" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5413365A" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0018F7FC" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="006E2B2A" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>b) competenze relazionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58EE377E" w14:textId="77777777" w:rsidR="003A085A" w:rsidRDefault="003A085A">
+    <w:p w14:paraId="516BEFBF" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D9610F" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126D3ACB" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D3B869" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6656813D" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="006E2B2A" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>c) competenze trasversali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03753605" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:szCs w:val="22"/>
-[...20 lines deleted...]
-      </w:pPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A6211A" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A50C0A0" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E9841A3" w14:textId="19D47406" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E0B60ED" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRDefault="008A262C" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">d) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6914" w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(da utilizzare solo in caso di proroga)</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1CAC" w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: si concorda e si approva la proroga del presente progetto individuale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA544D9" w14:textId="01323441" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284F1CCA" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1030B2" w14:textId="77777777" w:rsidR="006E2B2A" w:rsidRPr="006E2B2A" w:rsidRDefault="006E2B2A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="320" w:lineRule="atLeast"/>
+        <w:ind w:left="142" w:right="153"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2B2A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221AC5A3" w14:textId="4E290929" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="006E2B2A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04870660" w14:textId="77777777" w:rsidR="00E71F50" w:rsidRPr="00120704" w:rsidRDefault="00E71F50">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="781CB343" w14:textId="2A9DF8DA" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="006E2B2A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidR="003A085A" w:rsidRPr="00120704">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (data) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00160243" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67616DA0" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B57B97A" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...9 lines deleted...]
-      <w:r>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Letto approvato e sottoscritto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F736791" w14:textId="77777777" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1959153F" w14:textId="01667C6F" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>La Cooperativa sociale</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2B2A">
+        <w:rPr>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2B2A">
+        <w:rPr>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0006696E" w:rsidRPr="00120704">
+        <w:rPr>
+          <w:iCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...135 lines deleted...]
-    <w:p w14:paraId="0990D720" w14:textId="77777777" w:rsidR="0006574B" w:rsidRDefault="0006574B">
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0990D720" w14:textId="77777777" w:rsidR="0006574B" w:rsidRPr="00120704" w:rsidRDefault="0006574B">
       <w:pPr>
         <w:pStyle w:val="Indice"/>
         <w:suppressLineNumbers w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="149993CF" w14:textId="77777777" w:rsidR="003A085A" w:rsidRDefault="003A085A">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="149993CF" w14:textId="42130256" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
       <w:pPr>
         <w:pStyle w:val="Indice"/>
         <w:suppressLineNumbers w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="62C833FB" w14:textId="77777777" w:rsidR="003A085A" w:rsidRDefault="003A085A">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Il lavoratore</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/la lavoratrice </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0006696E" w:rsidRPr="00120704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C833FB" w14:textId="1C3DB696" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A">
       <w:pPr>
         <w:pStyle w:val="Indice"/>
         <w:suppressLineNumbers w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="63F53D13" w14:textId="419C4602" w:rsidR="003A085A" w:rsidRDefault="003A085A" w:rsidP="006720BE">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F53D13" w14:textId="0B7DC8AD" w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidRDefault="003A085A" w:rsidP="006720BE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120704">
         <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">L’AGENZIA REGIONALE </w:t>
       </w:r>
-      <w:r w:rsidR="00B245C8">
+      <w:r w:rsidR="00B245C8" w:rsidRPr="00120704">
         <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">PER </w:t>
       </w:r>
-      <w:r w:rsidR="009773F1">
+      <w:r w:rsidR="009773F1" w:rsidRPr="00120704">
         <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>IL LAVORO</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00120704">
         <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:r w:rsidR="0006696E" w:rsidRPr="00120704">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003A085A" w:rsidRPr="00120704" w:rsidSect="006E2B2A">
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="1134" w:bottom="924" w:left="1134" w:header="720" w:footer="410" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="410" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="600" w:charSpace="32768"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7760DD88" w14:textId="77777777" w:rsidR="00FF36A7" w:rsidRDefault="00FF36A7">
+    <w:p w14:paraId="7A493654" w14:textId="77777777" w:rsidR="00196DDD" w:rsidRDefault="00196DDD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BD574F1" w14:textId="77777777" w:rsidR="00FF36A7" w:rsidRDefault="00FF36A7">
+    <w:p w14:paraId="1AF73E3F" w14:textId="77777777" w:rsidR="00196DDD" w:rsidRDefault="00196DDD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
-    <w:altName w:val="Courier New"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Alaska">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="692D041F" w14:textId="77777777" w:rsidR="003A085A" w:rsidRDefault="003A085A">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \*Arabic </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BF6B929" w14:textId="77777777" w:rsidR="00FF36A7" w:rsidRDefault="00FF36A7">
+    <w:p w14:paraId="006E6CB2" w14:textId="77777777" w:rsidR="00196DDD" w:rsidRDefault="00196DDD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28905C9F" w14:textId="77777777" w:rsidR="00FF36A7" w:rsidRDefault="00FF36A7">
+    <w:p w14:paraId="420BD75F" w14:textId="77777777" w:rsidR="00196DDD" w:rsidRDefault="00196DDD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Titolo1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Titolo2"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -2109,154 +2519,170 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="64037065">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="923297679">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:defaultTableStyle w:val="Normale"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B245C8"/>
     <w:rsid w:val="0006574B"/>
+    <w:rsid w:val="0006696E"/>
+    <w:rsid w:val="00120704"/>
+    <w:rsid w:val="001273DB"/>
+    <w:rsid w:val="00196DDD"/>
+    <w:rsid w:val="002C1ACF"/>
     <w:rsid w:val="0039053A"/>
     <w:rsid w:val="003A085A"/>
     <w:rsid w:val="003E7FD5"/>
     <w:rsid w:val="004A4957"/>
     <w:rsid w:val="004C6276"/>
+    <w:rsid w:val="004D7890"/>
     <w:rsid w:val="006720BE"/>
+    <w:rsid w:val="00692190"/>
+    <w:rsid w:val="006E2B2A"/>
+    <w:rsid w:val="007017CB"/>
     <w:rsid w:val="007D34D8"/>
     <w:rsid w:val="008151D1"/>
+    <w:rsid w:val="00831E8E"/>
+    <w:rsid w:val="00846F01"/>
     <w:rsid w:val="00893CBB"/>
     <w:rsid w:val="008A262C"/>
     <w:rsid w:val="008C1CAC"/>
     <w:rsid w:val="008C6914"/>
+    <w:rsid w:val="0096497B"/>
     <w:rsid w:val="009773F1"/>
     <w:rsid w:val="0098772D"/>
     <w:rsid w:val="009F11B4"/>
     <w:rsid w:val="00A966D2"/>
     <w:rsid w:val="00B04E3C"/>
     <w:rsid w:val="00B245C8"/>
+    <w:rsid w:val="00B3624C"/>
     <w:rsid w:val="00BC47AB"/>
+    <w:rsid w:val="00D00BBC"/>
     <w:rsid w:val="00D412D9"/>
     <w:rsid w:val="00E71F50"/>
     <w:rsid w:val="00F009EC"/>
     <w:rsid w:val="00FF36A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2282F540"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2004D154-5D30-4576-B9C1-91938CF8A7EA}"/>
+  <w15:docId w15:val="{E55888DC-D5E7-4581-A445-A535161F04CA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3629,62 +4055,99 @@
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TestonotaapidipaginaCarattere">
     <w:name w:val="Testo nota a piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotaapidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008C6914"/>
     <w:rPr>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotaapidipagina">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C6914"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:basedOn w:val="Normale"/>
+    <w:rsid w:val="00120704"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContents">
+    <w:name w:val="Table Contents"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="00120704"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun" w:cs="Lucida Sans"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3938,369 +4401,73 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...276 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>381</Words>
-  <Characters>2172</Characters>
+  <Words>476</Words>
+  <Characters>2714</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Regione Emilia Romagna</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2548</CharactersWithSpaces>
+  <CharactersWithSpaces>3184</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>rer</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...15 lines deleted...]
-</file>